--- v0 (2025-12-08)
+++ v1 (2026-03-04)
@@ -1,69 +1,89 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
+  <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer4.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer5.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer6.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer7.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer8.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer9.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer10.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer11.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer12.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer13.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer14.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer15.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w14:paraId="599B0CA7" w14:textId="7DC9E742" w:rsidR="00FC32EB" w:rsidRDefault="00FC32EB" w:rsidP="00FC32EB">
+    <w:p w14:paraId="5FED819E" w14:textId="10AA6A06" w:rsidR="00E6692D" w:rsidRDefault="00E6692D" w:rsidP="00E6692D">
+      <w:pPr>
+        <w:pStyle w:val="Ttulo2"/>
+        <w:spacing w:before="76" w:line="360" w:lineRule="auto"/>
+        <w:ind w:right="214"/>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E6692D">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:lang w:val="es-MX"/>
+        </w:rPr>
+        <w:t>DOI: https://doi.org/10.23913/cagi.v10i19.286</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="599B0CA7" w14:textId="298B4BF3" w:rsidR="00FC32EB" w:rsidRDefault="00FC32EB" w:rsidP="00FC32EB">
       <w:pPr>
         <w:pStyle w:val="Ttulo2"/>
         <w:spacing w:before="76" w:line="360" w:lineRule="auto"/>
         <w:ind w:right="214"/>
       </w:pPr>
       <w:r w:rsidRPr="00862FC9">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>Artículos científicos</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0732F783" w14:textId="77777777" w:rsidR="00FC32EB" w:rsidRDefault="00000000" w:rsidP="00FC32EB">
       <w:pPr>
         <w:pStyle w:val="Ttulo2"/>
         <w:spacing w:before="76" w:line="276" w:lineRule="auto"/>
         <w:ind w:right="214"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:lang w:val="es-MX" w:eastAsia="es-MX"/>
         </w:rPr>
@@ -76,140 +96,105 @@
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:lang w:val="es-MX" w:eastAsia="es-MX"/>
         </w:rPr>
         <w:t>Análisis comparativo de Planes de Estudio para la Formación docente de Educación</w:t>
       </w:r>
       <w:r w:rsidR="00FC32EB">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:bCs w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:lang w:val="es-MX" w:eastAsia="es-MX"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00FC32EB">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:lang w:val="es-MX" w:eastAsia="es-MX"/>
         </w:rPr>
-        <w:t xml:space="preserve">Primaria en México, </w:t>
-[...21 lines deleted...]
-        <w:t xml:space="preserve"> de 1978 a 2022 </w:t>
+        <w:t xml:space="preserve">Primaria en México, periodo de 1978 a 2022 </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="00FA2BCD" w14:textId="704B2AA9" w:rsidR="006105CE" w:rsidRPr="00FC32EB" w:rsidRDefault="00FC32EB" w:rsidP="00FC32EB">
       <w:pPr>
         <w:pStyle w:val="Ttulo2"/>
         <w:spacing w:before="76" w:line="276" w:lineRule="auto"/>
         <w:ind w:right="214"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:bCs w:val="0"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="en-US" w:eastAsia="es-MX"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="en-US" w:eastAsia="es-MX"/>
         </w:rPr>
         <w:br/>
       </w:r>
-      <w:r w:rsidR="00000000" w:rsidRPr="00FC32EB">
+      <w:r w:rsidRPr="00FC32EB">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="en-US" w:eastAsia="es-MX"/>
         </w:rPr>
         <w:t>Comparative analysis of Study Plans for Primary Education teacher training in Mexico,</w:t>
       </w:r>
       <w:r w:rsidRPr="00FC32EB">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:bCs w:val="0"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="en-US" w:eastAsia="es-MX"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...12 lines deleted...]
-        <w:t>period from 1978 to 2022</w:t>
+        <w:t xml:space="preserve"> period from 1978 to 2022</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="186F08C7" w14:textId="77777777" w:rsidR="006105CE" w:rsidRPr="00FC32EB" w:rsidRDefault="006105CE">
       <w:pPr>
         <w:pStyle w:val="Textoindependiente"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="76B081B3" w14:textId="77777777" w:rsidR="006105CE" w:rsidRPr="00FC32EB" w:rsidRDefault="006105CE">
       <w:pPr>
         <w:pStyle w:val="Textoindependiente"/>
         <w:spacing w:before="1"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="17"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
@@ -660,84 +645,84 @@
         <w:rPr>
           <w:spacing w:val="-3"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>Potosí</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="47889A5A" w14:textId="2348EFB8" w:rsidR="006105CE" w:rsidRDefault="00000000" w:rsidP="00FC32EB">
       <w:pPr>
         <w:pStyle w:val="Textoindependiente"/>
         <w:spacing w:before="136" w:line="362" w:lineRule="auto"/>
         <w:ind w:left="3361" w:right="214"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:sz w:val="17"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00FC32EB">
         <w:rPr>
           <w:rStyle w:val="EnlacedeInternet"/>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="FF0000"/>
           <w:u w:val="none"/>
-          <w:lang w:val="es-MX" w:eastAsia="en-US" w:bidi="ar-SA"/>
+          <w:lang w:val="es-MX"/>
         </w:rPr>
         <w:t>nrangel@beceneslp.edu.mx</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="0000FF"/>
           <w:spacing w:val="-57"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="0000FF"/>
           <w:spacing w:val="-1"/>
           <w:u w:val="single" w:color="0000FF"/>
         </w:rPr>
         <w:t>https://orcid.org/0009-0000-0584-4606</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5E96405E" w14:textId="40212921" w:rsidR="006105CE" w:rsidRPr="00FC32EB" w:rsidRDefault="00FC32EB" w:rsidP="00FC32EB">
       <w:pPr>
         <w:pStyle w:val="Ttulo2"/>
         <w:spacing w:before="90"/>
         <w:ind w:right="221"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:lang w:val="es-MX"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
-      <w:r w:rsidR="00000000" w:rsidRPr="00FC32EB">
+      <w:r w:rsidRPr="00FC32EB">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:lang w:val="es-MX"/>
         </w:rPr>
         <w:t>Julián Saavedra López</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="45302F8A" w14:textId="77777777" w:rsidR="006105CE" w:rsidRDefault="00000000" w:rsidP="00FC32EB">
       <w:pPr>
         <w:pStyle w:val="Textoindependiente"/>
         <w:spacing w:before="136"/>
         <w:ind w:left="0" w:right="229"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:sz w:val="17"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:t>Benemérita</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
@@ -805,108 +790,108 @@
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>San</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>Luis</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-4"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>Potosí</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="649C8F5B" w14:textId="77777777" w:rsidR="006105CE" w:rsidRDefault="00000000" w:rsidP="00FC32EB">
+    <w:p w14:paraId="649C8F5B" w14:textId="77777777" w:rsidR="006105CE" w:rsidRDefault="006105CE" w:rsidP="00FC32EB">
       <w:pPr>
         <w:pStyle w:val="Textoindependiente"/>
         <w:spacing w:before="136" w:line="362" w:lineRule="auto"/>
         <w:ind w:left="3361" w:right="212"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:sz w:val="17"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink r:id="rId9">
         <w:r w:rsidRPr="00FC32EB">
           <w:rPr>
             <w:rStyle w:val="EnlacedeInternet"/>
             <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
             <w:color w:val="FF0000"/>
             <w:u w:val="none"/>
-            <w:lang w:val="es-MX" w:eastAsia="en-US" w:bidi="ar-SA"/>
+            <w:lang w:val="es-MX"/>
           </w:rPr>
           <w:t>jsaavedra@beceneslp.edu.mx</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00FC32EB">
+      <w:r w:rsidR="00000000" w:rsidRPr="00FC32EB">
         <w:rPr>
           <w:rStyle w:val="EnlacedeInternet"/>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="FF0000"/>
           <w:u w:val="none"/>
-          <w:lang w:val="es-MX" w:eastAsia="en-US" w:bidi="ar-SA"/>
-[...3 lines deleted...]
-      <w:r>
+          <w:lang w:val="es-MX"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00000000">
         <w:rPr>
           <w:color w:val="0000FF"/>
           <w:spacing w:val="-1"/>
           <w:u w:val="single" w:color="0000FF"/>
         </w:rPr>
         <w:t>https://orcid.org/0009-0005-0490-0545</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6534882C" w14:textId="5333B52C" w:rsidR="006105CE" w:rsidRPr="00FC32EB" w:rsidRDefault="00FC32EB" w:rsidP="00FC32EB">
       <w:pPr>
         <w:pStyle w:val="Ttulo2"/>
         <w:spacing w:before="90"/>
         <w:ind w:right="221"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:lang w:val="es-MX"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:br/>
       </w:r>
-      <w:r w:rsidR="00000000" w:rsidRPr="00FC32EB">
+      <w:r w:rsidRPr="00FC32EB">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:lang w:val="es-MX"/>
         </w:rPr>
         <w:t>Vicente Torres Méndez</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2B58F254" w14:textId="77777777" w:rsidR="006105CE" w:rsidRDefault="00000000" w:rsidP="00FC32EB">
       <w:pPr>
         <w:pStyle w:val="Textoindependiente"/>
         <w:spacing w:before="136"/>
         <w:ind w:left="0" w:right="229"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:sz w:val="17"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:t>Benemérita</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
@@ -990,101 +975,82 @@
         <w:rPr>
           <w:spacing w:val="-4"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>Potosí</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0E553B0A" w14:textId="02A77286" w:rsidR="006105CE" w:rsidRDefault="00FC32EB" w:rsidP="00FC32EB">
       <w:pPr>
         <w:pStyle w:val="Textoindependiente"/>
         <w:spacing w:before="136" w:line="362" w:lineRule="auto"/>
         <w:ind w:left="3361" w:right="209"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:sz w:val="17"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00FC32EB">
         <w:rPr>
           <w:rStyle w:val="EnlacedeInternet"/>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="FF0000"/>
           <w:u w:val="none"/>
-          <w:lang w:val="es-MX" w:eastAsia="en-US" w:bidi="ar-SA"/>
-[...11 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+          <w:lang w:val="es-MX"/>
+        </w:rPr>
+        <w:t xml:space="preserve">vtorres@beceneslp.edu.mx </w:t>
       </w:r>
       <w:hyperlink r:id="rId10">
-        <w:r w:rsidR="00000000">
+        <w:r>
           <w:rPr>
             <w:color w:val="0000FF"/>
             <w:spacing w:val="-1"/>
             <w:u w:val="single" w:color="0000FF"/>
           </w:rPr>
           <w:t>https://orcid.org/0009-0001-0722-1944</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w14:paraId="76C69CC9" w14:textId="77777777" w:rsidR="006105CE" w:rsidRPr="00FC32EB" w:rsidRDefault="00000000" w:rsidP="00FC32EB">
       <w:pPr>
         <w:pStyle w:val="Ttulo2"/>
         <w:spacing w:before="39"/>
         <w:ind w:right="215"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:lang w:val="es-MX"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00FC32EB">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:lang w:val="es-MX"/>
         </w:rPr>
-        <w:t xml:space="preserve">Elba Edith Dávalos </w:t>
-[...9 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t>Elba Edith Dávalos Avila</w:t>
+      </w:r>
     </w:p>
     <w:p w14:paraId="3C79C707" w14:textId="77777777" w:rsidR="006105CE" w:rsidRDefault="00000000" w:rsidP="00FC32EB">
       <w:pPr>
         <w:pStyle w:val="Textoindependiente"/>
         <w:spacing w:before="176"/>
         <w:ind w:left="0" w:right="229"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:sz w:val="17"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:t>Benemérita</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>y</w:t>
       </w:r>
       <w:r>
         <w:rPr>
@@ -1162,101 +1128,101 @@
         <w:rPr>
           <w:spacing w:val="-4"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>Potosí</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="26D522B3" w14:textId="182E049C" w:rsidR="006105CE" w:rsidRDefault="00000000" w:rsidP="00FC32EB">
       <w:pPr>
         <w:pStyle w:val="Textoindependiente"/>
         <w:spacing w:before="176" w:line="362" w:lineRule="auto"/>
         <w:ind w:left="3353" w:right="214"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:sz w:val="17"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00FC32EB">
         <w:rPr>
           <w:rStyle w:val="EnlacedeInternet"/>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="FF0000"/>
           <w:u w:val="none"/>
-          <w:lang w:val="es-MX" w:eastAsia="en-US" w:bidi="ar-SA"/>
+          <w:lang w:val="es-MX"/>
         </w:rPr>
         <w:t>edavalos@beceneslp.edu.mx</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="0000FF"/>
           <w:spacing w:val="-57"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:hyperlink r:id="rId11">
-        <w:r>
+        <w:r w:rsidR="006105CE">
           <w:rPr>
             <w:color w:val="0000FF"/>
             <w:u w:val="single" w:color="0000FF"/>
           </w:rPr>
           <w:t>https://orcid.org/0009-0001-1928-9516</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w14:paraId="59A0E79F" w14:textId="77777777" w:rsidR="006105CE" w:rsidRDefault="006105CE">
       <w:pPr>
         <w:sectPr w:rsidR="006105CE">
           <w:type w:val="continuous"/>
           <w:pgSz w:w="12240" w:h="15840"/>
           <w:pgMar w:top="1340" w:right="1200" w:bottom="1120" w:left="1200" w:header="0" w:footer="922" w:gutter="0"/>
           <w:cols w:num="2" w:space="720" w:equalWidth="0">
             <w:col w:w="1454" w:space="1046"/>
             <w:col w:w="7339"/>
           </w:cols>
           <w:formProt w:val="0"/>
           <w:docGrid w:linePitch="312" w:charSpace="-2049"/>
         </w:sectPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="0CE29A41" w14:textId="77777777" w:rsidR="006105CE" w:rsidRDefault="00000000">
       <w:pPr>
         <w:pStyle w:val="Textoindependiente"/>
         <w:spacing w:before="90" w:line="360" w:lineRule="auto"/>
         <w:ind w:right="211"/>
         <w:rPr>
           <w:sz w:val="17"/>
         </w:rPr>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Esta investigación analiza de forma comparativa seis planes de estudio para la formación de docentes de nivel primaria en México, considerando sus fundamentos teóricos, estructura curricular y normatividad, del periodo de 1978 al 2022. Este tema se considera de interés por la importancia de sus repercusiones en el ámbito educativo nacional y coadyuva a favorecer la comprensión e </w:t>
+        <w:t xml:space="preserve">Esta investigación analiza de forma comparativa seis planes de estudio para la formación de docentes de nivel primaria en México, considerando sus fundamentos teóricos, estructura curricular </w:t>
       </w:r>
       <w:r>
         <w:lastRenderedPageBreak/>
-        <w:t>interpretación de la evolución curricular de la formación docente, respondiendo a: ¿cuáles son los fundamentos teóricos, estructura curricular y normatividad de los planes de estudio para la formación docente de educación primaria en México?, ¿cómo comparar los elementos estudiados de los planes de estudio considerando los principios de política pública? El estudio fue de tipo documental, exploratorio, cualitativo y conforme al método comparativo. Se analizaron los planes de estudio de 1978, 1984, 1997, 2012, 2018 y 2022; los cuales respondieron a las intenciones educativas de los gobiernos federales en turno, excepto los planes 1984 y 1997, que permanecieron vigentes durante tres administraciones diferentes. Las fases fueron: recolección de datos siguiendo un orden lógico, fundamentalmente unidades documentales virtuales; arqueo de fuentes, revisión, cotejo, comparación, interpretación y conclusiones.</w:t>
+        <w:t>y normatividad, del periodo de 1978 al 2022. Este tema se considera de interés por la importancia de sus repercusiones en el ámbito educativo nacional y coadyuva a favorecer la comprensión e interpretación de la evolución curricular de la formación docente, respondiendo a: ¿cuáles son los fundamentos teóricos, estructura curricular y normatividad de los planes de estudio para la formación docente de educación primaria en México?, ¿cómo comparar los elementos estudiados de los planes de estudio considerando los principios de política pública? El estudio fue de tipo documental, exploratorio, cualitativo y conforme al método comparativo. Se analizaron los planes de estudio de 1978, 1984, 1997, 2012, 2018 y 2022; los cuales respondieron a las intenciones educativas de los gobiernos federales en turno, excepto los planes 1984 y 1997, que permanecieron vigentes durante tres administraciones diferentes. Las fases fueron: recolección de datos siguiendo un orden lógico, fundamentalmente unidades documentales virtuales; arqueo de fuentes, revisión, cotejo, comparación, interpretación y conclusiones.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6C445AC5" w14:textId="77777777" w:rsidR="006105CE" w:rsidRDefault="00000000">
       <w:pPr>
         <w:pStyle w:val="Textoindependiente"/>
         <w:spacing w:before="90" w:line="360" w:lineRule="auto"/>
         <w:ind w:right="211"/>
         <w:rPr>
           <w:sz w:val="17"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:tab/>
         <w:t xml:space="preserve">Se advierte del análisis la existencia de una secuencia lógica del planteamiento curricular, que considera las políticas internacionales, las directrices gubernamentales federales y, en los planes 2012, 2018 y 2022, un trabajo de </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:t>codiseño</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:t xml:space="preserve"> que tomó en cuenta las opiniones de docentes de las escuelas normales del país. Sus fundamentos pedagógicos se encuentran en correspondencia con los modelos educativos de vanguardia en cada época.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="155B2963" w14:textId="77777777" w:rsidR="006105CE" w:rsidRDefault="006105CE">
@@ -1414,1220 +1380,1183 @@
         <w:pStyle w:val="Textoindependiente"/>
         <w:spacing w:before="133" w:line="360" w:lineRule="auto"/>
         <w:ind w:right="214"/>
         <w:rPr>
           <w:sz w:val="17"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00FC32EB">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>This research comparatively analyzes six study plans for the training of primary level teachers in</w:t>
       </w:r>
       <w:r w:rsidRPr="00FC32EB">
         <w:rPr>
           <w:spacing w:val="1"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00FC32EB">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve">Mexico, considering their theoretical foundations, curricular </w:t>
+        <w:t>Mexico, considering their theoretical foundations, curricular structure and regulations, from the</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FC32EB">
+        <w:rPr>
+          <w:spacing w:val="1"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FC32EB">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>period</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FC32EB">
+        <w:rPr>
+          <w:spacing w:val="1"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FC32EB">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>of</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FC32EB">
+        <w:rPr>
+          <w:spacing w:val="1"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FC32EB">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>1978</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FC32EB">
+        <w:rPr>
+          <w:spacing w:val="1"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FC32EB">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>to</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FC32EB">
+        <w:rPr>
+          <w:spacing w:val="1"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FC32EB">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>2022.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FC32EB">
+        <w:rPr>
+          <w:spacing w:val="1"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FC32EB">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>This</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FC32EB">
+        <w:rPr>
+          <w:spacing w:val="1"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FC32EB">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>topic</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FC32EB">
+        <w:rPr>
+          <w:spacing w:val="1"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FC32EB">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>is</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FC32EB">
+        <w:rPr>
+          <w:spacing w:val="1"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FC32EB">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>considered</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FC32EB">
+        <w:rPr>
+          <w:spacing w:val="1"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FC32EB">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>of</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FC32EB">
+        <w:rPr>
+          <w:spacing w:val="1"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FC32EB">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>interest</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FC32EB">
+        <w:rPr>
+          <w:spacing w:val="1"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FC32EB">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>due</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FC32EB">
+        <w:rPr>
+          <w:spacing w:val="1"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FC32EB">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>to</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FC32EB">
+        <w:rPr>
+          <w:spacing w:val="1"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FC32EB">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>the</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FC32EB">
+        <w:rPr>
+          <w:spacing w:val="1"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FC32EB">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>importance</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FC32EB">
+        <w:rPr>
+          <w:spacing w:val="1"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FC32EB">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>of</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FC32EB">
+        <w:rPr>
+          <w:spacing w:val="1"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FC32EB">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>its</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FC32EB">
+        <w:rPr>
+          <w:spacing w:val="1"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FC32EB">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>repercussions. in the national educational field, and helps to promote the understanding and</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FC32EB">
+        <w:rPr>
+          <w:spacing w:val="1"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FC32EB">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>interpretation</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FC32EB">
+        <w:rPr>
+          <w:spacing w:val="1"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FC32EB">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>of</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FC32EB">
+        <w:rPr>
+          <w:spacing w:val="1"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FC32EB">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>the</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FC32EB">
+        <w:rPr>
+          <w:spacing w:val="1"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FC32EB">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>curricular</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FC32EB">
+        <w:rPr>
+          <w:spacing w:val="1"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FC32EB">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>evolution</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FC32EB">
+        <w:rPr>
+          <w:spacing w:val="1"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FC32EB">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>of</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FC32EB">
+        <w:rPr>
+          <w:spacing w:val="1"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FC32EB">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>teacher</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FC32EB">
+        <w:rPr>
+          <w:spacing w:val="1"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FC32EB">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>training,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FC32EB">
+        <w:rPr>
+          <w:spacing w:val="1"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FC32EB">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>responding</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FC32EB">
+        <w:rPr>
+          <w:spacing w:val="1"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FC32EB">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>to:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FC32EB">
+        <w:rPr>
+          <w:spacing w:val="1"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FC32EB">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>what</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FC32EB">
+        <w:rPr>
+          <w:spacing w:val="1"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FC32EB">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>are</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FC32EB">
+        <w:rPr>
+          <w:spacing w:val="1"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FC32EB">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>the</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FC32EB">
+        <w:rPr>
+          <w:spacing w:val="1"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FC32EB">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>theoretical</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FC32EB">
+        <w:rPr>
+          <w:spacing w:val="1"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FC32EB">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>foundations,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FC32EB">
+        <w:rPr>
+          <w:spacing w:val="1"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FC32EB">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>curricular</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FC32EB">
+        <w:rPr>
+          <w:spacing w:val="1"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FC32EB">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>structure</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FC32EB">
+        <w:rPr>
+          <w:spacing w:val="1"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FC32EB">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>and</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FC32EB">
+        <w:rPr>
+          <w:spacing w:val="1"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FC32EB">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>regulations</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FC32EB">
+        <w:rPr>
+          <w:spacing w:val="1"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FC32EB">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>of</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FC32EB">
+        <w:rPr>
+          <w:spacing w:val="1"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FC32EB">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>the</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FC32EB">
+        <w:rPr>
+          <w:spacing w:val="1"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FC32EB">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Study</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FC32EB">
+        <w:rPr>
+          <w:spacing w:val="1"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FC32EB">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Plans</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FC32EB">
+        <w:rPr>
+          <w:spacing w:val="1"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FC32EB">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>for</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FC32EB">
+        <w:rPr>
+          <w:spacing w:val="1"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FC32EB">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Primary</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FC32EB">
+        <w:rPr>
+          <w:spacing w:val="1"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FC32EB">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Education teacher training in </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="00FC32EB">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>structure</w:t>
+        <w:t>Mexico?,</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="00FC32EB">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve"> and regulations, from the</w:t>
+        <w:t xml:space="preserve"> how to compare the studied elements of the Study Plans</w:t>
       </w:r>
       <w:r w:rsidRPr="00FC32EB">
         <w:rPr>
           <w:spacing w:val="1"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00FC32EB">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>period</w:t>
+        <w:t>considering the principles of public policy? The study was documentary, exploratory, qualitative</w:t>
       </w:r>
       <w:r w:rsidRPr="00FC32EB">
         <w:rPr>
           <w:spacing w:val="1"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00FC32EB">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
+        <w:t>and according to the comparative method. The study plans of 1978, 1984, 1997, 2012, 2018 and</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FC32EB">
+        <w:rPr>
+          <w:spacing w:val="1"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FC32EB">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>2022 were analyzed; which responded to the educational intentions of the federal governments in</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FC32EB">
+        <w:rPr>
+          <w:spacing w:val="1"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FC32EB">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>turn,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FC32EB">
+        <w:rPr>
+          <w:spacing w:val="1"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FC32EB">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>except</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FC32EB">
+        <w:rPr>
+          <w:spacing w:val="1"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FC32EB">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>the</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FC32EB">
+        <w:rPr>
+          <w:spacing w:val="1"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FC32EB">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>1984</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FC32EB">
+        <w:rPr>
+          <w:spacing w:val="1"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FC32EB">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>and</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FC32EB">
+        <w:rPr>
+          <w:spacing w:val="1"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FC32EB">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>1997</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FC32EB">
+        <w:rPr>
+          <w:spacing w:val="1"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FC32EB">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>plans,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FC32EB">
+        <w:rPr>
+          <w:spacing w:val="1"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FC32EB">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>which</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FC32EB">
+        <w:rPr>
+          <w:spacing w:val="1"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FC32EB">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>remained</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FC32EB">
+        <w:rPr>
+          <w:spacing w:val="1"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FC32EB">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>in</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FC32EB">
+        <w:rPr>
+          <w:spacing w:val="1"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FC32EB">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>force</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FC32EB">
+        <w:rPr>
+          <w:spacing w:val="1"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FC32EB">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>during</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FC32EB">
+        <w:rPr>
+          <w:spacing w:val="1"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FC32EB">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>three</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FC32EB">
+        <w:rPr>
+          <w:spacing w:val="1"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FC32EB">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>different</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FC32EB">
+        <w:rPr>
+          <w:spacing w:val="1"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FC32EB">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>administrations.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FC32EB">
+        <w:rPr>
+          <w:spacing w:val="1"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FC32EB">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>The</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FC32EB">
+        <w:rPr>
+          <w:spacing w:val="1"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FC32EB">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>phases</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FC32EB">
+        <w:rPr>
+          <w:spacing w:val="1"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FC32EB">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>were:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FC32EB">
+        <w:rPr>
+          <w:spacing w:val="1"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FC32EB">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>data</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FC32EB">
+        <w:rPr>
+          <w:spacing w:val="1"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FC32EB">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>collection</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FC32EB">
+        <w:rPr>
+          <w:spacing w:val="1"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FC32EB">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>following</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FC32EB">
+        <w:rPr>
+          <w:spacing w:val="1"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FC32EB">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>a</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FC32EB">
+        <w:rPr>
+          <w:spacing w:val="1"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FC32EB">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>logical</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FC32EB">
+        <w:rPr>
+          <w:spacing w:val="1"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FC32EB">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>order,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FC32EB">
+        <w:rPr>
+          <w:spacing w:val="1"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FC32EB">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>mainly</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FC32EB">
+        <w:rPr>
+          <w:spacing w:val="1"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FC32EB">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>virtual</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FC32EB">
+        <w:rPr>
+          <w:spacing w:val="1"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FC32EB">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>documentary</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FC32EB">
+        <w:rPr>
+          <w:spacing w:val="1"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FC32EB">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>units;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FC32EB">
+        <w:rPr>
+          <w:spacing w:val="1"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FC32EB">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>counting</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FC32EB">
+        <w:rPr>
+          <w:spacing w:val="1"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FC32EB">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
         <w:t>of</w:t>
       </w:r>
       <w:r w:rsidRPr="00FC32EB">
         <w:rPr>
           <w:spacing w:val="1"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00FC32EB">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>1978</w:t>
+        <w:t>sources,</w:t>
       </w:r>
       <w:r w:rsidRPr="00FC32EB">
         <w:rPr>
           <w:spacing w:val="1"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00FC32EB">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>to</w:t>
+        <w:t>review,</w:t>
       </w:r>
       <w:r w:rsidRPr="00FC32EB">
         <w:rPr>
           <w:spacing w:val="1"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00FC32EB">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>2022.</w:t>
+        <w:t>collation,</w:t>
       </w:r>
       <w:r w:rsidRPr="00FC32EB">
         <w:rPr>
           <w:spacing w:val="1"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00FC32EB">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>This</w:t>
+        <w:t>comparison,</w:t>
       </w:r>
       <w:r w:rsidRPr="00FC32EB">
         <w:rPr>
           <w:spacing w:val="1"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00FC32EB">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>topic</w:t>
-[...154 lines deleted...]
-        </w:rPr>
         <w:t>interpretation</w:t>
       </w:r>
-      <w:r w:rsidRPr="00FC32EB">
-[...855 lines deleted...]
-      <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="00FC32EB">
         <w:rPr>
           <w:spacing w:val="1"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00FC32EB">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>and</w:t>
       </w:r>
       <w:r w:rsidRPr="00FC32EB">
         <w:rPr>
           <w:spacing w:val="1"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00FC32EB">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>conclusions.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4697EBB7" w14:textId="77777777" w:rsidR="006105CE" w:rsidRPr="00FC32EB" w:rsidRDefault="00000000">
       <w:pPr>
         <w:pStyle w:val="Textoindependiente"/>
         <w:spacing w:before="2" w:line="360" w:lineRule="auto"/>
         <w:ind w:right="210"/>
         <w:rPr>
           <w:sz w:val="17"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:sectPr w:rsidR="006105CE" w:rsidRPr="00FC32EB">
           <w:footerReference w:type="default" r:id="rId12"/>
           <w:type w:val="continuous"/>
           <w:pgSz w:w="12240" w:h="15840"/>
           <w:pgMar w:top="1340" w:right="1200" w:bottom="1120" w:left="1200" w:header="0" w:footer="922" w:gutter="0"/>
           <w:cols w:space="720"/>
           <w:formProt w:val="0"/>
           <w:docGrid w:linePitch="312" w:charSpace="-2049"/>
         </w:sectPr>
       </w:pPr>
       <w:r w:rsidRPr="00FC32EB">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>The analysis notes the existence of a logical sequence of the curricular approach, which considers</w:t>
       </w:r>
       <w:r w:rsidRPr="00FC32EB">
         <w:rPr>
           <w:spacing w:val="-57"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00FC32EB">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>international policies, federal government guidelines, and in the 2012, 2018 and 2022 plans, a co-</w:t>
       </w:r>
       <w:r w:rsidRPr="00FC32EB">
         <w:rPr>
           <w:spacing w:val="-57"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00FC32EB">
         <w:rPr>
           <w:lang w:val="en-US"/>
@@ -3169,161 +3098,169 @@
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>2</w:t>
       </w:r>
       <w:r w:rsidRPr="00277F61">
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">    </w:t>
       </w:r>
       <w:r w:rsidRPr="00277F61">
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>Fecha Aceptación:</w:t>
       </w:r>
       <w:r w:rsidRPr="00277F61">
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-[...3 lines deleted...]
-        <w:t>Enero 2023</w:t>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>Enero</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2023</w:t>
       </w:r>
       <w:r w:rsidRPr="00277F61">
         <w:br/>
       </w:r>
-      <w:r>
+      <w:r w:rsidR="00000000">
         <w:pict w14:anchorId="6DD9F8C0">
           <v:rect id="_x0000_i1025" style="width:446.5pt;height:1.5pt" o:hralign="center" o:hrstd="t" o:hr="t" fillcolor="#a0a0a0" stroked="f"/>
         </w:pict>
       </w:r>
     </w:p>
-    <w:p w14:paraId="17576310" w14:textId="77777777" w:rsidR="006105CE" w:rsidRDefault="00000000">
+    <w:p w14:paraId="17576310" w14:textId="77777777" w:rsidR="006105CE" w:rsidRPr="00E6692D" w:rsidRDefault="00000000" w:rsidP="00E6692D">
       <w:pPr>
         <w:pStyle w:val="Ttulo1"/>
         <w:spacing w:before="143"/>
-        <w:jc w:val="left"/>
-[...4 lines deleted...]
-      <w:r>
+        <w:ind w:left="0"/>
+        <w:rPr>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E6692D">
+        <w:rPr>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
         <w:t>Introducción</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0E801264" w14:textId="77777777" w:rsidR="006105CE" w:rsidRDefault="00000000">
       <w:pPr>
         <w:pStyle w:val="Textoindependiente"/>
         <w:spacing w:before="160" w:line="360" w:lineRule="auto"/>
         <w:ind w:right="220"/>
         <w:rPr>
           <w:sz w:val="17"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:tab/>
         <w:t>La formación docente en México ha estado estrechamente vinculada a la política educativa en educación básica. Históricamente, la evolución de la Educación Normal ha seguido las directrices de los planes nacionales y proyectos de Estado. Siempre ha sido facultad de las autoridades educativas federales el diseño de los planes de estudio.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="624E34EF" w14:textId="77777777" w:rsidR="006105CE" w:rsidRDefault="00000000">
       <w:pPr>
         <w:pStyle w:val="Textoindependiente"/>
         <w:spacing w:before="160" w:line="360" w:lineRule="auto"/>
         <w:ind w:right="220"/>
         <w:rPr>
           <w:sz w:val="17"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:tab/>
         <w:t>El presente trabajo aborda un análisis comparativo de los fundamentos teóricos, estructura curricular y normatividad de los planes de estudio para la formación de docentes de educación primaria en nuestro país, en el periodo de 1978 a 2022.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6D518DE9" w14:textId="77777777" w:rsidR="006105CE" w:rsidRDefault="00000000">
       <w:pPr>
         <w:pStyle w:val="Textoindependiente"/>
         <w:spacing w:before="160" w:line="360" w:lineRule="auto"/>
         <w:ind w:right="220"/>
         <w:rPr>
           <w:sz w:val="17"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:tab/>
         <w:t xml:space="preserve">Se analizó la importancia del componente teórico en el currículo, como un marco que contempla la naturaleza de los fines perseguidos, según </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:t>Caldeiro</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
-        <w:t xml:space="preserve"> (2023). Por tal motivo, se analizaron los valores y propósitos de los planes de estudio, los considerandos de sus acuerdos oficiales y la justificación de </w:t>
-[...7 lines deleted...]
-        <w:t>. Resulta relevante considerar que las políticas gubernamentales tienen un sentido amplio e impreciso, pues comprenden todas las acciones de gobierno, entre ellas, como una facultad exclusiva de la Secretaría de Educación Pública, el diseño de los planes de estudio para la formación de docentes de educación básica, según Ejea (2006), citado por Arias y Herrera (2012), quienes afirman: “Las políticas públicas son parte de las políticas gubernamentales porque representan decisiones donde participa el gobierno, decisiones que comparte con los actores no gubernamentales. Las políticas públicas son políticas gubernamentales con vasta intervención social”.</w:t>
+        <w:t xml:space="preserve"> (2023). Por tal motivo, se analizaron los valores y propósitos de los planes de estudio, los considerandos de sus acuerdos oficiales y la justificación de los mismos. Resulta relevante considerar que las políticas gubernamentales tienen un sentido amplio e impreciso, pues comprenden todas las acciones de gobierno, entre ellas, como una facultad exclusiva de la Secretaría de Educación Pública, el diseño de los planes de estudio para la formación de docentes de educación básica, según Ejea (2006), citado por Arias y Herrera (2012), quienes afirman: “Las políticas públicas son parte de las políticas gubernamentales porque representan decisiones donde participa el gobierno, decisiones que comparte con los actores no gubernamentales. Las políticas públicas son políticas gubernamentales con vasta intervención social”.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6CBE22B8" w14:textId="77777777" w:rsidR="006105CE" w:rsidRDefault="00000000">
       <w:pPr>
         <w:pStyle w:val="Textoindependiente"/>
         <w:spacing w:before="160" w:line="360" w:lineRule="auto"/>
         <w:ind w:right="220"/>
         <w:rPr>
           <w:sz w:val="17"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:tab/>
-        <w:t>Considerando lo anterior, devino la importancia de analizar también la estructura curricular de los planes de estudio, ya que esto permitió apreciar estos fines gubernamentales de regulación del currículo: el control simbólico a través de la promoción de valores, ideologías y discursos; el control instrumental mediante el establecimiento de técnicas, clasificaciones, procedimientos o tecnologías; así como el posible proceso de emancipación crítica sobre los determinantes del colectivo escolar, como una comunidad de aprendizaje (ídem, 2023).</w:t>
+        <w:t xml:space="preserve">Considerando lo anterior, devino la importancia de analizar también la estructura curricular de los planes de estudio, ya que esto permitió apreciar estos fines gubernamentales de regulación del currículo: el control simbólico a través de la promoción de valores, ideologías y discursos; el control instrumental mediante el establecimiento de técnicas, clasificaciones, procedimientos o tecnologías; así como el posible proceso de emancipación crítica sobre los determinantes del </w:t>
+      </w:r>
+      <w:r>
+        <w:lastRenderedPageBreak/>
+        <w:t>colectivo escolar, como una comunidad de aprendizaje (ídem, 2023).</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5546EF71" w14:textId="77777777" w:rsidR="006105CE" w:rsidRDefault="00000000">
       <w:pPr>
         <w:pStyle w:val="Textoindependiente"/>
         <w:spacing w:before="160" w:line="360" w:lineRule="auto"/>
         <w:ind w:right="220"/>
         <w:rPr>
           <w:sz w:val="17"/>
         </w:rPr>
       </w:pPr>
       <w:r>
-        <w:lastRenderedPageBreak/>
         <w:tab/>
         <w:t>Se consideró pertinente hacer materia de este estudio la normatividad que otorga el sustento jurídico de los planes de estudio, el cual les otorga la validez para su aplicación, conforme a los alcances que se determinaron por parte de las autoridades gubernamentales. La Secretaría de Educación Pública (2023) al respecto menciona:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1D5CB2F8" w14:textId="77777777" w:rsidR="006105CE" w:rsidRDefault="00000000">
       <w:pPr>
         <w:pStyle w:val="Textoindependiente"/>
         <w:spacing w:before="155" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="1349" w:right="228"/>
         <w:rPr>
           <w:sz w:val="17"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:t>En "La Regulación de la Educación en Materia Federal", se incluyen las normas</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>jurídicas</w:t>
       </w:r>
@@ -3986,252 +3923,242 @@
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-57"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>integral.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6782E581" w14:textId="77777777" w:rsidR="006105CE" w:rsidRDefault="00000000">
       <w:pPr>
         <w:pStyle w:val="Textoindependiente"/>
         <w:spacing w:before="161" w:line="360" w:lineRule="auto"/>
         <w:ind w:right="219"/>
         <w:rPr>
           <w:sz w:val="17"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:tab/>
         <w:t>De este modo, se presentan los elementos encontrados considerando estos tres elementos básicos de los planes de estudio analizados. El propósito es advertir las características específicas de cada uno de ellos y determinar la evolución curricular como parte de las acciones de política pública educativa en México.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="23AB6D7E" w14:textId="77777777" w:rsidR="006105CE" w:rsidRDefault="00000000">
+    <w:p w14:paraId="23AB6D7E" w14:textId="77777777" w:rsidR="006105CE" w:rsidRPr="00E6692D" w:rsidRDefault="00000000" w:rsidP="00E6692D">
       <w:pPr>
         <w:pStyle w:val="Ttulo1"/>
         <w:spacing w:before="163"/>
-        <w:ind w:left="3697"/>
-[...5 lines deleted...]
-      <w:r>
+        <w:ind w:left="0"/>
+        <w:rPr>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E6692D">
+        <w:rPr>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
         <w:t>Materiales</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00E6692D">
         <w:rPr>
           <w:spacing w:val="-4"/>
-        </w:rPr>
-[...2 lines deleted...]
-      <w:r>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E6692D">
+        <w:rPr>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
         <w:t>y</w:t>
       </w:r>
-      <w:r>
-[...5 lines deleted...]
-      <w:r>
+      <w:r w:rsidRPr="00E6692D">
+        <w:rPr>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E6692D">
+        <w:rPr>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
         <w:t>método</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="02943645" w14:textId="77777777" w:rsidR="006105CE" w:rsidRDefault="006105CE">
       <w:pPr>
         <w:pStyle w:val="Textoindependiente"/>
         <w:spacing w:before="9"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="27"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="0AF2B116" w14:textId="77777777" w:rsidR="006105CE" w:rsidRDefault="00000000">
       <w:pPr>
         <w:pStyle w:val="Textoindependiente"/>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:right="212"/>
         <w:rPr>
           <w:sz w:val="17"/>
         </w:rPr>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">En este estudio, se siguió la metodología comparada con base en fuentes documentales virtuales y considerando los principios de la hermenéutica, con el propósito de establecer una relación entre </w:t>
+        <w:t xml:space="preserve">En este estudio, se siguió la metodología comparada con base en fuentes documentales virtuales y </w:t>
       </w:r>
       <w:r>
         <w:lastRenderedPageBreak/>
-        <w:t xml:space="preserve">los planes de estudio emitidos en el periodo de 1978 a 2022, destinados a la formación de docentes de educación primaria en México. Para ello, se realizó el análisis e interpretación de tres aspectos comunes en estos currículos: fundamentos </w:t>
-[...7 lines deleted...]
-        <w:t>, estructura curricular y normatividad.</w:t>
+        <w:t>considerando los principios de la hermenéutica, con el propósito de establecer una relación entre los planes de estudio emitidos en el periodo de 1978 a 2022, destinados a la formación de docentes de educación primaria en México. Para ello, se realizó el análisis e interpretación de tres aspectos comunes en estos currículos: fundamentos teórico pedagógicos, estructura curricular y normatividad.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1B805F6E" w14:textId="77777777" w:rsidR="006105CE" w:rsidRDefault="00000000">
       <w:pPr>
         <w:pStyle w:val="Textoindependiente"/>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:right="212"/>
         <w:rPr>
           <w:sz w:val="17"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:tab/>
         <w:t>El primer plan analizado fue el emitido en 1978, el cual planteó una actualización del plan autorizado en 1975 para la formación de docentes de educación primaria. Este plan 1978 fue publicado en el Diario Oficial de la Federación, para todos sus efectos legales y administrativos, el 24 de febrero de 1978. El segundo plan abordado en este estudio fue el emitido en 1984, el cual representa el ingreso de la Educación Normal al esquema de la Educación Superior, concediendo por sus efectos el título de licenciatura. Este plan fue autorizado mediante acuerdo publicado en el Diario Oficial de la Federación, el 8 de junio de 1988. El tercer plan analizado fue emitido en 1997 y autorizado mediante acuerdo publicado en el Diario Oficial de la Federación el 2 de agosto de 1999. El cuarto plan estudiado fue emitido en el año 2012 mediante acuerdo publicado en el Diario Oficial de la Federación el 20 de agosto del mismo año. El quinto plan de referencia fue autorizado mediante acuerdo publicado en el Diario Oficial de la Federación el 3 de agosto de 2018. El sexto plan de estudios analizado fue autorizado mediante acuerdo publicado en el Diario Oficial de la Federación, el 29 de agosto de 2022.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="26D9BF8B" w14:textId="77777777" w:rsidR="006105CE" w:rsidRDefault="006105CE">
       <w:pPr>
         <w:pStyle w:val="Textoindependiente"/>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:right="212"/>
         <w:rPr>
           <w:sz w:val="17"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="0A95F1C2" w14:textId="77777777" w:rsidR="006105CE" w:rsidRDefault="00000000">
+    <w:p w14:paraId="0A95F1C2" w14:textId="77777777" w:rsidR="006105CE" w:rsidRPr="00E6692D" w:rsidRDefault="00000000" w:rsidP="00E6692D">
+      <w:pPr>
+        <w:pStyle w:val="Textoindependiente"/>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:ind w:right="212"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E6692D">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>Resultados</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3568486D" w14:textId="77777777" w:rsidR="006105CE" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="Textoindependiente"/>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:ind w:right="212"/>
+        <w:rPr>
+          <w:sz w:val="17"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:t>Los resultados se presentan por aspectos o categorías de análisis, las cuales son tres: fundamentos teórico pedagógicos, estructura curricular y normatividad, estableciendo los elementos encontrados en cada plan de estudios respecto a estos.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7CAF4E7B" w14:textId="77777777" w:rsidR="006105CE" w:rsidRDefault="006105CE">
+      <w:pPr>
+        <w:pStyle w:val="Textoindependiente"/>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:ind w:right="212"/>
+        <w:rPr>
+          <w:sz w:val="17"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6C62B4C6" w14:textId="77777777" w:rsidR="006105CE" w:rsidRDefault="00000000">
       <w:pPr>
         <w:pStyle w:val="Textoindependiente"/>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:right="212"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>Resultados</w:t>
+        <w:t>Fundamentos teórico pedagógicos</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3568486D" w14:textId="77777777" w:rsidR="006105CE" w:rsidRDefault="00000000">
+    <w:p w14:paraId="21BE05F2" w14:textId="77777777" w:rsidR="006105CE" w:rsidRDefault="00000000">
       <w:pPr>
         <w:pStyle w:val="Textoindependiente"/>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:right="212"/>
         <w:rPr>
           <w:sz w:val="17"/>
         </w:rPr>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Los resultados se presentan por aspectos o categorías de análisis, las cuales son tres: fundamentos </w:t>
+        <w:t xml:space="preserve">Para poder interpretar estos elementos, es necesario interpretar, conforme a los principios de política pública educativa, el contexto social en el cual se han originado y desarrollado. Para el caso del Plan 1978, se encontró que se refiere a un ajuste curricular y no propiamente a un nuevo plan de estudios para la formación de docentes de educación primaria. El plan de estudios de base fue el emitido en el año de 1975 mediante acuerdo publicado en el Diario Oficial de la Federación el 8 de septiembre de 1975. El ajuste curricular planteado en el Plan de Estudios de 1978 respondió a una solicitud de la Dirección General de Educación Normal para atender las peticiones de los </w:t>
+      </w:r>
+      <w:r>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">profesores en servicio, las cuales fueron expuestas en la Junta Nacional de </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r>
-        <w:t>teórico pedagógicos</w:t>
+        <w:t>Directores</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r>
-        <w:t>, estructura curricular y normatividad, estableciendo los elementos encontrados en cada plan de estudios respecto a estos.</w:t>
-[...67 lines deleted...]
-        <w:t>Normales en junio de ese año. Las autoridades educativas de la Secretaría de Educación Pública mencionaron en los considerandos del Plan de Estudios de Educación Normal de 1975 la necesidad de desarrollar un currículo que respondiera a los nuevos desafíos que enfrentaba la sociedad mexicana, derivados del avance científico y tecnológico, así como del rápido crecimiento demográfico que vivía el mundo y especialmente nuestro país. Estos desafíos exigían una educación enfocada en la formación de ciudadanos capacitados para enfrentar los retos de una sociedad competitiva, en la cual una educación sólida era fundamental para lograr un mejor nivel de vida. En las consideraciones generales del acuerdo oficial se menciona:</w:t>
+        <w:t xml:space="preserve"> de Escuelas Normales en junio de ese año. Las autoridades educativas de la Secretaría de Educación Pública mencionaron en los considerandos del Plan de Estudios de Educación Normal de 1975 la necesidad de desarrollar un currículo que respondiera a los nuevos desafíos que enfrentaba la sociedad mexicana, derivados del avance científico y tecnológico, así como del rápido crecimiento demográfico que vivía el mundo y especialmente nuestro país. Estos desafíos exigían una educación enfocada en la formación de ciudadanos capacitados para enfrentar los retos de una sociedad competitiva, en la cual una educación sólida era fundamental para lograr un mejor nivel de vida. En las consideraciones generales del acuerdo oficial se menciona:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="11F6CBB1" w14:textId="77777777" w:rsidR="006105CE" w:rsidRDefault="00000000">
       <w:pPr>
         <w:pStyle w:val="Textoindependiente"/>
         <w:spacing w:before="164" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="1349" w:right="222"/>
         <w:rPr>
           <w:sz w:val="17"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:t>El</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>mundo</w:t>
       </w:r>
       <w:r>
         <w:rPr>
@@ -4777,55 +4704,55 @@
     <w:p w14:paraId="43F0F04F" w14:textId="77777777" w:rsidR="006105CE" w:rsidRDefault="00000000">
       <w:pPr>
         <w:pStyle w:val="Textoindependiente"/>
         <w:spacing w:before="1" w:line="360" w:lineRule="auto"/>
         <w:ind w:right="217"/>
         <w:rPr>
           <w:sz w:val="17"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:tab/>
         <w:t>En este plan, se advierte un cambio radical en la formación de maestros de educación primaria, impulsando el enfoque de asignaturas científicas como la aritmética, cálculo, geometría, entre otras, pugnando por la integración del elemento científico disciplinar específico, con igual énfasis que el aspecto didáctico. El plan 1978 consideró las inquietudes y recomendaciones de los docentes y directivos de las Escuelas Normales, quienes mostraron ciertas reservas al enfoque del plan 1975. Por ello, en este plan de estudios se retomó el énfasis en el aspecto didáctico. Las asignaturas disciplinarias especializadas, especialmente las relativas a las ciencias exactas, que se consideraban en el plan 1975, ya no fueron incluidas.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0D3FEA95" w14:textId="77777777" w:rsidR="006105CE" w:rsidRDefault="00000000">
       <w:pPr>
         <w:pStyle w:val="Textoindependiente"/>
         <w:spacing w:before="1" w:line="360" w:lineRule="auto"/>
         <w:ind w:right="217"/>
         <w:rPr>
           <w:sz w:val="17"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:tab/>
-        <w:t xml:space="preserve">Cabe hacer mención que, con anterioridad al plan 1975, se aprobó un acuerdo en el Diario Oficial de la Federación, el 17 de marzo de 1976, en el cual se disponía que se expidiera el título de bachiller y título de profesor de educación primaria, a quien hubiera concluido la Educación Normal conforme al Plan de 1972. Este aspecto es relevante, puesto que los esfuerzos gubernamentales y de política pública educativa se encaminaban a la formación de docentes a nivel de Educación Superior, como finalmente sucedió en la siguiente reforma curricular en 1984. En </w:t>
+        <w:t xml:space="preserve">Cabe hacer mención que, con anterioridad al plan 1975, se aprobó un acuerdo en el Diario Oficial de la Federación, el 17 de marzo de 1976, en el cual se disponía que se expidiera el título de bachiller y título de profesor de educación primaria, a quien hubiera concluido la Educación Normal conforme al Plan de 1972. Este aspecto es relevante, puesto que los esfuerzos </w:t>
       </w:r>
       <w:r>
         <w:lastRenderedPageBreak/>
-        <w:t>contraste con el plan de 1978, en el acuerdo oficial del Plan de estudios de 1984, ya se advierte el logro de la calidad educativa como el eje impulsor de la política educativa del país, por lo cual este currículo responde a un anhelo aspiracional del magisterio nacional al elevar la formación docente al nivel de licenciatura. Retoma el conocimiento científico con énfasis en el desarrollo de las aptitudes para la práctica de la investigación y la docencia, así como un amplio dominio de las técnicas didácticas y la psicología educativa. El modelo que buscaba adoptarse era correspondiente al modelo universitario; sin embargo, la diversidad de escuelas normales en contextos muy diversos de la geografía nacional hizo que hubiera múltiples disparidades en el desarrollo evolutivo de las normales a nivel nacional. Muchas de ellas no tenían las condiciones para poder enfrentar los desafíos que esto suponía.</w:t>
+        <w:t>gubernamentales y de política pública educativa se encaminaban a la formación de docentes a nivel de Educación Superior, como finalmente sucedió en la siguiente reforma curricular en 1984. En contraste con el plan de 1978, en el acuerdo oficial del Plan de estudios de 1984, ya se advierte el logro de la calidad educativa como el eje impulsor de la política educativa del país, por lo cual este currículo responde a un anhelo aspiracional del magisterio nacional al elevar la formación docente al nivel de licenciatura. Retoma el conocimiento científico con énfasis en el desarrollo de las aptitudes para la práctica de la investigación y la docencia, así como un amplio dominio de las técnicas didácticas y la psicología educativa. El modelo que buscaba adoptarse era correspondiente al modelo universitario; sin embargo, la diversidad de escuelas normales en contextos muy diversos de la geografía nacional hizo que hubiera múltiples disparidades en el desarrollo evolutivo de las normales a nivel nacional. Muchas de ellas no tenían las condiciones para poder enfrentar los desafíos que esto suponía.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="68170E79" w14:textId="77777777" w:rsidR="006105CE" w:rsidRDefault="00000000">
       <w:pPr>
         <w:pStyle w:val="Textoindependiente"/>
         <w:spacing w:before="1" w:line="360" w:lineRule="auto"/>
         <w:ind w:right="217"/>
         <w:rPr>
           <w:sz w:val="17"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:tab/>
         <w:t>Respecto a las políticas públicas del gobierno de Miguel de la Madrid, en el cual se autorizó este plan de estudios, Conde citado por Alcántara (2008), menciona:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="57932893" w14:textId="77777777" w:rsidR="006105CE" w:rsidRDefault="00000000">
       <w:pPr>
         <w:pStyle w:val="Textoindependiente"/>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:left="1349" w:right="218"/>
         <w:rPr>
           <w:sz w:val="17"/>
         </w:rPr>
       </w:pPr>
@@ -7565,50 +7492,51 @@
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:left="1349" w:right="214"/>
         <w:rPr>
           <w:sz w:val="17"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:t>La reforma curricular y los planes de estudio que de ella se derivan se sustentan en las</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-57"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>tendencias actuales de la formación docente; en las diversas perspectivas teórico-</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
+        <w:lastRenderedPageBreak/>
         <w:t>metodológicas</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="9"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>de</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="11"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>las</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="10"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
@@ -7682,51 +7610,50 @@
       <w:r>
         <w:rPr>
           <w:spacing w:val="11"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>educación</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="11"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>básica</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-58"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
-        <w:lastRenderedPageBreak/>
         <w:t>y de aquellas que explican el proceso educativo; en la naturaleza y desarrollo de las</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>prácticas pedagógicas actuales y las emergentes ante los nuevos requerimientos y</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>problemas que</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
@@ -8165,59 +8092,51 @@
       </w:r>
       <w:r>
         <w:t>reforma.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="5"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>(ídem, 2012)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="74A0323A" w14:textId="77777777" w:rsidR="006105CE" w:rsidRDefault="00000000">
       <w:pPr>
         <w:pStyle w:val="Textoindependiente"/>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:right="212"/>
         <w:rPr>
           <w:sz w:val="17"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:tab/>
-        <w:t xml:space="preserve">Presentando una continuidad con el plan de estudios 2012, el Plan 2018 considera un planteamiento curricular que atiende a la pluriculturalidad existente en el país, especialmente representada por los pueblos indígenas y ante la necesidad de incrementar los niveles de escolaridad, favoreciendo la educación bilingüe e intercultural y la conclusión de la educación básica de los pueblos y comunidades originarias, dentro del marco de la educación de calidad contemplado en el Servicio Profesional Docente. Este currículo se estructura considerando la necesidad de formar a docentes que realicen prácticas de calidad, admitiendo la necesidad de una resignificación de su labor educativa, especialmente en lo concerniente a la creación de ambientes de aprendizaje dinámicos, inclusivos y equitativos. Se plantea el propósito de que </w:t>
-[...7 lines deleted...]
-        <w:t xml:space="preserve"> de Educación Primaria realicen una práctica de alta calidad. En su acuerdo de autorización se establece:</w:t>
+        <w:t>Presentando una continuidad con el plan de estudios 2012, el Plan 2018 considera un planteamiento curricular que atiende a la pluriculturalidad existente en el país, especialmente representada por los pueblos indígenas y ante la necesidad de incrementar los niveles de escolaridad, favoreciendo la educación bilingüe e intercultural y la conclusión de la educación básica de los pueblos y comunidades originarias, dentro del marco de la educación de calidad contemplado en el Servicio Profesional Docente. Este currículo se estructura considerando la necesidad de formar a docentes que realicen prácticas de calidad, admitiendo la necesidad de una resignificación de su labor educativa, especialmente en lo concerniente a la creación de ambientes de aprendizaje dinámicos, inclusivos y equitativos. Se plantea el propósito de que las maestras y maestros de Educación Primaria realicen una práctica de alta calidad. En su acuerdo de autorización se establece:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="40B3DDBF" w14:textId="77777777" w:rsidR="006105CE" w:rsidRDefault="00000000">
       <w:pPr>
         <w:pStyle w:val="Textoindependiente"/>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:left="1349" w:right="220"/>
         <w:rPr>
           <w:sz w:val="17"/>
         </w:rPr>
         <w:sectPr w:rsidR="006105CE">
           <w:footerReference w:type="default" r:id="rId14"/>
           <w:pgSz w:w="12240" w:h="15840"/>
           <w:pgMar w:top="1340" w:right="1200" w:bottom="1200" w:left="1200" w:header="0" w:footer="922" w:gutter="0"/>
           <w:cols w:space="720"/>
           <w:formProt w:val="0"/>
           <w:docGrid w:linePitch="100" w:charSpace="4096"/>
         </w:sectPr>
       </w:pPr>
       <w:r>
         <w:t>La actualización del Plan de Estudios se sustenta en las tendencias más recientes de la</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-57"/>
@@ -9265,50 +9184,51 @@
         <w:pStyle w:val="Textoindependiente"/>
         <w:spacing w:line="355" w:lineRule="auto"/>
         <w:ind w:left="1349" w:right="229"/>
         <w:rPr>
           <w:sz w:val="17"/>
         </w:rPr>
         <w:sectPr w:rsidR="006105CE">
           <w:footerReference w:type="default" r:id="rId16"/>
           <w:pgSz w:w="12240" w:h="15840"/>
           <w:pgMar w:top="1340" w:right="1200" w:bottom="1200" w:left="1200" w:header="0" w:footer="922" w:gutter="0"/>
           <w:cols w:space="720"/>
           <w:formProt w:val="0"/>
           <w:docGrid w:linePitch="100" w:charSpace="4096"/>
         </w:sectPr>
       </w:pPr>
       <w:r>
         <w:t>El área específica está integrada por los cursos que atienden las características de la</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
+        <w:lastRenderedPageBreak/>
         <w:t>Educación</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>Primaria, y</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-8"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>cubren</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
@@ -12645,85 +12565,77 @@
       <w:r>
         <w:lastRenderedPageBreak/>
         <w:tab/>
         <w:t>Su estructura curricular comprende 45 asignaturas distribuidas en ocho semestres y cuatro años de formación, para desarrollarse en jornadas diarias de 6 horas en promedio. Todos los programas de estudio consideraron actividades teóricas y prácticas, avalando un total de 448 créditos y 256 horas. Se incluyeron 3 actividades de formación interrelacionadas: escolarizadas, de acercamiento a la práctica escolar y la práctica intensiva en condiciones reales de trabajo.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="72416AD5" w14:textId="77777777" w:rsidR="006105CE" w:rsidRDefault="00000000">
       <w:pPr>
         <w:pStyle w:val="Textoindependiente"/>
         <w:spacing w:before="72" w:line="360" w:lineRule="auto"/>
         <w:ind w:right="224"/>
       </w:pPr>
       <w:r>
         <w:tab/>
         <w:t>Este plan avaló 4 créditos más que el plan de estudios de 1984 y agregó 18 horas más de formación; sin embargo, su enfoque es diferente, ya que se advierte la integración de actividades pedagógicas situadas, énfasis en la práctica pedagógica y despliegue de competencias didácticas, así como el conocimiento de contextos escolares sociales diversos, que enriquecen la formación integral docente.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="52AC7346" w14:textId="77777777" w:rsidR="006105CE" w:rsidRDefault="00000000">
       <w:pPr>
         <w:pStyle w:val="Textoindependiente"/>
         <w:spacing w:before="72" w:line="360" w:lineRule="auto"/>
         <w:ind w:right="224"/>
       </w:pPr>
       <w:r>
         <w:tab/>
-        <w:t xml:space="preserve">El plan de estudios 2012 fue diseñado considerando los aspectos y tendencias de la educación superior, así como experiencias innovadoras en el campo de la formación docente. Se desarrolló bajo el modelo de competencias y se dio en el marco de una </w:t>
-[...7 lines deleted...]
-        <w:t xml:space="preserve"> e incluyente de los diversos actores relacionados con la Educación Normal, considerando tres fases: Análisis del contexto y de la práctica profesional docente, identificación de las competencias y construcción del perfil de egreso, y el diseño y desarrollo de la estructura curricular. Se estructura a partir de tres orientaciones curriculares: Enfoque centrado en el aprendizaje, Enfoque basado en competencias y Flexibilidad curricular, académica y administrativa, con un carácter situado.</w:t>
+        <w:t>El plan de estudios 2012 fue diseñado considerando los aspectos y tendencias de la educación superior, así como experiencias innovadoras en el campo de la formación docente. Se desarrolló bajo el modelo de competencias y se dio en el marco de una participación activa e incluyente de los diversos actores relacionados con la Educación Normal, considerando tres fases: Análisis del contexto y de la práctica profesional docente, identificación de las competencias y construcción del perfil de egreso, y el diseño y desarrollo de la estructura curricular. Se estructura a partir de tres orientaciones curriculares: Enfoque centrado en el aprendizaje, Enfoque basado en competencias y Flexibilidad curricular, académica y administrativa, con un carácter situado.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3CCF350C" w14:textId="77777777" w:rsidR="006105CE" w:rsidRDefault="00000000">
       <w:pPr>
         <w:pStyle w:val="Textoindependiente"/>
         <w:spacing w:before="72" w:line="360" w:lineRule="auto"/>
         <w:ind w:right="224"/>
       </w:pPr>
       <w:r>
         <w:tab/>
         <w:t>El perfil de egreso se expone en términos de competencias genéricas y profesionales. Las genéricas fueron: usar el pensamiento crítico y creativo para la solución de problemas y la toma de decisiones; aprender de manera permanente; colaborar con otros para generar proyectos innovadores y de impacto social; actuar con sentido ético; aplicar sus habilidades comunicativas en diversos contextos y emplear las tecnologías de la información y la comunicación.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7432E76C" w14:textId="77777777" w:rsidR="006105CE" w:rsidRDefault="00000000">
       <w:pPr>
         <w:pStyle w:val="Textoindependiente"/>
         <w:spacing w:before="162" w:line="360" w:lineRule="auto"/>
         <w:ind w:right="212"/>
       </w:pPr>
       <w:r>
         <w:tab/>
-        <w:t xml:space="preserve">Respecto a las competencias profesionales, estas fueron: diseñar planeaciones didácticas, aplicando sus conocimientos pedagógicos y disciplinares para responder a las necesidades del contexto en el marco del plan y programas de estudio de la educación básica; generar ambientes formativos para propiciar la autonomía y promover el desarrollo de las competencias en los alumnos de educación básica; aplicar críticamente el plan y programas de estudio de la educación básica para alcanzar los propósitos educativos y contribuir al pleno desenvolvimiento de las capacidades de los alumnos del nivel escolar; usar las TIC como herramienta de enseñanza y aprendizaje; emplear la evaluación para intervenir en los diferentes ámbitos y momentos de la tarea </w:t>
+        <w:t xml:space="preserve">Respecto a las competencias profesionales, estas fueron: diseñar planeaciones didácticas, aplicando sus conocimientos pedagógicos y disciplinares para responder a las necesidades del contexto en el marco del plan y programas de estudio de la educación básica; generar ambientes formativos para propiciar la autonomía y promover el desarrollo de las competencias en los alumnos de educación básica; aplicar críticamente el plan y programas de estudio de la educación básica para alcanzar los propósitos educativos y contribuir al pleno desenvolvimiento de las capacidades de los alumnos del nivel escolar; usar las TIC como herramienta de enseñanza y </w:t>
       </w:r>
       <w:r>
         <w:lastRenderedPageBreak/>
-        <w:t>educativa; propiciar y regular espacios de aprendizaje incluyentes para todos los alumnos, con el fin de promover la convivencia, el respeto y la aceptación; actuar de manera ética ante la diversidad de situaciones que se presentan en la práctica profesional; utilizar recursos de la investigación educativa para enriquecer la práctica docente, expresando su interés por la ciencia y la propia investigación; e intervenir de manera colaborativa con la comunidad escolar, padres de familia, autoridades y docentes, en la toma de decisiones y en el desarrollo de alternativas de solución a problemáticas socioeducativas.</w:t>
+        <w:t>aprendizaje; emplear la evaluación para intervenir en los diferentes ámbitos y momentos de la tarea educativa; propiciar y regular espacios de aprendizaje incluyentes para todos los alumnos, con el fin de promover la convivencia, el respeto y la aceptación; actuar de manera ética ante la diversidad de situaciones que se presentan en la práctica profesional; utilizar recursos de la investigación educativa para enriquecer la práctica docente, expresando su interés por la ciencia y la propia investigación; e intervenir de manera colaborativa con la comunidad escolar, padres de familia, autoridades y docentes, en la toma de decisiones y en el desarrollo de alternativas de solución a problemáticas socioeducativas.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5FE500CF" w14:textId="77777777" w:rsidR="006105CE" w:rsidRDefault="00000000">
       <w:pPr>
         <w:pStyle w:val="Textoindependiente"/>
         <w:spacing w:before="162" w:line="360" w:lineRule="auto"/>
         <w:ind w:right="212"/>
       </w:pPr>
       <w:r>
         <w:tab/>
         <w:t>Para el logro de estas competencias, la malla curricular se divide en cinco trayectos formativos, los cuales se entienden como "un conjunto de espacios integrados por distintos componentes disciplinarios, que aportan sus teorías, conceptos, métodos, procedimientos y técnicas alrededor de un propósito definido para contribuir a la preparación profesional de los estudiantes".</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6F5CF8A9" w14:textId="77777777" w:rsidR="006105CE" w:rsidRDefault="00000000">
       <w:pPr>
         <w:pStyle w:val="Textoindependiente"/>
         <w:spacing w:before="160" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="1349" w:right="221"/>
       </w:pPr>
       <w:r>
         <w:t>El trayecto psicopedagógico consideró los siguientes cursos conforme al número de</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="1"/>
@@ -13098,55 +13010,55 @@
           <w:spacing w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>inclusión</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>(4/4.5).</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5CBC6813" w14:textId="77777777" w:rsidR="006105CE" w:rsidRDefault="00000000">
       <w:pPr>
         <w:pStyle w:val="Textoindependiente"/>
         <w:spacing w:before="162" w:line="360" w:lineRule="auto"/>
         <w:ind w:right="217"/>
       </w:pPr>
       <w:r>
         <w:tab/>
-        <w:t xml:space="preserve">El trayecto de preparación para la enseñanza y el aprendizaje concentró las principales áreas de conocimiento que se desarrollan en la educación básica. Estuvo conformado por los cursos: Aritmética: su aprendizaje y enseñanza (6/6.75); Desarrollo físico y salud (4/4.5); Prácticas sociales del lenguaje (6/6.75); Álgebra: su aprendizaje y enseñanza (6/6.75); Acercamiento a las Ciencias Naturales en la primaria (6/6.75); Educación histórica en el aula (4/4.5); Procesos de alfabetización inicial (6/6.75); Geometría: su aprendizaje y enseñanza (6/6.75); Ciencias Naturales (6/6.75); Educación histórica en diversos contextos (4/4.5); Estrategias didácticas con propósitos comunicativos (6/6.75); Procesamiento de información estadística (6/6.75); Educación física (4/4.5); Producción de textos escritos (6/6.75); Educación artística (Música, expresión corporal y danza) (4/4.5); Formación cívica y ética (4/4.5); Educación geográfica (4/4.5); Educación artística </w:t>
+        <w:t xml:space="preserve">El trayecto de preparación para la enseñanza y el aprendizaje concentró las principales áreas de conocimiento que se desarrollan en la educación básica. Estuvo conformado por los cursos: Aritmética: su aprendizaje y enseñanza (6/6.75); Desarrollo físico y salud (4/4.5); Prácticas sociales del lenguaje (6/6.75); Álgebra: su aprendizaje y enseñanza (6/6.75); Acercamiento a las Ciencias Naturales en la primaria (6/6.75); Educación histórica en el aula (4/4.5); Procesos de alfabetización inicial (6/6.75); Geometría: su aprendizaje y enseñanza (6/6.75); Ciencias Naturales (6/6.75); Educación histórica en diversos contextos (4/4.5); Estrategias didácticas con propósitos comunicativos (6/6.75); Procesamiento de información estadística (6/6.75); Educación física </w:t>
       </w:r>
       <w:r>
         <w:lastRenderedPageBreak/>
-        <w:t>(Artes visuales y teatro) (4/4.5); Formación ciudadana (4/4.5) y Aprendizaje y Enseñanza de la geografía (4/4.5).</w:t>
+        <w:t>(4/4.5); Producción de textos escritos (6/6.75); Educación artística (Música, expresión corporal y danza) (4/4.5); Formación cívica y ética (4/4.5); Educación geográfica (4/4.5); Educación artística (Artes visuales y teatro) (4/4.5); Formación ciudadana (4/4.5) y Aprendizaje y Enseñanza de la geografía (4/4.5).</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="42F18455" w14:textId="77777777" w:rsidR="006105CE" w:rsidRDefault="00000000">
       <w:pPr>
         <w:pStyle w:val="Textoindependiente"/>
         <w:spacing w:before="163" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="1349" w:right="213"/>
       </w:pPr>
       <w:r>
         <w:t>El Trayecto de Lengua adicional</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>y Tecnologías de la información y la comunicación,</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-57"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
@@ -13273,79 +13185,105 @@
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="60"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>centros</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">escolares (4/4.5); </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r>
         <w:t>Inglés</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r>
-        <w:t xml:space="preserve"> A1 (4/4.5); Inglés A2 (4/4.5); Inglés B1- (4/4.5), Inglés B1</w:t>
+        <w:t xml:space="preserve"> A1 (4/4.5); </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>Inglés</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> A2 (4/4.5); </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>Inglés</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> B1- (4/4.5), </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>Inglés</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> B1</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>(4/4.5)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>e</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
+      <w:proofErr w:type="gramStart"/>
       <w:r>
         <w:t>Inglés</w:t>
       </w:r>
+      <w:proofErr w:type="gramEnd"/>
       <w:r>
         <w:rPr>
           <w:spacing w:val="2"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>B2-</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-5"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>(4/4.5).</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="466E8C24" w14:textId="77777777" w:rsidR="006105CE" w:rsidRDefault="00000000">
       <w:pPr>
         <w:pStyle w:val="Textoindependiente"/>
         <w:spacing w:before="158" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="1349" w:right="216"/>
       </w:pPr>
@@ -13674,88 +13612,92 @@
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>2012)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1A032410" w14:textId="77777777" w:rsidR="006105CE" w:rsidRDefault="00000000">
       <w:pPr>
         <w:pStyle w:val="Textoindependiente"/>
         <w:spacing w:before="163" w:line="360" w:lineRule="auto"/>
         <w:ind w:right="208"/>
       </w:pPr>
       <w:r>
         <w:tab/>
         <w:t>El trayecto de cursos optativos brindó la oportunidad de complementar la formación de los estudiantes normalistas, que fueron propuestos por la Dirección General de Educación Superior para Profesionales de la Educación. La jornada de trabajo para el desarrollo de la malla curricular fue de 18 semanas por semestre, considerando el otorgamiento de dos semanas al inicio y término de este, con el propósito de generar la planeación y evaluación de los cursos. En el acuerdo de autorización se establece que: "para el cumplimiento de las finalidades formativas, se estructuró la malla curricular con una duración de ocho semestres, con cincuenta y cinco cursos, organizados en cinco trayectos formativos y un espacio más asignado al Trabajo de titulación. En total, el plan de estudios comprende 291 créditos". Como se puede apreciar, se incrementa considerablemente el número de créditos necesarios para la obtención del título de licenciatura en comparación con el plan de 1997, ya que se sumaron 35 conforme al Sistema de Asignación y Transferencia de Créditos Académicos aprobado por la Asociación Nacional de Universidades e Instituciones de Educación Superior (ANUIES) en México. Por primera vez se contempla la movilidad académica y tutoría como estrategias de apoyo a los estudiantes.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="058B2B45" w14:textId="77777777" w:rsidR="006105CE" w:rsidRDefault="00000000">
       <w:pPr>
         <w:pStyle w:val="Textoindependiente"/>
         <w:spacing w:before="163" w:line="360" w:lineRule="auto"/>
         <w:ind w:right="208"/>
       </w:pPr>
       <w:r>
         <w:tab/>
-        <w:t xml:space="preserve">Respecto al Plan 2018, representó una actualización del plan 2012. Se consideró en su construcción la participación de los actores normalistas mediante foros de consulta y visitas a las Escuelas Normales. Se contemplaron cuatro fases: valoración de los planes de estudio, revisión del </w:t>
+        <w:t xml:space="preserve">Respecto al Plan 2018, representó una actualización del plan 2012. Se consideró en su </w:t>
       </w:r>
       <w:r>
         <w:lastRenderedPageBreak/>
-        <w:t>contexto y de la práctica profesional del docente, revisión del perfil de egreso y replanteamiento de las competencias genéricas y profesionales; y ajuste y desarrollo de la estructura curricular.</w:t>
+        <w:t>construcción la participación de los actores normalistas mediante foros de consulta y visitas a las Escuelas Normales. Se contemplaron cuatro fases: valoración de los planes de estudio, revisión del contexto y de la práctica profesional del docente, revisión del perfil de egreso y replanteamiento de las competencias genéricas y profesionales; y ajuste y desarrollo de la estructura curricular.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4707A50C" w14:textId="77777777" w:rsidR="006105CE" w:rsidRDefault="00000000">
       <w:pPr>
         <w:pStyle w:val="Textoindependiente"/>
         <w:spacing w:before="163" w:line="360" w:lineRule="auto"/>
         <w:ind w:right="208"/>
       </w:pPr>
       <w:r>
         <w:tab/>
         <w:t>Se mantienen los tres enfoques descritos en el Plan 2012: Enfoque centrado en el aprendizaje, Enfoque basado en competencias y Flexibilidad curricular, académica y administrativa. También se mantiene el perfil de egreso integrado por competencias genéricas y profesionales; y al igual que en el Plan 2012, también se menciona un perfil de ingreso. Aunque también se organiza por trayectos formativos, se advierte un cambio en ellos, ya que algunos de los elementos que planteaban los trayectos del Plan 2012, ahora en el 2018 están abordados en los cursos optativos. También se redujeron de cinco (Plan 2012) a cuatro (Plan 2018). Los Trayectos de este plan son: Bases teórico-metodológicas para la enseñanza, Formación para la enseñanza y el aprendizaje, Práctica profesional y Optativos.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0B5392EE" w14:textId="77777777" w:rsidR="006105CE" w:rsidRDefault="00000000">
       <w:pPr>
         <w:pStyle w:val="Textoindependiente"/>
         <w:spacing w:before="163" w:line="360" w:lineRule="auto"/>
         <w:ind w:right="208"/>
       </w:pPr>
       <w:r>
         <w:tab/>
         <w:t>Tomando en cuenta lo publicado en el acuerdo de emisión generado por la SEP en 2018, se agrega la información sobre los trayectos formativos. El trayecto de Bases Teórico-metodológicas incluye cursos comunes para todas las licenciaturas en educación que se impartirán en las Escuelas Normales, considerando "los referentes básicos relacionados con los enfoques, métodos y estrategias que sustentan los procesos de planeación y evaluación de los aprendizajes, la educación inclusiva y la gestión escolar, los cuales contribuirán a desarrollar capacidades para mejorar e innovar la práctica docente" (SEP, 2018). Los cursos que incluye son: Desarrollo y aprendizaje, El sujeto y su formación profesional, Planeación y evaluación de la enseñanza y el aprendizaje, Educación socioemocional, Atención a la diversidad, Modelos pedagógicos, Educación inclusiva, Herramientas básicas para la investigación educativa, Bases legales y normativas de la educación básica, Gestión educativa centrada en la mejora del aprendizaje.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="20387893" w14:textId="77777777" w:rsidR="006105CE" w:rsidRDefault="00000000">
       <w:pPr>
         <w:pStyle w:val="Textoindependiente"/>
         <w:spacing w:before="163" w:line="360" w:lineRule="auto"/>
         <w:ind w:right="208"/>
       </w:pPr>
       <w:r>
         <w:tab/>
-        <w:t>El trayecto Formación para la Enseñanza y el Aprendizaje comprendió la formación disciplinaria específica que se requiere para el desarrollo de la práctica docente. El trayecto se organiza en cuatro líneas formativas que se articulan con la estructura curricular de educación básica: Lenguaje y Comunicación, Pensamiento matemático, Estudio del mundo natural y social y Desarrollo personal y social. Cada una integra un conjunto de cursos que prepara al futuro docente para desarrollar los aprendizajes esperados de los alumnos de acuerdo con los programas de estudio de educación primaria.</w:t>
+        <w:t xml:space="preserve">El trayecto Formación para la Enseñanza y el Aprendizaje comprendió la formación disciplinaria específica que se requiere para el desarrollo de la práctica docente. El trayecto se organiza en cuatro líneas formativas que se articulan con la estructura curricular de educación básica: Lenguaje y Comunicación, Pensamiento matemático, Estudio del mundo natural y social y Desarrollo personal y social. Cada una integra un conjunto de cursos que prepara al futuro docente para desarrollar los aprendizajes esperados de los alumnos de acuerdo con los programas de estudio </w:t>
+      </w:r>
+      <w:r>
+        <w:lastRenderedPageBreak/>
+        <w:t>de educación primaria.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="31765726" w14:textId="77777777" w:rsidR="006105CE" w:rsidRDefault="00000000">
       <w:pPr>
         <w:pStyle w:val="Textoindependiente"/>
         <w:spacing w:before="163" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="1349" w:right="215"/>
       </w:pPr>
       <w:r>
         <w:t>Los</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>cursos</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
@@ -13829,51 +13771,50 @@
       <w:r>
         <w:rPr>
           <w:spacing w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>Lenguaje</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>y</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
-        <w:lastRenderedPageBreak/>
         <w:t>comunicación; Prácticas sociales del lenguaje; Desarrollo de competencia lectora;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>Producción</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>de</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
@@ -14153,63 +14094,55 @@
       </w:pPr>
       <w:r>
         <w:tab/>
         <w:t>Los cursos optativos mantienen su enfoque de complementar la formación de los futuros docentes. Se determina que estos fueran diseñados por las Escuelas Normales y avalados por la DGESPE, y era posible vincularlos con el componente de Autonomía Curricular de Educación Básica.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="55AD7D8D" w14:textId="77777777" w:rsidR="006105CE" w:rsidRDefault="00000000">
       <w:pPr>
         <w:pStyle w:val="Textoindependiente"/>
         <w:spacing w:before="161" w:line="360" w:lineRule="auto"/>
         <w:ind w:right="210"/>
       </w:pPr>
       <w:r>
         <w:tab/>
         <w:t>Los créditos totales considerados en este Plan 2018 fueron de 291.7, prácticamente se mantuvo la cantidad ya que en el plan 2012 fue de 291.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7BB6736B" w14:textId="77777777" w:rsidR="006105CE" w:rsidRDefault="00000000">
       <w:pPr>
         <w:pStyle w:val="Textoindependiente"/>
         <w:spacing w:before="161" w:line="360" w:lineRule="auto"/>
         <w:ind w:right="210"/>
       </w:pPr>
       <w:r>
         <w:tab/>
-        <w:t xml:space="preserve">En lo referente al Plan 2022, mantiene el enfoque de atención a la pluriculturalidad, priorizando la formación de docentes para el logro no de la calidad, sino de la excelencia educativa, elemento que se distingue en comparación con los planes anteriores, y que deriva de los cambios institucionales al Artículo 3°. También se prioriza el desarrollo de capacidades docentes para la vinculación con la comunidad, como un referente prioritario de la política pública del gobierno federal. Se prevé la participación de los docentes en el diseño del Plan de estudios, considerando las características del contexto. Se destaca la alineación de los planes para la formación docente con los planes de estudio de la educación básica, manteniendo el enfoque de la comunidad como un referente educativo decisivo, integrando situaciones y progresiones de aprendizaje situados. El perfil de egreso integra los saberes y dominios de desempeño establecidos conforme a la Unidad </w:t>
+        <w:t xml:space="preserve">En lo referente al Plan 2022, mantiene el enfoque de atención a la pluriculturalidad, priorizando la formación de docentes para el logro no de la calidad, sino de la excelencia educativa, elemento que se distingue en comparación con los planes anteriores, y que deriva de los cambios institucionales al Artículo 3°. También se prioriza el desarrollo de capacidades docentes para la vinculación con la comunidad, como un referente prioritario de la política pública del gobierno federal. Se prevé la participación de los docentes en el diseño del Plan de estudios, considerando las características del contexto. Se destaca la alineación de los planes para la formación docente con los planes de estudio de la educación básica, manteniendo el enfoque de la comunidad como </w:t>
       </w:r>
       <w:r>
         <w:lastRenderedPageBreak/>
-        <w:t xml:space="preserve">del Sistema para la Carrera de </w:t>
-[...7 lines deleted...]
-        <w:t xml:space="preserve"> (USICAMM). Según el análisis de la Escuela Normal de Ixtlahuaca (2023), los datos son los siguientes:</w:t>
+        <w:t>un referente educativo decisivo, integrando situaciones y progresiones de aprendizaje situados. El perfil de egreso integra los saberes y dominios de desempeño establecidos conforme a la Unidad del Sistema para la Carrera de las Maestras y Maestros (USICAMM). Según el análisis de la Escuela Normal de Ixtlahuaca (2023), los datos son los siguientes:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2176D0FA" w14:textId="77777777" w:rsidR="006105CE" w:rsidRDefault="00000000">
       <w:pPr>
         <w:pStyle w:val="Textoindependiente"/>
         <w:spacing w:before="161" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="1349" w:right="223"/>
       </w:pPr>
       <w:r>
         <w:t>La</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>malla</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
@@ -16078,89 +16011,87 @@
     <w:p w14:paraId="43F749AF" w14:textId="77777777" w:rsidR="006105CE" w:rsidRDefault="00000000">
       <w:pPr>
         <w:spacing w:line="355" w:lineRule="auto"/>
         <w:ind w:left="216" w:right="225"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:i/>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:i/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>Análisis comparativo de los fundamentos normativos de planes de estudio para la formación de</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:i/>
           <w:spacing w:val="1"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="gramStart"/>
       <w:r>
         <w:rPr>
           <w:i/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>maestras</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:i/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:i/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>y</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:i/>
           <w:spacing w:val="1"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:i/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>maestros</w:t>
       </w:r>
-      <w:proofErr w:type="gramEnd"/>
       <w:r>
         <w:rPr>
           <w:i/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:i/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>de</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:i/>
           <w:spacing w:val="1"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
@@ -17349,50 +17280,51 @@
         <w:trPr>
           <w:trHeight w:val="4250"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1723" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="11CAE7F9" w14:textId="77777777" w:rsidR="006105CE" w:rsidRDefault="00000000">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:before="67"/>
               <w:ind w:left="239"/>
               <w:rPr>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>1984</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2550" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="3031F59A" w14:textId="77777777" w:rsidR="006105CE" w:rsidRDefault="00000000">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="29"/>
               </w:numPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1498"/>
               </w:tabs>
               <w:spacing w:before="65" w:line="348" w:lineRule="auto"/>
               <w:ind w:right="364" w:firstLine="200"/>
               <w:rPr>
@@ -17725,58 +17657,51 @@
             </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-57"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>de docentes</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="1"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
               </w:rPr>
-              <w:t xml:space="preserve">en </w:t>
-[...6 lines deleted...]
-              <w:t>educación</w:t>
+              <w:t>en educación</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-57"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>primaria a</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1965" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="53375B55" w14:textId="77777777" w:rsidR="006105CE" w:rsidRDefault="006105CE">
@@ -18185,50 +18110,51 @@
       <w:tr w:rsidR="006105CE" w14:paraId="6EB584B8" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="6301"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2665" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="00F89DD8" w14:textId="77777777" w:rsidR="006105CE" w:rsidRDefault="00000000">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:before="65"/>
               <w:ind w:left="239"/>
               <w:rPr>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>1997</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4355" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="5CCC28BB" w14:textId="77777777" w:rsidR="006105CE" w:rsidRDefault="00000000">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="25"/>
               </w:numPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="2229"/>
               </w:tabs>
               <w:spacing w:before="63" w:line="355" w:lineRule="auto"/>
               <w:ind w:right="1104" w:hanging="80"/>
               <w:rPr>
                 <w:sz w:val="24"/>
@@ -18402,51 +18328,50 @@
             </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="1"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>el Diario</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="1"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
               <w:t>Oficial</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-1"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>de</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-1"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
@@ -18491,51 +18416,50 @@
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="093E43DA" w14:textId="77777777" w:rsidR="006105CE" w:rsidRDefault="00000000">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="24"/>
               </w:numPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1615"/>
               </w:tabs>
               <w:spacing w:before="63" w:line="355" w:lineRule="auto"/>
               <w:ind w:right="177" w:firstLine="220"/>
               <w:rPr>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
               <w:t>Plan</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="1"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>Nacional de</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-57"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
@@ -25533,82 +25457,66 @@
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>Discusión</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="35613A7A" w14:textId="77777777" w:rsidR="006105CE" w:rsidRDefault="00000000">
       <w:pPr>
         <w:pStyle w:val="Textoindependiente"/>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:right="213"/>
       </w:pPr>
       <w:r>
         <w:t>Con base en el estudio realizado, se puede apreciar una evolución curricular encaminada a la consolidación de la Educación Normal dentro de los parámetros de la educación superior. A nivel de estructura curricular, se han incrementado significativamente el número de créditos considerados en los planes de estudio a partir de 1984; la reforma de ese año ha sido la más significativa por las implicaciones profesionales que tuvo al elevar a nivel licenciatura la formación docente.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6E0D38BA" w14:textId="77777777" w:rsidR="006105CE" w:rsidRDefault="00000000">
       <w:pPr>
         <w:pStyle w:val="Textoindependiente"/>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:right="213"/>
       </w:pPr>
       <w:r>
         <w:tab/>
-        <w:t xml:space="preserve">Aunque se asume como una acción de política educativa el enfoque de la formación inicial de </w:t>
-[...7 lines deleted...]
-        <w:t xml:space="preserve"> a cargo de las autoridades gubernamentales, la participación de los actores de las comunidades educativas de las Escuelas Normales ha sido decisiva para el diseño de los tres últimos planes de estudio.</w:t>
+        <w:t>Aunque se asume como una acción de política educativa el enfoque de la formación inicial de maestras y maestros a cargo de las autoridades gubernamentales, la participación de los actores de las comunidades educativas de las Escuelas Normales ha sido decisiva para el diseño de los tres últimos planes de estudio.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0C4632AE" w14:textId="77777777" w:rsidR="006105CE" w:rsidRDefault="00000000">
       <w:pPr>
         <w:pStyle w:val="Textoindependiente"/>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:right="213"/>
       </w:pPr>
       <w:r>
         <w:tab/>
-        <w:t xml:space="preserve">Esta apertura de inclusión y </w:t>
-[...7 lines deleted...]
-        <w:t xml:space="preserve"> promovida por la Secretaría de Educación Pública ha permitido que los currículos respondan mejor a las necesidades de las Escuelas Normales según su contexto. Habría que considerar si todas las Escuelas Normales cuentan con las condiciones para poder responder al enfoque del Plan de estudio 2022, el cual mantiene las </w:t>
+        <w:t xml:space="preserve">Esta apertura de inclusión y participación activa promovida por la Secretaría de Educación Pública ha permitido que los currículos respondan mejor a las necesidades de las Escuelas Normales según su contexto. Habría que considerar si todas las Escuelas Normales cuentan con las </w:t>
       </w:r>
       <w:r>
         <w:lastRenderedPageBreak/>
-        <w:t>orientaciones de educación superior, tanto en las actividades curriculares específicas como en las de apoyo a los estudiantes. Las condiciones diversas de infraestructura y equipamiento siguen siendo materia de análisis respecto a la disparidad de resultados en la formación docente que obtienen las diferentes Escuelas Normales.</w:t>
+        <w:t>condiciones para poder responder al enfoque del Plan de estudio 2022, el cual mantiene las orientaciones de educación superior, tanto en las actividades curriculares específicas como en las de apoyo a los estudiantes. Las condiciones diversas de infraestructura y equipamiento siguen siendo materia de análisis respecto a la disparidad de resultados en la formación docente que obtienen las diferentes Escuelas Normales.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7C130178" w14:textId="77777777" w:rsidR="006105CE" w:rsidRDefault="00000000">
       <w:pPr>
         <w:pStyle w:val="Textoindependiente"/>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:right="213"/>
       </w:pPr>
       <w:r>
         <w:tab/>
         <w:t>Otro punto pendiente es la capacitación, que se ha visto fortalecida por el uso de la tecnología, pero que sigue significando una tarea compleja por las disparidades referenciales de los actores que participan en ella. También el vínculo con la comunidad requiere de una formación y sensibilización específica, que permita armonizar las demandas de formación y de servicio profesional.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="002C44A5" w14:textId="77777777" w:rsidR="006105CE" w:rsidRDefault="006105CE">
       <w:pPr>
         <w:pStyle w:val="Textoindependiente"/>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:right="213"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="3D521EB8" w14:textId="77777777" w:rsidR="006105CE" w:rsidRDefault="00000000">
       <w:pPr>
         <w:pStyle w:val="Textoindependiente"/>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:right="213"/>
@@ -25669,51 +25577,50 @@
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="4B669A51" w14:textId="77777777" w:rsidR="00FC32EB" w:rsidRDefault="00FC32EB">
       <w:pPr>
         <w:pStyle w:val="Textoindependiente"/>
         <w:spacing w:before="160" w:line="360" w:lineRule="auto"/>
         <w:ind w:right="211"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="4D811A8F" w14:textId="09A649B7" w:rsidR="006105CE" w:rsidRDefault="00000000">
       <w:pPr>
         <w:pStyle w:val="Textoindependiente"/>
         <w:spacing w:before="160" w:line="360" w:lineRule="auto"/>
         <w:ind w:right="211"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>Futuras líneas de investigación</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6CE4C5C6" w14:textId="77777777" w:rsidR="006105CE" w:rsidRDefault="00000000">
       <w:pPr>
         <w:pStyle w:val="Textoindependiente"/>
         <w:spacing w:before="160" w:line="360" w:lineRule="auto"/>
         <w:ind w:right="211"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">A partir de los hallazgos del presente estudio, se considera pertinente un análisis específico del plan de estudios 2022 y su proceso de diseño, ya que aún se encuentra en construcción con el apoyo del personal docente de las Escuelas Normales, y existe la posibilidad de dar seguimiento en un proceso de investigación educativa participante. Lo anterior para poder enfatizar el análisis sobre los retos del </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:t>codiseño</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:t xml:space="preserve"> y su vinculación con las necesidades de formación específica en las entidades federativas y Escuelas Normales.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1F84375D" w14:textId="77777777" w:rsidR="006105CE" w:rsidRDefault="00000000">
       <w:pPr>
         <w:pStyle w:val="Ttulo2"/>
         <w:spacing w:before="164"/>
@@ -25861,51 +25768,51 @@
       </w:r>
       <w:r>
         <w:tab/>
         <w:t>(48).</w:t>
       </w:r>
       <w:r>
         <w:tab/>
         <w:t>Recuperado</w:t>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-4"/>
         </w:rPr>
         <w:t>de</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-58"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:hyperlink r:id="rId24">
-        <w:r>
+        <w:r w:rsidR="006105CE">
           <w:rPr>
             <w:color w:val="0000FF"/>
             <w:u w:val="single" w:color="0000FF"/>
           </w:rPr>
           <w:t>https://rieoei.org/historico/documentos/rie48a07.htm</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w14:paraId="1D23B16F" w14:textId="77777777" w:rsidR="006105CE" w:rsidRDefault="00000000">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="3237"/>
           <w:tab w:val="left" w:pos="4665"/>
           <w:tab w:val="left" w:pos="6245"/>
           <w:tab w:val="left" w:pos="7458"/>
           <w:tab w:val="left" w:pos="9394"/>
         </w:tabs>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:left="1349" w:right="217" w:hanging="1133"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:proofErr w:type="spellStart"/>
@@ -26014,59 +25921,59 @@
         <w:tab/>
         <w:t>Recuperado</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-3"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>de</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-58"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:hyperlink r:id="rId25">
-        <w:r>
+        <w:r w:rsidR="006105CE">
           <w:rPr>
             <w:color w:val="0000FF"/>
             <w:sz w:val="24"/>
             <w:u w:val="single" w:color="0000FF"/>
           </w:rPr>
           <w:t>https://archivos.juridicas.unam.mx/www/bjv/libros/10/4523/14.pdf</w:t>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="006105CE">
           <w:rPr>
             <w:sz w:val="24"/>
           </w:rPr>
           <w:t>,</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> el</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> 23 de febrero</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="1"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
@@ -26198,118 +26105,118 @@
       <w:r>
         <w:rPr>
           <w:spacing w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>Recuperado</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>de</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:hyperlink r:id="rId26">
-        <w:r>
+        <w:r w:rsidR="006105CE">
           <w:rPr>
             <w:color w:val="0000FF"/>
             <w:u w:val="single" w:color="0000FF"/>
           </w:rPr>
           <w:t>https://educacion.idoneos.com/363702/</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w14:paraId="1D49146D" w14:textId="77777777" w:rsidR="006105CE" w:rsidRDefault="00000000">
       <w:pPr>
         <w:pStyle w:val="Textoindependiente"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="5109"/>
           <w:tab w:val="left" w:pos="9393"/>
         </w:tabs>
         <w:spacing w:before="1" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="1349" w:right="217" w:hanging="1133"/>
       </w:pPr>
       <w:r>
         <w:t>Escuela Normal de Ixtlahuaca (23 de febrero de 2023). Licenciatura en Educación Primaria (plan</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>2022).</w:t>
       </w:r>
       <w:r>
         <w:tab/>
         <w:t>Recuperado</w:t>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t>de</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-58"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:hyperlink r:id="rId27">
-        <w:r>
+        <w:r w:rsidR="006105CE">
           <w:rPr>
             <w:color w:val="0000FF"/>
             <w:u w:val="single" w:color="0000FF"/>
           </w:rPr>
           <w:t>https://normalixtlahuaca.edomex.gob.mx/maestria_intervencion_educativa_educ_basi</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:color w:val="0000FF"/>
           <w:spacing w:val="-58"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:hyperlink r:id="rId28">
-        <w:r>
+        <w:r w:rsidR="006105CE">
           <w:rPr>
             <w:color w:val="0000FF"/>
             <w:u w:val="single" w:color="0000FF"/>
           </w:rPr>
           <w:t>ca</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w14:paraId="17A15A90" w14:textId="77777777" w:rsidR="006105CE" w:rsidRDefault="00000000">
       <w:pPr>
         <w:pStyle w:val="Textoindependiente"/>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:left="1349" w:right="223" w:hanging="1133"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Secretaría de Educación Pública </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r>
         <w:t>( 23</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r>
         <w:t xml:space="preserve"> de febrero de 2023). Acuerdo número 11298 relativo a la</w:t>
       </w:r>
@@ -26550,50 +26457,51 @@
           <w:pgMar w:top="1420" w:right="1200" w:bottom="1120" w:left="1200" w:header="0" w:footer="922" w:gutter="0"/>
           <w:cols w:space="720"/>
           <w:formProt w:val="0"/>
           <w:docGrid w:linePitch="100" w:charSpace="4096"/>
         </w:sectPr>
       </w:pPr>
       <w:r>
         <w:t>Secretaría de Educación Pública (23 de febrero de 2023). Acuerdo número 259 por el que se</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>establece el Plan de Estudios para la Formación Inicial de Profesores de Educación</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
+        <w:lastRenderedPageBreak/>
         <w:t>Primaria.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="11"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>(1999):</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="4"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>Diario</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="10"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
@@ -26858,73 +26766,71 @@
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-57"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>establecen los Planes y Programas de Estudio de las Licenciaturas para la Formación</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>de</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="gramStart"/>
       <w:r>
         <w:t>Maestras</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-4"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>y</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-7"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>Maestros</w:t>
       </w:r>
-      <w:proofErr w:type="gramEnd"/>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-4"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>de</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>Educación</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
@@ -27109,51 +27015,51 @@
           <w:spacing w:val="-3"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>jurídicas.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6C7FB2DD" w14:textId="77777777" w:rsidR="006105CE" w:rsidRDefault="00000000">
       <w:pPr>
         <w:pStyle w:val="Textoindependiente"/>
         <w:spacing w:before="135" w:line="362" w:lineRule="auto"/>
         <w:ind w:left="1349"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:t>Recuperado de</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:hyperlink r:id="rId30">
-        <w:r>
+        <w:r w:rsidR="006105CE">
           <w:rPr>
             <w:color w:val="0000FF"/>
             <w:spacing w:val="-1"/>
             <w:u w:val="single" w:color="0000FF"/>
           </w:rPr>
           <w:t>https://www.sep.gob.mx/es/sep1/sep1_La_Educacion_y_sus_Normas_Juridicas</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w14:paraId="79FDACC3" w14:textId="77777777" w:rsidR="006105CE" w:rsidRDefault="00000000">
       <w:pPr>
         <w:pStyle w:val="Textoindependiente"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="2388"/>
           <w:tab w:val="left" w:pos="3223"/>
           <w:tab w:val="left" w:pos="4622"/>
           <w:tab w:val="left" w:pos="5774"/>
           <w:tab w:val="left" w:pos="7638"/>
           <w:tab w:val="left" w:pos="9393"/>
         </w:tabs>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:left="1349" w:right="217" w:hanging="1133"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
@@ -27290,88 +27196,72 @@
       </w:r>
       <w:r>
         <w:tab/>
         <w:t>(p.17).</w:t>
       </w:r>
       <w:r>
         <w:tab/>
         <w:t>Recuperado</w:t>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t>de</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-57"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:hyperlink r:id="rId31">
-        <w:r>
+        <w:r w:rsidR="006105CE">
           <w:rPr>
             <w:color w:val="0000FF"/>
             <w:u w:val="single" w:color="0000FF"/>
           </w:rPr>
           <w:t>http://wbgfiles.worldbank.org/documents/hdn/ed/saber/supporting_doc/LCR/Teacher</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:color w:val="0000FF"/>
           <w:spacing w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:hyperlink r:id="rId32">
-        <w:r>
+        <w:r w:rsidR="006105CE">
           <w:rPr>
             <w:color w:val="0000FF"/>
             <w:u w:val="single" w:color="0000FF"/>
           </w:rPr>
-          <w:t>s/</w:t>
-[...15 lines deleted...]
-          <w:t>/AS_S3_MEXICO_Curriculum_PrimarySchoolTeachers.pdf</w:t>
+          <w:t>s/Mexico/AS_S3_MEXICO_Curriculum_PrimarySchoolTeachers.pdf</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w14:paraId="13D9A503" w14:textId="77777777" w:rsidR="006105CE" w:rsidRDefault="00000000">
       <w:pPr>
         <w:pStyle w:val="Textoindependiente"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="3007"/>
           <w:tab w:val="left" w:pos="4469"/>
           <w:tab w:val="left" w:pos="5417"/>
           <w:tab w:val="left" w:pos="6406"/>
           <w:tab w:val="left" w:pos="7534"/>
           <w:tab w:val="left" w:pos="9392"/>
         </w:tabs>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:left="1349" w:right="212" w:hanging="1133"/>
       </w:pPr>
       <w:r>
         <w:t>Tovar,</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
@@ -27487,92 +27377,92 @@
         <w:t>42</w:t>
       </w:r>
       <w:r>
         <w:tab/>
         <w:t>(4)</w:t>
       </w:r>
       <w:r>
         <w:tab/>
         <w:t>511.</w:t>
       </w:r>
       <w:r>
         <w:tab/>
         <w:t>Recuperado</w:t>
       </w:r>
       <w:r>
         <w:tab/>
         <w:t>de</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-58"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:hyperlink r:id="rId33">
-        <w:r>
+        <w:r w:rsidR="006105CE">
           <w:rPr>
             <w:color w:val="0000FF"/>
             <w:u w:val="single" w:color="0000FF"/>
           </w:rPr>
           <w:t>https://www.redalyc.org/pdf/283/28321543012.pdf</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:sectPr w:rsidR="006105CE">
       <w:footerReference w:type="default" r:id="rId34"/>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1340" w:right="1200" w:bottom="1200" w:left="1200" w:header="0" w:footer="922" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:formProt w:val="0"/>
       <w:docGrid w:linePitch="100" w:charSpace="4096"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="22CC6221" w14:textId="77777777" w:rsidR="00070B79" w:rsidRDefault="00070B79">
+    <w:p w14:paraId="14ECFCBA" w14:textId="77777777" w:rsidR="0085633D" w:rsidRDefault="0085633D">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="69088E27" w14:textId="77777777" w:rsidR="00070B79" w:rsidRDefault="00070B79">
+    <w:p w14:paraId="68C149C0" w14:textId="77777777" w:rsidR="0085633D" w:rsidRDefault="0085633D">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Liberation Sans">
     <w:altName w:val="Arial"/>
     <w:charset w:val="01"/>
     <w:family w:val="swiss"/>
@@ -27580,102 +27470,118 @@
   </w:font>
   <w:font w:name="Noto Sans CJK SC">
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:notTrueType/>
     <w:pitch w:val="default"/>
   </w:font>
   <w:font w:name="Noto Sans Devanagari">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="80008023" w:usb1="00002046" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:sdt>
     <w:sdtPr>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
       </w:rPr>
       <w:id w:val="181709762"/>
       <w:docPartObj>
         <w:docPartGallery w:val="Page Numbers (Bottom of Page)"/>
         <w:docPartUnique/>
       </w:docPartObj>
     </w:sdtPr>
     <w:sdtContent>
       <w:p w14:paraId="623F6282" w14:textId="32D5D112" w:rsidR="006105CE" w:rsidRPr="00FC32EB" w:rsidRDefault="00FC32EB" w:rsidP="00FC32EB">
         <w:pPr>
           <w:pStyle w:val="Piedepgina"/>
           <w:jc w:val="center"/>
           <w:rPr>
             <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           </w:rPr>
         </w:pPr>
         <w:r w:rsidRPr="00FC32EB">
           <w:rPr>
             <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
             <w:b/>
           </w:rPr>
           <w:t xml:space="preserve">Vol. 10, Núm. 19                  </w:t>
         </w:r>
         <w:proofErr w:type="gramStart"/>
         <w:r w:rsidRPr="00FC32EB">
           <w:rPr>
             <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
             <w:b/>
           </w:rPr>
           <w:t>Enero</w:t>
         </w:r>
         <w:proofErr w:type="gramEnd"/>
         <w:r w:rsidRPr="00FC32EB">
           <w:rPr>
             <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
             <w:b/>
           </w:rPr>
-          <w:t xml:space="preserve"> – Junio 2023                         ISSN: 2448 – 6280</w:t>
+          <w:t xml:space="preserve"> – </w:t>
+        </w:r>
+        <w:proofErr w:type="gramStart"/>
+        <w:r w:rsidRPr="00FC32EB">
+          <w:rPr>
+            <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+            <w:b/>
+          </w:rPr>
+          <w:t>Junio</w:t>
+        </w:r>
+        <w:proofErr w:type="gramEnd"/>
+        <w:r w:rsidRPr="00FC32EB">
+          <w:rPr>
+            <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+            <w:b/>
+          </w:rPr>
+          <w:t xml:space="preserve"> 2023                         ISSN: 2448 – 6280</w:t>
         </w:r>
       </w:p>
     </w:sdtContent>
   </w:sdt>
 </w:ftr>
 </file>
 
 <file path=word/footer10.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="5BAEF805" w14:textId="77777777" w:rsidR="006105CE" w:rsidRDefault="00000000">
     <w:pPr>
       <w:pStyle w:val="Textoindependiente"/>
       <w:spacing w:line="12" w:lineRule="auto"/>
       <w:ind w:left="0"/>
       <w:jc w:val="left"/>
       <w:rPr>
         <w:sz w:val="14"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
         <w:sz w:val="14"/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
             <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251659776" behindDoc="1" locked="0" layoutInCell="0" allowOverlap="1" wp14:anchorId="440DFF66" wp14:editId="680BB8A1">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="page">
                 <wp:posOffset>6692265</wp:posOffset>
               </wp:positionH>
               <wp:positionV relativeFrom="page">
                 <wp:posOffset>9282430</wp:posOffset>
@@ -27773,51 +27679,51 @@
                       <w:instrText>PAGE</w:instrText>
                     </w:r>
                     <w:r>
                       <w:fldChar w:fldCharType="separate"/>
                     </w:r>
                     <w:r>
                       <w:t>22</w:t>
                     </w:r>
                     <w:r>
                       <w:fldChar w:fldCharType="end"/>
                     </w:r>
                   </w:p>
                 </w:txbxContent>
               </v:textbox>
               <w10:wrap anchorx="page" anchory="page"/>
             </v:rect>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer11.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="293BFE0E" w14:textId="77777777" w:rsidR="006105CE" w:rsidRDefault="00000000">
     <w:pPr>
       <w:pStyle w:val="Textoindependiente"/>
       <w:spacing w:line="12" w:lineRule="auto"/>
       <w:ind w:left="0"/>
       <w:jc w:val="left"/>
       <w:rPr>
         <w:sz w:val="14"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
         <w:sz w:val="14"/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
             <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251660800" behindDoc="1" locked="0" layoutInCell="0" allowOverlap="1" wp14:anchorId="24B6EAC2" wp14:editId="1858C808">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="page">
                 <wp:posOffset>6692265</wp:posOffset>
               </wp:positionH>
               <wp:positionV relativeFrom="page">
                 <wp:posOffset>9282430</wp:posOffset>
@@ -27915,51 +27821,51 @@
                       <w:instrText>PAGE</w:instrText>
                     </w:r>
                     <w:r>
                       <w:fldChar w:fldCharType="separate"/>
                     </w:r>
                     <w:r>
                       <w:t>26</w:t>
                     </w:r>
                     <w:r>
                       <w:fldChar w:fldCharType="end"/>
                     </w:r>
                   </w:p>
                 </w:txbxContent>
               </v:textbox>
               <w10:wrap anchorx="page" anchory="page"/>
             </v:rect>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer12.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="4ECF8B75" w14:textId="77777777" w:rsidR="006105CE" w:rsidRDefault="00000000">
     <w:pPr>
       <w:pStyle w:val="Textoindependiente"/>
       <w:spacing w:line="12" w:lineRule="auto"/>
       <w:ind w:left="0"/>
       <w:jc w:val="left"/>
       <w:rPr>
         <w:sz w:val="14"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
         <w:sz w:val="14"/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
             <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251661824" behindDoc="1" locked="0" layoutInCell="0" allowOverlap="1" wp14:anchorId="20FE8D2F" wp14:editId="607B1957">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="page">
                 <wp:posOffset>6692265</wp:posOffset>
               </wp:positionH>
               <wp:positionV relativeFrom="page">
                 <wp:posOffset>9282430</wp:posOffset>
@@ -28057,51 +27963,51 @@
                       <w:instrText>PAGE</w:instrText>
                     </w:r>
                     <w:r>
                       <w:fldChar w:fldCharType="separate"/>
                     </w:r>
                     <w:r>
                       <w:t>28</w:t>
                     </w:r>
                     <w:r>
                       <w:fldChar w:fldCharType="end"/>
                     </w:r>
                   </w:p>
                 </w:txbxContent>
               </v:textbox>
               <w10:wrap anchorx="page" anchory="page"/>
             </v:rect>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer13.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="4895EF61" w14:textId="77777777" w:rsidR="006105CE" w:rsidRDefault="00000000">
     <w:pPr>
       <w:pStyle w:val="Textoindependiente"/>
       <w:spacing w:line="12" w:lineRule="auto"/>
       <w:ind w:left="0"/>
       <w:jc w:val="left"/>
       <w:rPr>
         <w:sz w:val="14"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
         <w:sz w:val="14"/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
             <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251662848" behindDoc="1" locked="0" layoutInCell="0" allowOverlap="1" wp14:anchorId="6D881391" wp14:editId="18639046">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="page">
                 <wp:posOffset>6692265</wp:posOffset>
               </wp:positionH>
               <wp:positionV relativeFrom="page">
                 <wp:posOffset>9282430</wp:posOffset>
@@ -28199,51 +28105,51 @@
                       <w:instrText>PAGE</w:instrText>
                     </w:r>
                     <w:r>
                       <w:fldChar w:fldCharType="separate"/>
                     </w:r>
                     <w:r>
                       <w:t>30</w:t>
                     </w:r>
                     <w:r>
                       <w:fldChar w:fldCharType="end"/>
                     </w:r>
                   </w:p>
                 </w:txbxContent>
               </v:textbox>
               <w10:wrap anchorx="page" anchory="page"/>
             </v:rect>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer14.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="06AC5A40" w14:textId="77777777" w:rsidR="006105CE" w:rsidRDefault="00000000">
     <w:pPr>
       <w:pStyle w:val="Textoindependiente"/>
       <w:spacing w:line="12" w:lineRule="auto"/>
       <w:ind w:left="0"/>
       <w:jc w:val="left"/>
       <w:rPr>
         <w:sz w:val="14"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
         <w:sz w:val="14"/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
             <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251663872" behindDoc="1" locked="0" layoutInCell="0" allowOverlap="1" wp14:anchorId="3EA284CD" wp14:editId="7BCD8F3A">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="page">
                 <wp:posOffset>6692265</wp:posOffset>
               </wp:positionH>
               <wp:positionV relativeFrom="page">
                 <wp:posOffset>9282430</wp:posOffset>
@@ -28341,51 +28247,51 @@
                       <w:instrText>PAGE</w:instrText>
                     </w:r>
                     <w:r>
                       <w:fldChar w:fldCharType="separate"/>
                     </w:r>
                     <w:r>
                       <w:t>33</w:t>
                     </w:r>
                     <w:r>
                       <w:fldChar w:fldCharType="end"/>
                     </w:r>
                   </w:p>
                 </w:txbxContent>
               </v:textbox>
               <w10:wrap anchorx="page" anchory="page"/>
             </v:rect>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer15.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="61DD0A6F" w14:textId="77777777" w:rsidR="006105CE" w:rsidRDefault="00000000">
     <w:pPr>
       <w:pStyle w:val="Textoindependiente"/>
       <w:spacing w:line="12" w:lineRule="auto"/>
       <w:ind w:left="0"/>
       <w:jc w:val="left"/>
       <w:rPr>
         <w:sz w:val="14"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
         <w:sz w:val="14"/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
             <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251664896" behindDoc="1" locked="0" layoutInCell="0" allowOverlap="1" wp14:anchorId="17FC8D59" wp14:editId="4EC74AC0">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="page">
                 <wp:posOffset>6692265</wp:posOffset>
               </wp:positionH>
               <wp:positionV relativeFrom="page">
                 <wp:posOffset>9282430</wp:posOffset>
@@ -28483,51 +28389,51 @@
                       <w:instrText>PAGE</w:instrText>
                     </w:r>
                     <w:r>
                       <w:fldChar w:fldCharType="separate"/>
                     </w:r>
                     <w:r>
                       <w:t>34</w:t>
                     </w:r>
                     <w:r>
                       <w:fldChar w:fldCharType="end"/>
                     </w:r>
                   </w:p>
                 </w:txbxContent>
               </v:textbox>
               <w10:wrap anchorx="page" anchory="page"/>
             </v:rect>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="51C916FB" w14:textId="77777777" w:rsidR="006105CE" w:rsidRDefault="00000000">
     <w:pPr>
       <w:pStyle w:val="Textoindependiente"/>
       <w:spacing w:line="12" w:lineRule="auto"/>
       <w:ind w:left="0"/>
       <w:jc w:val="left"/>
       <w:rPr>
         <w:sz w:val="14"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
         <w:sz w:val="14"/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
             <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251651584" behindDoc="1" locked="0" layoutInCell="0" allowOverlap="1" wp14:anchorId="068B1A71" wp14:editId="218208FD">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="page">
                 <wp:posOffset>6692265</wp:posOffset>
               </wp:positionH>
               <wp:positionV relativeFrom="page">
                 <wp:posOffset>9282430</wp:posOffset>
@@ -28625,51 +28531,51 @@
                       <w:instrText>PAGE</w:instrText>
                     </w:r>
                     <w:r>
                       <w:fldChar w:fldCharType="separate"/>
                     </w:r>
                     <w:r>
                       <w:t>1</w:t>
                     </w:r>
                     <w:r>
                       <w:fldChar w:fldCharType="end"/>
                     </w:r>
                   </w:p>
                 </w:txbxContent>
               </v:textbox>
               <w10:wrap anchorx="page" anchory="page"/>
             </v:rect>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="1312D77D" w14:textId="77777777" w:rsidR="006105CE" w:rsidRDefault="00000000">
     <w:pPr>
       <w:pStyle w:val="Textoindependiente"/>
       <w:spacing w:line="12" w:lineRule="auto"/>
       <w:ind w:left="0"/>
       <w:jc w:val="left"/>
       <w:rPr>
         <w:sz w:val="14"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
         <w:sz w:val="14"/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
             <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251652608" behindDoc="1" locked="0" layoutInCell="0" allowOverlap="1" wp14:anchorId="149FA4A2" wp14:editId="4B7BA2B5">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="page">
                 <wp:posOffset>6692265</wp:posOffset>
               </wp:positionH>
               <wp:positionV relativeFrom="page">
                 <wp:posOffset>9282430</wp:posOffset>
@@ -28767,51 +28673,51 @@
                       <w:instrText>PAGE</w:instrText>
                     </w:r>
                     <w:r>
                       <w:fldChar w:fldCharType="separate"/>
                     </w:r>
                     <w:r>
                       <w:t>7</w:t>
                     </w:r>
                     <w:r>
                       <w:fldChar w:fldCharType="end"/>
                     </w:r>
                   </w:p>
                 </w:txbxContent>
               </v:textbox>
               <w10:wrap anchorx="page" anchory="page"/>
             </v:rect>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer4.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="6D060907" w14:textId="77777777" w:rsidR="006105CE" w:rsidRDefault="00000000">
     <w:pPr>
       <w:pStyle w:val="Textoindependiente"/>
       <w:spacing w:line="12" w:lineRule="auto"/>
       <w:ind w:left="0"/>
       <w:jc w:val="left"/>
       <w:rPr>
         <w:sz w:val="14"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
         <w:sz w:val="14"/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
             <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251653632" behindDoc="1" locked="0" layoutInCell="0" allowOverlap="1" wp14:anchorId="611DDB02" wp14:editId="5167D316">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="page">
                 <wp:posOffset>6692265</wp:posOffset>
               </wp:positionH>
               <wp:positionV relativeFrom="page">
                 <wp:posOffset>9282430</wp:posOffset>
@@ -28909,51 +28815,51 @@
                       <w:instrText>PAGE</w:instrText>
                     </w:r>
                     <w:r>
                       <w:fldChar w:fldCharType="separate"/>
                     </w:r>
                     <w:r>
                       <w:t>11</w:t>
                     </w:r>
                     <w:r>
                       <w:fldChar w:fldCharType="end"/>
                     </w:r>
                   </w:p>
                 </w:txbxContent>
               </v:textbox>
               <w10:wrap anchorx="page" anchory="page"/>
             </v:rect>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer5.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="4A23217F" w14:textId="77777777" w:rsidR="006105CE" w:rsidRDefault="00000000">
     <w:pPr>
       <w:pStyle w:val="Textoindependiente"/>
       <w:spacing w:line="12" w:lineRule="auto"/>
       <w:ind w:left="0"/>
       <w:jc w:val="left"/>
       <w:rPr>
         <w:sz w:val="14"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
         <w:sz w:val="14"/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
             <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251654656" behindDoc="1" locked="0" layoutInCell="0" allowOverlap="1" wp14:anchorId="1719DA65" wp14:editId="55DC21A4">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="page">
                 <wp:posOffset>6692265</wp:posOffset>
               </wp:positionH>
               <wp:positionV relativeFrom="page">
                 <wp:posOffset>9282430</wp:posOffset>
@@ -29051,51 +28957,51 @@
                       <w:instrText>PAGE</w:instrText>
                     </w:r>
                     <w:r>
                       <w:fldChar w:fldCharType="separate"/>
                     </w:r>
                     <w:r>
                       <w:t>12</w:t>
                     </w:r>
                     <w:r>
                       <w:fldChar w:fldCharType="end"/>
                     </w:r>
                   </w:p>
                 </w:txbxContent>
               </v:textbox>
               <w10:wrap anchorx="page" anchory="page"/>
             </v:rect>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer6.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="74E850F2" w14:textId="77777777" w:rsidR="006105CE" w:rsidRDefault="00000000">
     <w:pPr>
       <w:pStyle w:val="Textoindependiente"/>
       <w:spacing w:line="12" w:lineRule="auto"/>
       <w:ind w:left="0"/>
       <w:jc w:val="left"/>
       <w:rPr>
         <w:sz w:val="14"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
         <w:sz w:val="14"/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
             <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251655680" behindDoc="1" locked="0" layoutInCell="0" allowOverlap="1" wp14:anchorId="79037F52" wp14:editId="16385877">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="page">
                 <wp:posOffset>6692265</wp:posOffset>
               </wp:positionH>
               <wp:positionV relativeFrom="page">
                 <wp:posOffset>9282430</wp:posOffset>
@@ -29193,51 +29099,51 @@
                       <w:instrText>PAGE</w:instrText>
                     </w:r>
                     <w:r>
                       <w:fldChar w:fldCharType="separate"/>
                     </w:r>
                     <w:r>
                       <w:t>13</w:t>
                     </w:r>
                     <w:r>
                       <w:fldChar w:fldCharType="end"/>
                     </w:r>
                   </w:p>
                 </w:txbxContent>
               </v:textbox>
               <w10:wrap anchorx="page" anchory="page"/>
             </v:rect>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer7.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="49B0F2C8" w14:textId="77777777" w:rsidR="006105CE" w:rsidRDefault="00000000">
     <w:pPr>
       <w:pStyle w:val="Textoindependiente"/>
       <w:spacing w:line="12" w:lineRule="auto"/>
       <w:ind w:left="0"/>
       <w:jc w:val="left"/>
       <w:rPr>
         <w:sz w:val="14"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
         <w:sz w:val="14"/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
             <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251656704" behindDoc="1" locked="0" layoutInCell="0" allowOverlap="1" wp14:anchorId="0AA68176" wp14:editId="30C13022">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="page">
                 <wp:posOffset>6692265</wp:posOffset>
               </wp:positionH>
               <wp:positionV relativeFrom="page">
                 <wp:posOffset>9282430</wp:posOffset>
@@ -29335,51 +29241,51 @@
                       <w:instrText>PAGE</w:instrText>
                     </w:r>
                     <w:r>
                       <w:fldChar w:fldCharType="separate"/>
                     </w:r>
                     <w:r>
                       <w:t>14</w:t>
                     </w:r>
                     <w:r>
                       <w:fldChar w:fldCharType="end"/>
                     </w:r>
                   </w:p>
                 </w:txbxContent>
               </v:textbox>
               <w10:wrap anchorx="page" anchory="page"/>
             </v:rect>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer8.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="5FF3D702" w14:textId="77777777" w:rsidR="006105CE" w:rsidRDefault="00000000">
     <w:pPr>
       <w:pStyle w:val="Textoindependiente"/>
       <w:spacing w:line="12" w:lineRule="auto"/>
       <w:ind w:left="0"/>
       <w:jc w:val="left"/>
       <w:rPr>
         <w:sz w:val="14"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
         <w:sz w:val="14"/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
             <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251657728" behindDoc="1" locked="0" layoutInCell="0" allowOverlap="1" wp14:anchorId="7E605EE4" wp14:editId="5225492A">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="page">
                 <wp:posOffset>6692265</wp:posOffset>
               </wp:positionH>
               <wp:positionV relativeFrom="page">
                 <wp:posOffset>9282430</wp:posOffset>
@@ -29477,51 +29383,51 @@
                       <w:instrText>PAGE</w:instrText>
                     </w:r>
                     <w:r>
                       <w:fldChar w:fldCharType="separate"/>
                     </w:r>
                     <w:r>
                       <w:t>15</w:t>
                     </w:r>
                     <w:r>
                       <w:fldChar w:fldCharType="end"/>
                     </w:r>
                   </w:p>
                 </w:txbxContent>
               </v:textbox>
               <w10:wrap anchorx="page" anchory="page"/>
             </v:rect>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer9.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="2951771D" w14:textId="77777777" w:rsidR="006105CE" w:rsidRDefault="00000000">
     <w:pPr>
       <w:pStyle w:val="Textoindependiente"/>
       <w:spacing w:line="12" w:lineRule="auto"/>
       <w:ind w:left="0"/>
       <w:jc w:val="left"/>
       <w:rPr>
         <w:sz w:val="14"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
         <w:sz w:val="14"/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
             <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251658752" behindDoc="1" locked="0" layoutInCell="0" allowOverlap="1" wp14:anchorId="7B749F4E" wp14:editId="44106560">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="page">
                 <wp:posOffset>6692265</wp:posOffset>
               </wp:positionH>
               <wp:positionV relativeFrom="page">
                 <wp:posOffset>9282430</wp:posOffset>
@@ -29619,103 +29525,136 @@
                       <w:instrText>PAGE</w:instrText>
                     </w:r>
                     <w:r>
                       <w:fldChar w:fldCharType="separate"/>
                     </w:r>
                     <w:r>
                       <w:t>21</w:t>
                     </w:r>
                     <w:r>
                       <w:fldChar w:fldCharType="end"/>
                     </w:r>
                   </w:p>
                 </w:txbxContent>
               </v:textbox>
               <w10:wrap anchorx="page" anchory="page"/>
             </v:rect>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="572FE5F6" w14:textId="77777777" w:rsidR="00070B79" w:rsidRDefault="00070B79">
+    <w:p w14:paraId="63941287" w14:textId="77777777" w:rsidR="0085633D" w:rsidRDefault="0085633D">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="0A2ABD39" w14:textId="77777777" w:rsidR="00070B79" w:rsidRDefault="00070B79">
+    <w:p w14:paraId="4EF9074A" w14:textId="77777777" w:rsidR="0085633D" w:rsidRDefault="0085633D">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
-  <w:p w14:paraId="4459B545" w14:textId="77777777" w:rsidR="00FC32EB" w:rsidRDefault="00FC32EB" w:rsidP="00FC32EB">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="4459B545" w14:textId="232ED89D" w:rsidR="00FC32EB" w:rsidRPr="00E6692D" w:rsidRDefault="00E6692D" w:rsidP="00E6692D">
     <w:pPr>
       <w:pStyle w:val="Encabezado"/>
-      <w:jc w:val="center"/>
-[...2 lines deleted...]
-        <w:b/>
+    </w:pPr>
+    <w:r>
+      <w:rPr>
         <w:i/>
-      </w:rPr>
-[...16 lines deleted...]
-      <w:t>Revista Electrónica sobre Cuerpos Académicos y Grupos de Investigación</w:t>
+        <w:iCs/>
+        <w:noProof/>
+        <w:lang w:val="es-MX"/>
+      </w:rPr>
+      <w:drawing>
+        <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="5738B342" wp14:editId="7AEB29B6">
+          <wp:extent cx="6987540" cy="967740"/>
+          <wp:effectExtent l="0" t="0" r="3810" b="3810"/>
+          <wp:docPr id="850270941" name="Imagen 15"/>
+          <wp:cNvGraphicFramePr>
+            <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+          </wp:cNvGraphicFramePr>
+          <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+            <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+              <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:nvPicPr>
+                  <pic:cNvPr id="0" name="Picture 2"/>
+                  <pic:cNvPicPr>
+                    <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+                  </pic:cNvPicPr>
+                </pic:nvPicPr>
+                <pic:blipFill>
+                  <a:blip r:embed="rId1">
+                    <a:extLst>
+                      <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                        <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                      </a:ext>
+                    </a:extLst>
+                  </a:blip>
+                  <a:srcRect/>
+                  <a:stretch>
+                    <a:fillRect/>
+                  </a:stretch>
+                </pic:blipFill>
+                <pic:spPr bwMode="auto">
+                  <a:xfrm>
+                    <a:off x="0" y="0"/>
+                    <a:ext cx="6987540" cy="967740"/>
+                  </a:xfrm>
+                  <a:prstGeom prst="rect">
+                    <a:avLst/>
+                  </a:prstGeom>
+                  <a:noFill/>
+                  <a:ln>
+                    <a:noFill/>
+                  </a:ln>
+                </pic:spPr>
+              </pic:pic>
+            </a:graphicData>
+          </a:graphic>
+        </wp:inline>
+      </w:drawing>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="06D13149"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="1918F63C"/>
     <w:lvl w:ilvl="0">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="0"/>
         </w:tabs>
         <w:ind w:left="212" w:hanging="144"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="0"/>
@@ -34914,112 +34853,115 @@
   <w:num w:numId="33" w16cid:durableId="935865287">
     <w:abstractNumId w:val="12"/>
   </w:num>
   <w:num w:numId="34" w16cid:durableId="1985429527">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="35" w16cid:durableId="1260992067">
     <w:abstractNumId w:val="31"/>
   </w:num>
   <w:num w:numId="36" w16cid:durableId="1349872601">
     <w:abstractNumId w:val="30"/>
   </w:num>
   <w:num w:numId="37" w16cid:durableId="1438254308">
     <w:abstractNumId w:val="37"/>
   </w:num>
   <w:num w:numId="38" w16cid:durableId="1709186487">
     <w:abstractNumId w:val="26"/>
   </w:num>
   <w:num w:numId="39" w16cid:durableId="778375049">
     <w:abstractNumId w:val="14"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:autoHyphenation/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="006105CE"/>
     <w:rsid w:val="00070B79"/>
     <w:rsid w:val="006105CE"/>
+    <w:rsid w:val="0085633D"/>
+    <w:rsid w:val="00A94B61"/>
+    <w:rsid w:val="00E6692D"/>
     <w:rsid w:val="00FC32EB"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="es-MX" w:eastAsia="" w:bidi=""/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="66E90B98"/>
   <w15:docId w15:val="{4A12F4BA-C077-44C4-8B16-3F767C0047D6}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:suppressAutoHyphens/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -35097,94 +35039,98 @@
     <w:lsdException w:name="Body Text 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Block Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="FollowedHyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Strong" w:uiPriority="22" w:qFormat="1"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:qFormat="1"/>
     <w:lsdException w:name="Document Map" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Plain Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="E-mail Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Top of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Bottom of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Normal (Web)" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Acronym" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Address" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Cite" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Code" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Definition" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Keyboard" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Preformatted" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Sample" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Typewriter" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Variable" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal Table" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="annotation subject" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="No List" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Colorful 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Colorful 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Colorful 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Contemporary" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Elegant" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Professional" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Subtle 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Subtle 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Balloon Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid" w:uiPriority="39"/>
     <w:lsdException w:name="Table Theme" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Placeholder Text" w:semiHidden="1"/>
     <w:lsdException w:name="No Spacing" w:uiPriority="1" w:qFormat="1"/>
     <w:lsdException w:name="Light Shading" w:uiPriority="60"/>
     <w:lsdException w:name="Light List" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 1" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 1" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 1" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 1" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 1" w:uiPriority="65"/>
@@ -35414,81 +35360,79 @@
       <w:b/>
       <w:bCs/>
       <w:sz w:val="28"/>
       <w:szCs w:val="28"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Ttulo2">
     <w:name w:val="heading 2"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
     <w:pPr>
       <w:jc w:val="right"/>
       <w:outlineLvl w:val="1"/>
     </w:pPr>
     <w:rPr>
       <w:b/>
       <w:bCs/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="Fuentedeprrafopredeter">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
-    <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="Tablanormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="Sinlista">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="EnlacedeInternet">
     <w:name w:val="Enlace de Internet"/>
     <w:uiPriority w:val="99"/>
     <w:rPr>
       <w:color w:val="000080"/>
       <w:u w:val="single"/>
-      <w:lang/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Ttulo">
     <w:name w:val="Title"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Textoindependiente"/>
     <w:qFormat/>
     <w:pPr>
       <w:keepNext/>
       <w:spacing w:before="240" w:after="120"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Liberation Sans" w:eastAsia="Noto Sans CJK SC" w:hAnsi="Liberation Sans" w:cs="Noto Sans Devanagari"/>
       <w:sz w:val="28"/>
       <w:szCs w:val="28"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Textoindependiente">
     <w:name w:val="Body Text"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
     <w:pPr>
       <w:ind w:left="216"/>
       <w:jc w:val="both"/>
@@ -35621,55 +35565,59 @@
     <w:basedOn w:val="Fuentedeprrafopredeter"/>
     <w:link w:val="Encabezado"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00FC32EB"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:lang w:val="es-ES"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="PiedepginaCar">
     <w:name w:val="Pie de página Car"/>
     <w:basedOn w:val="Fuentedeprrafopredeter"/>
     <w:link w:val="Piedepgina"/>
     <w:uiPriority w:val="99"/>
     <w:qFormat/>
     <w:rsid w:val="00FC32EB"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:lang w:val="es-ES"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh"/>
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du"/>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer8.xml"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://educacion.idoneos.com/363702/" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer11.xml"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer15.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer7.xml"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://archivos.juridicas.unam.mx/www/bjv/libros/10/4523/14.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.redalyc.org/pdf/283/28321543012.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer6.xml"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer10.xml"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer14.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0009-0001-1928-9516" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rieoei.org/historico/documentos/rie48a07.htm" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://wbgfiles.worldbank.org/documents/hdn/ed/saber/supporting_doc/LCR/Teachers/Mexico/AS_S3_MEXICO_Curriculum_PrimarySchoolTeachers.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer5.xml"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer13.xml"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normalixtlahuaca.edomex.gob.mx/maestria_intervencion_educativa_educ_basica" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0009-0001-0722-1944" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer9.xml"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://wbgfiles.worldbank.org/documents/hdn/ed/saber/supporting_doc/LCR/Teachers/Mexico/AS_S3_MEXICO_Curriculum_PrimarySchoolTeachers.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jsaavedra@beceneslp.edu.mx" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer4.xml"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer12.xml"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normalixtlahuaca.edomex.gob.mx/maestria_intervencion_educativa_educ_basica" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sep.gob.mx/es/sep1/sep1_La_Educacion_y_sus_Normas_Juridicas" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+</file>
+
+<file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -35915,61 +35863,61 @@
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
-  <Pages>32</Pages>
-[...1 lines deleted...]
-  <Characters>55336</Characters>
+  <Pages>36</Pages>
+  <Words>10068</Words>
+  <Characters>55375</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>461</Lines>
   <Paragraphs>130</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>65267</CharactersWithSpaces>
+  <CharactersWithSpaces>65313</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>DIRECCIÓN GENERAL</dc:creator>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:language>es-MX</dc:language>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="Created">
     <vt:filetime>2023-02-24T00:00:00Z</vt:filetime>
   </property>