--- v0 (2025-12-08)
+++ v1 (2026-03-04)
@@ -1,81 +1,114 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
+  <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/charts/chart1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.chart+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
+  <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
+  <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
+  <Override PartName="/word/header3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
+  <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w14:paraId="2A4556DC" w14:textId="0B383501" w:rsidR="00EF3880" w:rsidRPr="001E730B" w:rsidRDefault="001E730B" w:rsidP="001E730B">
+    <w:p w14:paraId="3F7BFD85" w14:textId="54785367" w:rsidR="001D42DF" w:rsidRDefault="001D42DF" w:rsidP="001D42DF">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001D42DF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="es-MX"/>
+        </w:rPr>
+        <w:t>DOI: https://doi.org/10.23913/cagi.v10i19.287</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2A4556DC" w14:textId="41644A1C" w:rsidR="00EF3880" w:rsidRPr="001E730B" w:rsidRDefault="001E730B" w:rsidP="001E730B">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001E730B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>Artículos científicos</w:t>
       </w:r>
-      <w:r w:rsidR="00000000" w:rsidRPr="001E730B">
+      <w:r w:rsidRPr="001E730B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t xml:space="preserve">                             </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4EB5CC33" w14:textId="4078727C" w:rsidR="00EF3880" w:rsidRPr="001E730B" w:rsidRDefault="00000000" w:rsidP="001E730B">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:lang w:val="es-MX" w:eastAsia="es-MX"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001E730B">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
@@ -480,71 +513,51 @@
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-VE"/>
         </w:rPr>
         <w:t>Esta investigación tiene como objetivo conocer diferentes métodos de aprendizaje que apoyen al docente y al estudiante en el regreso a clases en forma mixta en el Centro Universitario UAEM Valle de México. Se considera la importancia que tiene para la construcción del conocimiento a partir de la experiencia del docente, tomando en cuenta el acervo acumulado de conocimiento teórico, técnicas y métodos sobre el proceso de enseñanza-aprendizaje en estos dos años desde la emergencia sanitaria por el virus SARS-CoV-2, 2020 a la fecha. La tecnología digital se ha integrado por necesidad al sector educativo con un enfoque pedagógico diferente, el cual ha sido cuestionado por el tipo de conocimiento adquirido por los estudiantes de nueva generación.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7EECDA53" w14:textId="77777777" w:rsidR="00EF3880" w:rsidRDefault="00000000">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-VE"/>
         </w:rPr>
         <w:tab/>
-        <w:t xml:space="preserve">Es importante indicar que el docente debe haber obtenido un proceso innovador de los nuevos conocimientos metacognitivos que le permitan guiar su propio aprendizaje, </w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve"> la clasificación de competencias como: básicas, específicas y genéricas. Una de esas competencias es el dominio del uso de las tecnologías en el aula. Finalmente, en el CU UAEM VM se implementa el método ELI que permite la libertad de cátedra responsable y el ajuste de la personalidad del docente, utilizando dinámicas de grupo en condiciones reales, prácticas, la utilización de laboratorios y el uso de estrategias.</w:t>
+        <w:t>Es importante indicar que el docente debe haber obtenido un proceso innovador de los nuevos conocimientos metacognitivos que le permitan guiar su propio aprendizaje, de acuerdo a la clasificación de competencias como: básicas, específicas y genéricas. Una de esas competencias es el dominio del uso de las tecnologías en el aula. Finalmente, en el CU UAEM VM se implementa el método ELI que permite la libertad de cátedra responsable y el ajuste de la personalidad del docente, utilizando dinámicas de grupo en condiciones reales, prácticas, la utilización de laboratorios y el uso de estrategias.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5F808EDF" w14:textId="77777777" w:rsidR="00EF3880" w:rsidRDefault="00000000">
       <w:pPr>
         <w:pStyle w:val="Sinespaciado"/>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-VE"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-VE"/>
         </w:rPr>
         <w:t>Palabras clave:</w:t>
       </w:r>
       <w:r>
@@ -612,208 +625,147 @@
           <w:szCs w:val="24"/>
           <w:lang w:val="es-VE"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="3315899F" w14:textId="77777777" w:rsidR="00EF3880" w:rsidRPr="001E730B" w:rsidRDefault="00000000">
       <w:pPr>
         <w:pStyle w:val="Sinespaciado"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001E730B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>Abstract</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5C4D748C" w14:textId="77777777" w:rsidR="00EF3880" w:rsidRPr="001E730B" w:rsidRDefault="00EF3880">
       <w:pPr>
         <w:pStyle w:val="Sinespaciado"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="227D0C42" w14:textId="77777777" w:rsidR="00EF3880" w:rsidRPr="001E730B" w:rsidRDefault="00000000">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001E730B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>The objective of this research is to know different learning methods that support the teacher and the student in the return to classes in a mixed way at the UAEM Valle de México University Center, for the use of virtual environments in higher education, which is considered the importance it has for the construction of knowledge from the experience of the teacher taking into account the accumulated wealth of theoretical knowledge, techniques and methods on the teaching-learning process in these two years since the health emergency due to the SARS-</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellStart"/>
+        <w:t>The objective of this research is to know different learning methods that support the teacher and the student in the return to classes in a mixed way at the UAEM Valle de México University Center, for the use of virtual environments in higher education, which is considered the importance it has for the construction of knowledge from the experience of the teacher taking into account the accumulated wealth of theoretical knowledge, techniques and methods on the teaching-learning process in these two years since the health emergency due to the SARS-CoV virus -2 2020 to date, digital technology has been integrated by necessity into the educational sector with a different pedagogical approach, which has been questioned due to the type of knowledge acquired by new generation students.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="324BFAF2" w14:textId="77777777" w:rsidR="00EF3880" w:rsidRPr="001E730B" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
       <w:r w:rsidRPr="001E730B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>CoV</w:t>
-[...49 lines deleted...]
-        <w:t xml:space="preserve"> since one of these competences is mastery of the use of technologies in the classroom. Finally, in the CU UAEM VM it is to implement the ELI method that allows responsible academic freedom and the adjustment of the teacher's personality, using group dynamics in real conditions, practices, the use of laboratories and the use of strategies.</w:t>
+        <w:t>It is important to indicate that the teacher must have obtained an innovative process of new metacognitive knowledge that allows him to guide his own learning according to the classification of competencies such as: basic, specific and generic; since one of these competences is mastery of the use of technologies in the classroom. Finally, in the CU UAEM VM it is to implement the ELI method that allows responsible academic freedom and the adjustment of the teacher's personality, using group dynamics in real conditions, practices, the use of laboratories and the use of strategies.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="27E6EDE2" w14:textId="77777777" w:rsidR="00EF3880" w:rsidRDefault="00000000" w:rsidP="001E730B">
       <w:pPr>
         <w:pStyle w:val="HTMLconformatoprevio"/>
         <w:spacing w:line="540" w:lineRule="atLeast"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>Keywords:</w:t>
       </w:r>
       <w:r w:rsidRPr="001E730B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="001E730B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US" w:eastAsia="es-ES"/>
         </w:rPr>
-        <w:t xml:space="preserve">Educational processes, Digital </w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve"> and Higher education</w:t>
+        <w:t>Educational processes, Digital technology and Higher education</w:t>
       </w:r>
       <w:r w:rsidRPr="001E730B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4A8B2BA7" w14:textId="77777777" w:rsidR="001E730B" w:rsidRPr="00277F61" w:rsidRDefault="001E730B" w:rsidP="001E730B">
       <w:pPr>
         <w:spacing w:before="120" w:after="240" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="00277F61">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>Fecha Recepción:</w:t>
       </w:r>
       <w:r w:rsidRPr="00277F61">
@@ -846,69 +798,79 @@
         </w:rPr>
         <w:t>2</w:t>
       </w:r>
       <w:r w:rsidRPr="00277F61">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">    </w:t>
       </w:r>
       <w:r w:rsidRPr="00277F61">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>Fecha Aceptación:</w:t>
       </w:r>
       <w:r w:rsidRPr="00277F61">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-[...4 lines deleted...]
-        <w:t>Enero 2023</w:t>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>Enero</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2023</w:t>
       </w:r>
       <w:r w:rsidRPr="00277F61">
         <w:br/>
       </w:r>
-      <w:r>
+      <w:r w:rsidR="00000000">
         <w:pict w14:anchorId="4E63178C">
           <v:rect id="_x0000_i1025" style="width:446.5pt;height:1.5pt" o:hralign="center" o:hrstd="t" o:hr="t" fillcolor="#a0a0a0" stroked="f"/>
         </w:pict>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0A46F125" w14:textId="77777777" w:rsidR="00EF3880" w:rsidRDefault="00000000">
+    <w:p w14:paraId="0A46F125" w14:textId="77777777" w:rsidR="00EF3880" w:rsidRDefault="00000000" w:rsidP="001D42DF">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:lang w:val="es-VE"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:lang w:val="es-VE"/>
         </w:rPr>
         <w:t>Introducción</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5E9DDD4D" w14:textId="77777777" w:rsidR="00EF3880" w:rsidRDefault="00000000">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
@@ -963,50 +925,51 @@
       <w:r>
         <w:rPr>
           <w:lang w:val="es-VE"/>
         </w:rPr>
         <w:t>Orientación de la atención de los alumnos.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0A6B7E3C" w14:textId="77777777" w:rsidR="00EF3880" w:rsidRDefault="00000000">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="14"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:lang w:val="es-VE"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:lang w:val="es-VE"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>Repaso de lo que se aprende.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="58D68429" w14:textId="77777777" w:rsidR="00EF3880" w:rsidRDefault="00000000">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="14"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:lang w:val="es-VE"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:lang w:val="es-VE"/>
         </w:rPr>
         <w:t>Procesamiento de lo aprendido por cada alumno.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3898F3DC" w14:textId="77777777" w:rsidR="00EF3880" w:rsidRDefault="00000000">
@@ -1064,71 +1027,71 @@
         <w:rPr>
           <w:lang w:val="es-VE"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:lang w:val="es-VE"/>
         </w:rPr>
         <w:t>Reflexión de lo aprendido y cómo se aprendió.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="01398C51" w14:textId="77777777" w:rsidR="00EF3880" w:rsidRDefault="00000000">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:lang w:val="es-VE"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:lang w:val="es-VE"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>Al final el docente evaluara el proceso de enseñanza aprendizaje, así como el conocimiento del estudiante de una forma integral.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="17C8BCCB" w14:textId="77777777" w:rsidR="00EF3880" w:rsidRDefault="00EF3880">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:lang w:val="es-VE"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="0AFF8886" w14:textId="77777777" w:rsidR="00EF3880" w:rsidRDefault="00000000">
+    <w:p w14:paraId="0AFF8886" w14:textId="77777777" w:rsidR="00EF3880" w:rsidRDefault="00000000" w:rsidP="001D42DF">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:lang w:val="es-VE"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:lang w:val="es-VE"/>
         </w:rPr>
         <w:t>Método</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="08253451" w14:textId="77777777" w:rsidR="00EF3880" w:rsidRDefault="00000000">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:rPr>
@@ -1380,72 +1343,53 @@
         </w:rPr>
         <w:tab/>
         <w:t>La educación en sentido activo y dinámico ayuda a los estudiantes y docentes a desarrollar aspectos culturales, espirituales y sociales que permiten el progreso del proceso de enseñanza aprendizaje constructivista.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="72716F01" w14:textId="77777777" w:rsidR="00EF3880" w:rsidRDefault="00000000">
       <w:pPr>
         <w:pStyle w:val="HTMLconformatoprevio"/>
         <w:shd w:val="clear" w:color="auto" w:fill="F8F9FA"/>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-ES" w:eastAsia="es-ES"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-ES" w:eastAsia="es-ES"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:tab/>
-        <w:t xml:space="preserve">No solo en el constructivismo se construye el conocimiento y las habilidades, a través de las cuales los estudiantes desarrollan y construyen el aprendizaje significativo, disfrutando y viviendo cada momento. En la perspectiva de aprendizaje cooperativo, la clase es el proceso compartido por el docente y el alumno, en la cual el docente es el mediador entre los alumnos y el contenido de enseñanza, lo cual exige una </w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve"> e intencionada y la cooperación de los alumnos en clase.</w:t>
+        <w:t>No solo en el constructivismo se construye el conocimiento y las habilidades, a través de las cuales los estudiantes desarrollan y construyen el aprendizaje significativo, disfrutando y viviendo cada momento. En la perspectiva de aprendizaje cooperativo, la clase es el proceso compartido por el docente y el alumno, en la cual el docente es el mediador entre los alumnos y el contenido de enseñanza, lo cual exige una participación activa e intencionada y la cooperación de los alumnos en clase.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="04BC6BC8" w14:textId="77777777" w:rsidR="00EF3880" w:rsidRDefault="00000000">
       <w:pPr>
         <w:pStyle w:val="HTMLconformatoprevio"/>
         <w:shd w:val="clear" w:color="auto" w:fill="F8F9FA"/>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-ES" w:eastAsia="es-ES"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-ES" w:eastAsia="es-ES"/>
         </w:rPr>
         <w:tab/>
         <w:t>Según el autor Ramón Ferreiro, las funciones didácticas fundamentales del método ELI son siete y resumen las actividades que los alumnos necesitan para construir su conocimiento y colaborar también en la construcción del conocimiento de sus compañeros:</w:t>
       </w:r>
@@ -1734,50 +1678,51 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t>Figura 1. El cono del aprendizaje de Edgar Dale.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3609AE64" w14:textId="77777777" w:rsidR="00EF3880" w:rsidRDefault="00000000">
       <w:pPr>
         <w:pStyle w:val="Sinespaciado"/>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="5A55A0C0" wp14:editId="708667F6">
             <wp:extent cx="5612130" cy="3663950"/>
             <wp:effectExtent l="0" t="0" r="7620" b="0"/>
             <wp:docPr id="1" name="Imagen 1" descr="Diagrama&#10;&#10;Descripción generada automáticamente"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="1" name="Imagen 1" descr="Diagrama&#10;&#10;Descripción generada automáticamente"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId8"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
@@ -1828,71 +1773,51 @@
           <w:szCs w:val="24"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="1E4C8A91" w14:textId="77777777" w:rsidR="00EF3880" w:rsidRDefault="00000000">
       <w:pPr>
         <w:pStyle w:val="Sinespaciado"/>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:tab/>
-        <w:t xml:space="preserve">Se tomó en cuenta a alumnos de tres licenciaturas: Informática Administrativa, Contabilidad y Administración, donde se realizó este estudio utilizando el método ELI, como se muestra en la tabla 1. Como las unidades de aprendizaje son algunas teóricas y otras prácticas, es por eso </w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve"> en esta investigación solo se tomará en cuenta la de integrativa profesional.</w:t>
+        <w:t>Se tomó en cuenta a alumnos de tres licenciaturas: Informática Administrativa, Contabilidad y Administración, donde se realizó este estudio utilizando el método ELI, como se muestra en la tabla 1. Como las unidades de aprendizaje son algunas teóricas y otras prácticas, es por eso que en esta investigación solo se tomará en cuenta la de integrativa profesional.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="796CA248" w14:textId="77777777" w:rsidR="00EF3880" w:rsidRDefault="00EF3880">
       <w:pPr>
         <w:pStyle w:val="Sinespaciado"/>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="579A9A8B" w14:textId="77777777" w:rsidR="00EF3880" w:rsidRDefault="00000000">
       <w:pPr>
         <w:pStyle w:val="Sinespaciado"/>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="es-ES"/>
@@ -2592,221 +2517,202 @@
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="44C878E0" w14:textId="77777777" w:rsidR="00EF3880" w:rsidRDefault="00000000">
       <w:pPr>
         <w:pStyle w:val="Sinespaciado"/>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:tab/>
         <w:t>El proceso de enseñar y aprender ha evolucionado constantemente, por lo que los alumnos del centro universitario ya no aprenden de igual manera. Su participación dentro de la clase es distinta, ya que al utilizar las tecnologías tienen la información actualizada; así mismo, la forma en que estudian y realizan sus tareas es diferente debido a la utilización del internet y medios tecnológicos.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="59D20D1A" w14:textId="77777777" w:rsidR="00EF3880" w:rsidRDefault="00000000">
       <w:pPr>
         <w:pStyle w:val="Sinespaciado"/>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:tab/>
         <w:t>Además, es evidente que debemos realizar las evaluaciones de manera integral y de forma continua para que el docente asegure que se está enseñando, y los estudiantes permitan evolucionar en su formación como futuros profesionistas.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6A4D9594" w14:textId="77777777" w:rsidR="00EF3880" w:rsidRDefault="00000000">
       <w:pPr>
         <w:pStyle w:val="Sinespaciado"/>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:tab/>
-        <w:t xml:space="preserve">Los docentes realizan y estructuran sus planeaciones de acuerdo con la secuencia didáctica propuesta por la Universidad Autónoma del Estado de México. La secuencia didáctica es una serie ordenada de actividades relacionadas entre sí; esta serie de actividades, que pretende enseñar un conjunto determinado de contenidos, puede constituir una tarea, una lección completa o una parte de esta (Ramírez </w:t>
-[...2 lines deleted...]
-      <w:r>
+        <w:t>Los docentes realizan y estructuran sus planeaciones de acuerdo con la secuencia didáctica propuesta por la Universidad Autónoma del Estado de México. La secuencia didáctica es una serie ordenada de actividades relacionadas entre sí; esta serie de actividades, que pretende enseñar un conjunto determinado de contenidos, puede constituir una tarea, una lección completa o una parte de esta (Ramírez Apáez, 2014). Incluso, el cronograma de las actividades en tiempo y forma sugiere al docente determinar una calificación cuantitativa continua e integral.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3D7047A0" w14:textId="77777777" w:rsidR="00EF3880" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="Sinespaciado"/>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
-        <w:t>Apáez</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
-        <w:t>, 2014). Incluso, el cronograma de las actividades en tiempo y forma sugiere al docente determinar una calificación cuantitativa continua e integral.</w:t>
-[...20 lines deleted...]
-        </w:rPr>
         <w:tab/>
-        <w:t xml:space="preserve">El Centro Universitario UAEM Valle de México (CUAEMVM) y algunos docentes quieren dar a conocer cómo se implementó en el CUAEMVM, en 5 grupos, una metodología </w:t>
-[...9 lines deleted...]
-        <w:t>constructivista fundamentada en el aprendizaje cooperativo método ELI, que permite al docente llevar de manera eficaz al estudiante por todo un proceso didáctico, en el que mediante ciertas estrategias se logre la evaluación en el aprendizaje.</w:t>
+        <w:t>El Centro Universitario UAEM Valle de México (CUAEMVM) y algunos docentes quieren dar a conocer cómo se implementó en el CUAEMVM, en 5 grupos, una metodología constructivista fundamentada en el aprendizaje cooperativo método ELI, que permite al docente llevar de manera eficaz al estudiante por todo un proceso didáctico, en el que mediante ciertas estrategias se logre la evaluación en el aprendizaje.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="17789E71" w14:textId="77777777" w:rsidR="00EF3880" w:rsidRDefault="00000000">
       <w:pPr>
         <w:pStyle w:val="Sinespaciado"/>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:tab/>
         <w:t>Con el Método ELI se tuvo experiencia en la que, en cada sesión de clases, se pudo transitar por siete momentos que la misma metodología sugiere, para cumplir con los objetivos específicos que se propusieron y evaluarlos de manera acertada: conceptos, procesos, valores y actitudes en cada uno de los estudiantes de los cuales fueron evaluados, obteniendo así un proceso más justo y real de su desempeño en los 5 grupos que se trabajaron.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="09631C50" w14:textId="77777777" w:rsidR="00EF3880" w:rsidRPr="001E730B" w:rsidRDefault="00000000">
+    <w:p w14:paraId="09631C50" w14:textId="77777777" w:rsidR="00EF3880" w:rsidRPr="001E730B" w:rsidRDefault="00000000" w:rsidP="001D42DF">
       <w:pPr>
         <w:pStyle w:val="Sinespaciado"/>
         <w:spacing w:line="360" w:lineRule="auto"/>
-        <w:jc w:val="both"/>
+        <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="es-MX"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t>Resultados</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3A41D293" w14:textId="77777777" w:rsidR="00EF3880" w:rsidRDefault="00000000">
       <w:pPr>
         <w:pStyle w:val="Sinespaciado"/>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
-        <w:t>Dado que el aprendizaje se define como todas aquellas experiencias significativas que provocan un cambio en la conducta del ser humano, los docentes enseñan al alumno a experimentar todo su ser. Además, cada uno tiene una forma distinta para procesar el conocimiento, la creatividad y las habilidades; por tanto, el aprendizaje dependerá siempre del alumno como un constructor de su propio aprendizaje. Es entonces a los docentes a los que nos corresponde buscar las estrategias necesarias para mantenerlos motivados para realizar las actividades creativas e innovadoras.</w:t>
+        <w:t xml:space="preserve">Dado que el aprendizaje se define como todas aquellas experiencias significativas que provocan un cambio en la conducta del ser humano, los docentes enseñan al alumno a experimentar todo su ser. Además, cada uno tiene una forma distinta para procesar el conocimiento, la creatividad y las habilidades; por tanto, el aprendizaje dependerá siempre del alumno como un constructor de su propio aprendizaje. Es entonces a los docentes a los </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>que nos corresponde buscar las estrategias necesarias para mantenerlos motivados para realizar las actividades creativas e innovadoras.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0A381D02" w14:textId="77777777" w:rsidR="00EF3880" w:rsidRDefault="00000000">
       <w:pPr>
         <w:pStyle w:val="Sinespaciado"/>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:tab/>
         <w:t>Esta propuesta tiene como finalidad proponer una forma de organizar el proceso de aprendizaje y la construcción del conocimiento, la creatividad y la habilidad desde una perspectiva sociocultural, centrada en el desarrollo del pensamiento crítico y creativo, sin dejar atrás la formación en valores que cada uno tenga de su entorno familiar, educativo y social.</w:t>
       </w:r>
     </w:p>
@@ -2936,51 +2842,50 @@
     </w:p>
     <w:p w14:paraId="30CDD7E3" w14:textId="77777777" w:rsidR="00EF3880" w:rsidRDefault="00000000">
       <w:pPr>
         <w:pStyle w:val="Sinespaciado"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>Las estrategias de activación: el trabajo colaborativo y cooperativo activa las partes emocionales y sentimentales del estudiante que favorece el aprendizaje.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="63DFE452" w14:textId="77777777" w:rsidR="00EF3880" w:rsidRDefault="00EF3880">
       <w:pPr>
         <w:pStyle w:val="Sinespaciado"/>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="1F471B39" w14:textId="77777777" w:rsidR="00EF3880" w:rsidRDefault="00000000">
       <w:pPr>
         <w:pStyle w:val="Sinespaciado"/>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
@@ -3067,50 +2972,51 @@
           <w:szCs w:val="24"/>
           <w:lang w:val="es-MX"/>
         </w:rPr>
         <w:t>B) Propósito de la guía de estudios.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2851AA0F" w14:textId="77777777" w:rsidR="00EF3880" w:rsidRDefault="00000000">
       <w:pPr>
         <w:pStyle w:val="Sinespaciado"/>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-MX"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-MX"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>C) Objetivos del aprendizaje.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5FF5DC69" w14:textId="77777777" w:rsidR="00EF3880" w:rsidRDefault="00000000">
       <w:pPr>
         <w:pStyle w:val="Sinespaciado"/>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-MX"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-MX"/>
         </w:rPr>
         <w:t>D) Recursos necesarios o bien requisitos que se necesiten para la clase.</w:t>
       </w:r>
     </w:p>
@@ -3371,51 +3277,50 @@
           <w:szCs w:val="24"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t xml:space="preserve">Estrategia didáctica del momento E, la evaluación de los aprendizajes: </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2BB5AA1F" w14:textId="77777777" w:rsidR="00EF3880" w:rsidRDefault="00000000">
       <w:pPr>
         <w:pStyle w:val="Sinespaciado"/>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Evaluación (E): Que se enfoca a valorar lo aprendido, sin embargo, podemos apreciar que todos los momentos son alternativas para evaluar el desempeño. Además de los conceptos, podemos evaluar habilidades o destrezas y actitudes. Para esta metodología es importante que además de evaluar, los alumnos se autoevalúen y </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t>coevalúen</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t xml:space="preserve"> como parte de la acción formativa e integral.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="734C2959" w14:textId="77777777" w:rsidR="00EF3880" w:rsidRDefault="00EF3880">
       <w:pPr>
@@ -3458,51 +3363,61 @@
           <w:szCs w:val="24"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t>Estrategia didáctica del momento I, la interdependencia social positiva:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="336B353F" w14:textId="77777777" w:rsidR="00EF3880" w:rsidRDefault="00000000">
       <w:pPr>
         <w:pStyle w:val="Sinespaciado"/>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
-        <w:t>Interacción social positiva (I): El momento de mayor enriquecimiento y que corresponde al aprendizaje cooperativo, se refiere al especio que, dentro de la lección, los estudiantes intercambiarán información, experiencias, puntos de vista, y que son resultado de procesar la información para tener mayor riqueza durante estos espacios. El Dr. Ferreiro nos hace referencia al respecto: lo ideal son equipos de dos o tres estudiantes ya que esto ayudará a que el desempeño dé mejores resultados.</w:t>
+        <w:t xml:space="preserve">Interacción social positiva (I): El momento de mayor enriquecimiento y que corresponde al aprendizaje cooperativo, se refiere al especio que, dentro de la lección, los estudiantes intercambiarán información, experiencias, puntos de vista, y que son resultado de procesar </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>la información para tener mayor riqueza durante estos espacios. El Dr. Ferreiro nos hace referencia al respecto: lo ideal son equipos de dos o tres estudiantes ya que esto ayudará a que el desempeño dé mejores resultados.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="32E67D44" w14:textId="77777777" w:rsidR="00EF3880" w:rsidRDefault="00EF3880">
       <w:pPr>
         <w:pStyle w:val="Sinespaciado"/>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="4F606934" w14:textId="77777777" w:rsidR="00EF3880" w:rsidRDefault="00000000">
       <w:pPr>
         <w:pStyle w:val="Sinespaciado"/>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
@@ -3600,94 +3515,85 @@
         </w:rPr>
         <w:tab/>
         <w:t>Aquí se encuentra el momento en que el alumno piensa, siente y actúa para construir su propio conocimiento.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="68BB7741" w14:textId="77777777" w:rsidR="00EF3880" w:rsidRDefault="00000000">
       <w:pPr>
         <w:pStyle w:val="Sinespaciado"/>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:tab/>
-        <w:t xml:space="preserve">Se compararon dos generaciones y se observó que en el método tradicional de competencia, donde las competencias metodológicas son aquellas que indican al estudiante los elementos que debe disponer para obtener el conocimiento (procesos, pasos a seguir, métodos, técnicas o formas de hacer), generación 2021, y en la generación 2022, al utilizar el método ELI, que es una secuencia de momentos dedicados al cumplimiento de las </w:t>
-[...9 lines deleted...]
-        <w:t>funciones didácticas de una lección para el desarrollo de los contenidos teóricos y procesales, imprescindible para el logro de los objetivos de aprendizaje (Ferreiro, 2011). Como se observa en la tabla 2, el aprendizaje por cada unidad de aprendizaje presentó un aumento del 10% en el año 2022. El análisis que los estudiantes realizaron en su reflexión de las actividades y en un análisis de las tareas que el docente diseñó en el aula tuvo como objetivo lograr la comprensión y adquirir las habilidades y destrezas para resolver los casos prácticos.</w:t>
+        <w:t>Se compararon dos generaciones y se observó que en el método tradicional de competencia, donde las competencias metodológicas son aquellas que indican al estudiante los elementos que debe disponer para obtener el conocimiento (procesos, pasos a seguir, métodos, técnicas o formas de hacer), generación 2021, y en la generación 2022, al utilizar el método ELI, que es una secuencia de momentos dedicados al cumplimiento de las funciones didácticas de una lección para el desarrollo de los contenidos teóricos y procesales, imprescindible para el logro de los objetivos de aprendizaje (Ferreiro, 2011). Como se observa en la tabla 2, el aprendizaje por cada unidad de aprendizaje presentó un aumento del 10% en el año 2022. El análisis que los estudiantes realizaron en su reflexión de las actividades y en un análisis de las tareas que el docente diseñó en el aula tuvo como objetivo lograr la comprensión y adquirir las habilidades y destrezas para resolver los casos prácticos.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7ADAEF99" w14:textId="77777777" w:rsidR="00EF3880" w:rsidRDefault="00EF3880">
       <w:pPr>
         <w:pStyle w:val="Sinespaciado"/>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="3C26AB81" w14:textId="77777777" w:rsidR="00EF3880" w:rsidRDefault="00000000">
       <w:pPr>
         <w:pStyle w:val="Sinespaciado"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Tabla 2. Muestra dos años de comparación que permite identifica en 5 unidades de aprendizaje la mejora </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t>continúa</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t xml:space="preserve"> usando el método ELI.</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
@@ -4842,127 +4748,97 @@
           <w:szCs w:val="24"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="562D611F" w14:textId="77777777" w:rsidR="00EF3880" w:rsidRDefault="00000000">
       <w:pPr>
         <w:pStyle w:val="Sinespaciado"/>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:tab/>
-        <w:t xml:space="preserve">El docente tuvo que hacer un cambio de paradigma hacia un nuevo conocimiento para que los estudiantes desarrollen habilidades de concentración y razonamiento que les permitan ubicarse en el tiempo y el espacio. La universidad ha cambiado los planes de estudio con el objetivo de que haya más experiencia y reflexión en el proceso de enseñanza-aprendizaje, es por eso </w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve"> el docente debe planificar y programar la enseñanza con un nuevo diseño.</w:t>
+        <w:t>El docente tuvo que hacer un cambio de paradigma hacia un nuevo conocimiento para que los estudiantes desarrollen habilidades de concentración y razonamiento que les permitan ubicarse en el tiempo y el espacio. La universidad ha cambiado los planes de estudio con el objetivo de que haya más experiencia y reflexión en el proceso de enseñanza-aprendizaje, es por eso que el docente debe planificar y programar la enseñanza con un nuevo diseño.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="25F3B835" w14:textId="77777777" w:rsidR="00EF3880" w:rsidRDefault="00000000">
       <w:pPr>
         <w:pStyle w:val="Sinespaciado"/>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:tab/>
         <w:t>Como se observa en el gráfico 1, es importante mencionar que la negociación es uno de los conceptos importantes entre el docente y el estudiante, ya que el estudiante puede haberse desilusionado por las actitudes y aptitudes que ha vivido. Sin embargo, a pesar de todo, el poder siempre será la capacidad de conseguir que otros hagan cosas, es decir, el alumno debe tener la capacidad o habilidad de hacer que se hagan cosas por él y de implementar sus conocimientos de acuerdo con su experiencia.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="11EE89D8" w14:textId="77777777" w:rsidR="00EF3880" w:rsidRDefault="00000000">
       <w:pPr>
         <w:pStyle w:val="Sinespaciado"/>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:tab/>
-        <w:t xml:space="preserve">Por eso, este método ayuda a que el aprendizaje sea creativo, innovador, descriptivo y transformador. La serie uno de color azul muestra que el aprendizaje fue constante e innovador, mientras que en la serie 2 se observa un movimiento constante en el aprendizaje. </w:t>
-[...9 lines deleted...]
-        <w:t>Como se evaluó mediante un examen diagnóstico que permitió a los estudiantes contestar con sus conocimientos.</w:t>
+        <w:t>Por eso, este método ayuda a que el aprendizaje sea creativo, innovador, descriptivo y transformador. La serie uno de color azul muestra que el aprendizaje fue constante e innovador, mientras que en la serie 2 se observa un movimiento constante en el aprendizaje. Como se evaluó mediante un examen diagnóstico que permitió a los estudiantes contestar con sus conocimientos.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="072AECFA" w14:textId="77777777" w:rsidR="00EF3880" w:rsidRDefault="00EF3880">
       <w:pPr>
         <w:pStyle w:val="Sinespaciado"/>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="14D1ED91" w14:textId="77777777" w:rsidR="00EF3880" w:rsidRDefault="00EF3880">
       <w:pPr>
         <w:pStyle w:val="Sinespaciado"/>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-ES"/>
@@ -5032,50 +4908,51 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="es-MX"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3D0A99F1" w14:textId="77777777" w:rsidR="00EF3880" w:rsidRDefault="00000000">
       <w:pPr>
         <w:pStyle w:val="Sinespaciado"/>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="2E9AEE79" wp14:editId="08BB606B">
             <wp:extent cx="4572000" cy="2743200"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="2" name="Objeto1"/>
             <wp:cNvGraphicFramePr/>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/chart">
                 <c:chart xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId9"/>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:p w14:paraId="5AC07EC0" w14:textId="77777777" w:rsidR="00EF3880" w:rsidRDefault="00000000">
       <w:pPr>
         <w:pStyle w:val="Prrafodelista"/>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:left="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
@@ -5149,84 +5026,74 @@
         <w:tab/>
         <w:t>El Centro Universitario UAEM Valle de México, al aplicar el método ELI en algunas unidades de aprendizaje, permitió que los estudiantes apliquen la práctica de modo creativo con el aprendizaje cooperativo y cumplan con la teoría del constructivismo. Asimismo, prepara un aprendizaje con un método sencillo y flexible para la práctica profesional.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="182A0B2F" w14:textId="77777777" w:rsidR="00EF3880" w:rsidRDefault="00000000">
       <w:pPr>
         <w:pStyle w:val="Prrafodelista"/>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:tab/>
-        <w:t xml:space="preserve">También mejoró la aplicación del método ELI en las secuencias didácticas, permitiendo que el docente tenga una metodología clara con un aprendizaje cooperativo, utilizando los siete momentos didácticos que facilitan y garantizan una mejor comprensión de los contenidos de lo que se aprende y la construcción social del conocimiento. Asimismo, con una visión estratégica y un sentido humanista, aplicando las técnicas y herramientas administrativas bajo un enfoque sistemático en el manejo de recursos, con especial énfasis en el ser humano y su entorno, el plan de estudio cuenta con un estudio de permanencia que </w:t>
-      </w:r>
+        <w:t>También mejoró la aplicación del método ELI en las secuencias didácticas, permitiendo que el docente tenga una metodología clara con un aprendizaje cooperativo, utilizando los siete momentos didácticos que facilitan y garantizan una mejor comprensión de los contenidos de lo que se aprende y la construcción social del conocimiento. Asimismo, con una visión estratégica y un sentido humanista, aplicando las técnicas y herramientas administrativas bajo un enfoque sistemático en el manejo de recursos, con especial énfasis en el ser humano y su entorno, el plan de estudio cuenta con un estudio de permanencia que valora las funciones del programa educativo, a partir de un análisis de necesidades sociales y profesionales.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1FFBCC9D" w14:textId="77777777" w:rsidR="00EF3880" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="Prrafodelista"/>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t>valora las funciones del programa educativo, a partir de un análisis de necesidades sociales y profesionales.</w:t>
-[...21 lines deleted...]
-        </w:rPr>
         <w:tab/>
         <w:t>En el proyecto curricular de la licenciatura en Administración de la Universidad Autónoma de México, se indican los siguientes aprendizajes principales, donde se revisaron los objetivos generales en los que se apoya el perfil del egresado y se desprende la programación de contenidos y objetivos de las Unidades de Aprendizaje (UA). Esto permite observar que, aunque han variado en cantidad, conservan la orientación esencial, precisando y enfatizando los aprendizajes profesionales siguientes:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="19E561E7" w14:textId="77777777" w:rsidR="00EF3880" w:rsidRDefault="00000000">
       <w:pPr>
         <w:pStyle w:val="Prrafodelista"/>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:left="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
@@ -6162,133 +6029,111 @@
         <w:pStyle w:val="Prrafodelista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="7"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="567" w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="202124"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="202124"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
-        <w:t xml:space="preserve">Apertura: es donde el docente indica de forma global lo que se va a estudiar, selecciona lo que se va a vincular con la experiencia profesional y lo que se </w:t>
-[...21 lines deleted...]
-        <w:t xml:space="preserve"> aprender.</w:t>
+        <w:t>Apertura: es donde el docente indica de forma global lo que se va a estudiar, selecciona lo que se va a vincular con la experiencia profesional y lo que se va aprender.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6F757775" w14:textId="77777777" w:rsidR="00EF3880" w:rsidRDefault="00000000">
       <w:pPr>
         <w:pStyle w:val="Prrafodelista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="7"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="567" w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="202124"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="202124"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>Desarrollo: esta se dirige a la profundidad del aprendizaje a las actividades que se van a trabajar para realizar un análisis, una síntesis, un comparativo, o una aplicación teórica/practica o un proceso que determine el conocimiento.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0874BBEB" w14:textId="77777777" w:rsidR="00EF3880" w:rsidRDefault="00000000">
       <w:pPr>
         <w:pStyle w:val="Prrafodelista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="7"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="567" w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="202124"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="202124"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Cierre: aquí se reconstruye el tema o problema a un nuevo conocimiento.  </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0159D5F4" w14:textId="77777777" w:rsidR="00EF3880" w:rsidRDefault="00EF3880">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="567" w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="202124"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="6E71B23A" w14:textId="77777777" w:rsidR="00EF3880" w:rsidRDefault="00000000">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
@@ -6581,50 +6426,51 @@
       <w:pPr>
         <w:pStyle w:val="Prrafodelista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="8"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>El respeto de cada integrante de la clase debe ser en sí hacia el docente por supuesto, viceversa.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="412CB559" w14:textId="77777777" w:rsidR="00EF3880" w:rsidRDefault="00000000">
       <w:pPr>
         <w:pStyle w:val="Prrafodelista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="8"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
@@ -6652,51 +6498,50 @@
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>Figura 4, autoría propia, muestra la organización el ambiente virtual dentro del aula</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="110D042A" w14:textId="77777777" w:rsidR="00EF3880" w:rsidRDefault="00000000">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="22717C92" wp14:editId="76C4C155">
             <wp:extent cx="3251200" cy="1828800"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="5" name="Imagen 4"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="5" name="Imagen 4"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId12"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
@@ -6878,50 +6723,51 @@
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>Figura 5, autoría propia la atención de los estudiantes para indicar lo que se va a realizar en las actividades.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6B621C11" w14:textId="77777777" w:rsidR="00EF3880" w:rsidRDefault="00000000">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="7539C0FA" wp14:editId="43AD34A0">
             <wp:extent cx="3825240" cy="2550160"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="6" name="Imagen 8"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="6" name="Imagen 8"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId13"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
@@ -6973,51 +6819,50 @@
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="5760A1CB" w14:textId="77777777" w:rsidR="00EF3880" w:rsidRDefault="00000000">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:tab/>
         <w:t>Para el momento Pi: el procesamiento de información se requirió que los estudiantes tomaran en cuenta lo siguiente:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="312BCE93" w14:textId="77777777" w:rsidR="00EF3880" w:rsidRDefault="00000000">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>1. Procesar información del tema y subtemas de la unidad es investigar por su cuenta, leer, observar, hacer sus notas, lluvia de ideas, etcétera.</w:t>
@@ -7113,50 +6958,51 @@
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>6.     Los maestros debemos estimular en los alumnos, desde los primeros grados, la práctica de tomar apuntes.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0BE97CCC" w14:textId="77777777" w:rsidR="00EF3880" w:rsidRDefault="00000000">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>7.     Resumir es el proceso de reducir una gran cantidad de información a una o unas pocas oraciones.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="176551D0" w14:textId="77777777" w:rsidR="00EF3880" w:rsidRDefault="00000000">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t xml:space="preserve">8.     El resumen puede ser textual o usar nuestras propias palabras (paráfrasis); como se observa la figura 6 los estudiantes desarrollaron las ideas principales del temas y subtema utilizando la creatividad y el diseño en la aplicación de </w:t>
       </w:r>
@@ -7259,51 +7105,50 @@
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="250058C7" w14:textId="77777777" w:rsidR="00EF3880" w:rsidRDefault="00000000">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>Figura 6, Autoría propia estrategia de aprendizaje utilizando herramientas tecnológicas.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="195A9752" w14:textId="77777777" w:rsidR="00EF3880" w:rsidRDefault="00000000">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="66C8B710" wp14:editId="3D23D1F4">
             <wp:extent cx="4530725" cy="2261870"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="7" name="Imagen 5"/>
             <wp:cNvGraphicFramePr>
@@ -7398,50 +7243,51 @@
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>9.     Las fichas son instrumentos del trabajo intelectual que facilitan el análisis, la síntesis de un contenido académico, científico.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="232E205C" w14:textId="77777777" w:rsidR="00EF3880" w:rsidRDefault="00000000">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>10.  El sistema JAVI es un conjunto de estrategias para ayudar a los estudiantes a procesar la información, así como para favorecer el aprendizaje autónomo del estudiante ya que le da herramientas necesarias para relacionarse con el contenido de aprendizaje y apropiarse de él, al captar la lógica del objeto en su estructura mental.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3B9C2F7B" w14:textId="77777777" w:rsidR="00EF3880" w:rsidRDefault="00000000">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:spacing w:before="300" w:beforeAutospacing="0" w:after="300" w:afterAutospacing="0" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>11.  La reflexión (Metacognición) es de suma importancia para garantizar la comprensión a profundidad, del desarrollo de las habilidades implícitas en la adquisición de nuevos aprendizajes. En la figura 7 se observa el análisis y desarrollo del proyecto de clase, el aprendiz invertido es un nuevo modelo pedagógico donde los protagonistas son los estudiantes.  Ellos desde sus casas se encargarán de aprender conceptos que anteriormente se les haya pedido investigar, generalmente esto se da a través de medios digitales, luego de realizada dicha investigación, los estudiantes pondrán en práctica dichos contenidos en clase.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="66D2919B" w14:textId="77777777" w:rsidR="001E730B" w:rsidRDefault="001E730B">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="center"/>
@@ -7504,51 +7350,50 @@
           <w:szCs w:val="20"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="71D65527" w14:textId="3F7145AD" w:rsidR="00EF3880" w:rsidRDefault="00000000">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>La figura 7, Autoría propia estrategia de aprendizaje utilizando herramientas tecnológicas.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="468DA058" w14:textId="77777777" w:rsidR="00EF3880" w:rsidRDefault="00000000">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
               <wp:inline distT="171450" distB="179070" distL="171450" distR="193675" wp14:anchorId="223A621F" wp14:editId="34D308FE">
                 <wp:extent cx="4646295" cy="2546350"/>
                 <wp:effectExtent l="171450" t="171450" r="193675" b="179070"/>
@@ -7636,50 +7481,51 @@
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
     </w:p>
     <w:p w14:paraId="424D2E74" w14:textId="77777777" w:rsidR="00EF3880" w:rsidRDefault="00000000">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>Fuente: Elaboración propia.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4DC6D89F" w14:textId="77777777" w:rsidR="00EF3880" w:rsidRDefault="00000000">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>12.  La entrevista: Es una estrategia de obtención de información necesaria sobre opiniones, sentimientos, puntos de vista que tiene una persona o un grupo de ellas sobre hechos, procesos, objeto de estudio, así mismo el docente es un promotor de emociones. Si él sonríe, posiblemente sus estudiantes también lo hagan. Si él se apasiona con un discurso, probablemente sus estudiantes se apasionen al escucharlo. También, si el docente se aburre con sus contenidos, aquellos que le escuchen difícilmente mantendrán la atención y encontrarán una utilidad a los mismos y al mismo tiempo si el docente no está al 100% los estudiantes recaen en el aprendizaje.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="60713137" w14:textId="77777777" w:rsidR="00EF3880" w:rsidRDefault="00000000">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
@@ -7751,51 +7597,50 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>1.     Recapitulación es una función didáctica que debe cumplir en el proceso enseñanza-aprendizaje.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="56775DB1" w14:textId="77777777" w:rsidR="00EF3880" w:rsidRDefault="00000000">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>2.     Recapitular equivale a recordar, repasar, volver sobre lo tratado, precisar lo expuesto, recuperar lo examinado.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3C523EF2" w14:textId="77777777" w:rsidR="00EF3880" w:rsidRDefault="00000000">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>3.     Recapitular consiste en exponer de forma sintética, sumaria además de ordenada lo que se ha expresado con anterioridad.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3A45961E" w14:textId="77777777" w:rsidR="00EF3880" w:rsidRDefault="00000000">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
@@ -8040,51 +7885,50 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>2.     El aprendizaje desde la perspectiva del aprendizaje cooperativo, se concibe como un proceso de elaboración conjunta.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5FC62C91" w14:textId="77777777" w:rsidR="00EF3880" w:rsidRDefault="00000000">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>4.     La evaluación es recuperación de los aprendizajes que va adquiriendo el alumno en su desarrollo de las actividades.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="50A89443" w14:textId="77777777" w:rsidR="00EF3880" w:rsidRDefault="00000000">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>5.     El aprendizaje es un medio de crecimiento humano.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6E4CA328" w14:textId="77777777" w:rsidR="00EF3880" w:rsidRDefault="00000000">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
@@ -8279,127 +8123,127 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Momento I: La Interdependencia Social Positiva</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="106AEC36" w14:textId="77777777" w:rsidR="00EF3880" w:rsidRDefault="00000000">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
+        <w:t>1.  El docente es el mediador debe monitorear la actividad de los estudiantes para dar la ayuda.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="70F48A16" w14:textId="77777777" w:rsidR="00EF3880" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>2.  El tiempo debe ser precisado con claridad.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="70627037" w14:textId="77777777" w:rsidR="00EF3880" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>3.  El informe de la actividad realizada por el equipo es una actividad esencial.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0B77E27F" w14:textId="77777777" w:rsidR="00EF3880" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>4.  Un producto es la evidencia del aprendizaje realizado.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1138E700" w14:textId="77777777" w:rsidR="00EF3880" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t>1.  El docente es el mediador debe monitorear la actividad de los estudiantes para dar la ayuda.</w:t>
-[...74 lines deleted...]
-        </w:rPr>
         <w:t>5.  Debe existir un breve intercambio con un compañero sobre un asunto objeto de aprendizaje. La figura10 muestra en el WhatsApp representa la idea de cada estudiante de una forma clara y precisa.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4F029BB4" w14:textId="77777777" w:rsidR="00EF3880" w:rsidRDefault="00000000">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>Figura 10, Autoría propia estrategia de aprendizaje utilizando herramientas tecnológicas.</w:t>
       </w:r>
@@ -8582,89 +8426,89 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>4.     Parafrasear es solicitar a los alumnos que expresen con sus palabras que se va a hacer, cómo, para qué, etc.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3EDDDB90" w14:textId="77777777" w:rsidR="00EF3880" w:rsidRDefault="00000000">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
+        <w:t>5.     Para recapitular lo hecho se debe solicitar a los alumnos que contesten algunas preguntas.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="603CFBCD" w14:textId="77777777" w:rsidR="00EF3880" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>6.     Las preguntas para recapitular son entre otras: ¿Qué hicimos?, ¿Cómo lo hicimos?, ¿Cómo me sentí?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1E94D52C" w14:textId="77777777" w:rsidR="00EF3880" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t>5.     Para recapitular lo hecho se debe solicitar a los alumnos que contesten algunas preguntas.</w:t>
-[...36 lines deleted...]
-        </w:rPr>
         <w:t>7.     Para poder recapitular de puede preguntar: si vuelvo a realizar la tarea ¿Qué cambiaría?, ¿qué no haría?, ¿qué debo hacer, en cambio?</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4EC2A976" w14:textId="77777777" w:rsidR="00EF3880" w:rsidRDefault="00000000">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>8.     Proyectar el pensamiento es que al inicio de un tema los alumnos realicen predicciones.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1CEC01B7" w14:textId="77777777" w:rsidR="00EF3880" w:rsidRDefault="00000000">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
@@ -8833,94 +8677,95 @@
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="3E3FDB8F" w14:textId="77777777" w:rsidR="001E730B" w:rsidRDefault="001E730B">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="49ADB829" w14:textId="77777777" w:rsidR="00EF3880" w:rsidRDefault="00000000">
-[...1 lines deleted...]
-        <w:spacing w:line="360" w:lineRule="auto"/>
+    <w:p w14:paraId="49ADB829" w14:textId="77777777" w:rsidR="00EF3880" w:rsidRDefault="00000000" w:rsidP="001D42DF">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:lang w:val="es-VE"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:lang w:val="es-VE"/>
         </w:rPr>
+        <w:t>Discusión</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="287EE2B9" w14:textId="77777777" w:rsidR="00EF3880" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-VE"/>
+        </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t>Discusión</w:t>
-[...13 lines deleted...]
-        </w:rPr>
         <w:t>En la actualidad, la educación ha cambiado a un enfoque innovador con el uso de la tecnología, indicando los objetivos y metas a los estudiantes y formando un conocimiento integral en sus habilidades y destrezas. Es decir, el estudiante debe estructurar su conocimiento por medio de estrategias de aprendizaje que le permitan construir claramente las ideas, utilizando casos reales para que pueda reinventar su aprendizaje profundo. Esto se logra si los docentes realizan actividades que requieran habilidades cognitivas tales como "análisis" (comparar, contrastar) y "síntesis" (integrar el conocimiento en una nueva dimensión), lo cual va a promover la comprensión y la aplicación de los aprendizajes de por vida. Solo falta la capacitación y comprensión de enseñar de manera distinta en las aulas.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="26CCA747" w14:textId="77777777" w:rsidR="00EF3880" w:rsidRDefault="00000000">
-[...2 lines deleted...]
-        <w:jc w:val="both"/>
+    <w:p w14:paraId="26CCA747" w14:textId="77777777" w:rsidR="00EF3880" w:rsidRDefault="00000000" w:rsidP="001D42DF">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="es-VE"/>
         </w:rPr>
         <w:t>Conclusión</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="143A20FE" w14:textId="77777777" w:rsidR="00EF3880" w:rsidRDefault="00000000">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -9115,76 +8960,76 @@
         <w:t>Orientación de la atención de los alumnos.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="21740ADC" w14:textId="77777777" w:rsidR="00EF3880" w:rsidRDefault="00000000">
       <w:pPr>
         <w:pStyle w:val="Prrafodelista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="11"/>
         </w:numPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:left="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>Repaso de lo que se aprende.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7BD15EED" w14:textId="77777777" w:rsidR="00EF3880" w:rsidRDefault="00000000">
       <w:pPr>
         <w:pStyle w:val="Prrafodelista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="11"/>
         </w:numPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:left="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>Procesamiento de lo aprendido por cada alumno.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2A33B577" w14:textId="77777777" w:rsidR="00EF3880" w:rsidRDefault="00000000">
       <w:pPr>
         <w:pStyle w:val="Prrafodelista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="11"/>
         </w:numPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:left="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
@@ -9484,89 +9329,93 @@
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-MX"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Morales Lizama Fausto, 2016, Desarrollo de competencias educativas, Editorial Trillas, Primera edición</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-MX"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:sectPr w:rsidR="00EF3880" w:rsidSect="001E730B">
-      <w:headerReference w:type="default" r:id="rId21"/>
-      <w:footerReference w:type="default" r:id="rId22"/>
+      <w:headerReference w:type="even" r:id="rId21"/>
+      <w:headerReference w:type="default" r:id="rId22"/>
+      <w:footerReference w:type="even" r:id="rId23"/>
+      <w:footerReference w:type="default" r:id="rId24"/>
+      <w:headerReference w:type="first" r:id="rId25"/>
+      <w:footerReference w:type="first" r:id="rId26"/>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="709" w:right="1701" w:bottom="567" w:left="1701" w:header="0" w:footer="0" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:formProt w:val="0"/>
       <w:docGrid w:linePitch="360" w:charSpace="4096"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="7EEDEF4A" w14:textId="77777777" w:rsidR="008B3CE1" w:rsidRDefault="008B3CE1" w:rsidP="001E730B">
+    <w:p w14:paraId="0F1BE326" w14:textId="77777777" w:rsidR="0066017F" w:rsidRDefault="0066017F" w:rsidP="001E730B">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="2636C581" w14:textId="77777777" w:rsidR="008B3CE1" w:rsidRDefault="008B3CE1" w:rsidP="001E730B">
+    <w:p w14:paraId="7BB23E3A" w14:textId="77777777" w:rsidR="0066017F" w:rsidRDefault="0066017F" w:rsidP="001E730B">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
@@ -9588,51 +9437,61 @@
   </w:font>
   <w:font w:name="Noto Sans CJK SC">
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:notTrueType/>
     <w:pitch w:val="default"/>
   </w:font>
   <w:font w:name="Noto Sans Devanagari">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="80008023" w:usb1="00002046" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="7416484D" w14:textId="77777777" w:rsidR="000F47D0" w:rsidRDefault="000F47D0">
+    <w:pPr>
+      <w:pStyle w:val="Piedepgina"/>
+    </w:pPr>
+  </w:p>
+</w:ftr>
+</file>
+
+<file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:sdt>
     <w:sdtPr>
       <w:id w:val="181709762"/>
       <w:docPartObj>
         <w:docPartGallery w:val="Page Numbers (Bottom of Page)"/>
         <w:docPartUnique/>
       </w:docPartObj>
     </w:sdtPr>
     <w:sdtContent>
       <w:p w14:paraId="46C81B44" w14:textId="77777777" w:rsidR="001E730B" w:rsidRDefault="001E730B" w:rsidP="001E730B">
         <w:pPr>
           <w:pStyle w:val="Piedepgina"/>
           <w:jc w:val="center"/>
         </w:pPr>
         <w:r w:rsidRPr="0008372D">
           <w:rPr>
             <w:rFonts w:cstheme="minorHAnsi"/>
             <w:b/>
           </w:rPr>
           <w:t xml:space="preserve">Vol. </w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rFonts w:cstheme="minorHAnsi"/>
             <w:b/>
@@ -9652,127 +9511,221 @@
             <w:b/>
           </w:rPr>
           <w:t>9</w:t>
         </w:r>
         <w:r w:rsidRPr="0008372D">
           <w:rPr>
             <w:rFonts w:cstheme="minorHAnsi"/>
             <w:b/>
           </w:rPr>
           <w:t xml:space="preserve">                  </w:t>
         </w:r>
         <w:proofErr w:type="gramStart"/>
         <w:r>
           <w:rPr>
             <w:rFonts w:cstheme="minorHAnsi"/>
             <w:b/>
           </w:rPr>
           <w:t>Enero</w:t>
         </w:r>
         <w:proofErr w:type="gramEnd"/>
         <w:r>
           <w:rPr>
             <w:rFonts w:cstheme="minorHAnsi"/>
             <w:b/>
           </w:rPr>
-          <w:t xml:space="preserve"> – Junio 2023</w:t>
+          <w:t xml:space="preserve"> – </w:t>
+        </w:r>
+        <w:proofErr w:type="gramStart"/>
+        <w:r>
+          <w:rPr>
+            <w:rFonts w:cstheme="minorHAnsi"/>
+            <w:b/>
+          </w:rPr>
+          <w:t>Junio</w:t>
+        </w:r>
+        <w:proofErr w:type="gramEnd"/>
+        <w:r>
+          <w:rPr>
+            <w:rFonts w:cstheme="minorHAnsi"/>
+            <w:b/>
+          </w:rPr>
+          <w:t xml:space="preserve"> 2023</w:t>
         </w:r>
         <w:r w:rsidRPr="0008372D">
           <w:rPr>
             <w:rFonts w:cstheme="minorHAnsi"/>
             <w:b/>
           </w:rPr>
           <w:t xml:space="preserve">                         ISSN: 2448 – 6280</w:t>
         </w:r>
       </w:p>
     </w:sdtContent>
   </w:sdt>
   <w:p w14:paraId="68F09C8F" w14:textId="77777777" w:rsidR="001E730B" w:rsidRDefault="001E730B">
     <w:pPr>
       <w:pStyle w:val="Piedepgina"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
+<file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="68E64B9D" w14:textId="77777777" w:rsidR="000F47D0" w:rsidRDefault="000F47D0">
+    <w:pPr>
+      <w:pStyle w:val="Piedepgina"/>
+    </w:pPr>
+  </w:p>
+</w:ftr>
+</file>
+
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="4D818562" w14:textId="77777777" w:rsidR="008B3CE1" w:rsidRDefault="008B3CE1" w:rsidP="001E730B">
+    <w:p w14:paraId="21E02544" w14:textId="77777777" w:rsidR="0066017F" w:rsidRDefault="0066017F" w:rsidP="001E730B">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="418A5960" w14:textId="77777777" w:rsidR="008B3CE1" w:rsidRDefault="008B3CE1" w:rsidP="001E730B">
+    <w:p w14:paraId="09482ED8" w14:textId="77777777" w:rsidR="0066017F" w:rsidRDefault="0066017F" w:rsidP="001E730B">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="0ABF620D" w14:textId="77777777" w:rsidR="000F47D0" w:rsidRDefault="000F47D0">
+    <w:pPr>
+      <w:pStyle w:val="Encabezado"/>
+    </w:pPr>
+  </w:p>
+</w:hdr>
+</file>
+
+<file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="76F0D101" w14:textId="77777777" w:rsidR="001E730B" w:rsidRDefault="001E730B" w:rsidP="001E730B">
     <w:pPr>
       <w:pStyle w:val="Encabezado"/>
       <w:jc w:val="center"/>
       <w:rPr>
         <w:rFonts w:cstheme="minorHAnsi"/>
         <w:b/>
         <w:i/>
       </w:rPr>
     </w:pPr>
   </w:p>
-  <w:p w14:paraId="4BE54954" w14:textId="0E51E5FD" w:rsidR="001E730B" w:rsidRDefault="001E730B" w:rsidP="001E730B">
+  <w:p w14:paraId="4BE54954" w14:textId="21046A07" w:rsidR="001E730B" w:rsidRDefault="001D42DF" w:rsidP="001E730B">
     <w:pPr>
       <w:pStyle w:val="Encabezado"/>
       <w:jc w:val="center"/>
     </w:pPr>
-    <w:r w:rsidRPr="00B26827">
+    <w:r>
       <w:rPr>
         <w:rFonts w:cstheme="minorHAnsi"/>
         <w:b/>
         <w:i/>
+        <w:noProof/>
       </w:rPr>
-      <w:t>Revista Electrónica sobre Cuerpos Académicos y Grupos de Investigación</w:t>
+      <w:drawing>
+        <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="0AEDB14A" wp14:editId="429C8771">
+          <wp:extent cx="6675120" cy="929640"/>
+          <wp:effectExtent l="0" t="0" r="0" b="3810"/>
+          <wp:docPr id="441325020" name="Imagen 1"/>
+          <wp:cNvGraphicFramePr>
+            <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+          </wp:cNvGraphicFramePr>
+          <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+            <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+              <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:nvPicPr>
+                  <pic:cNvPr id="0" name="Picture 2"/>
+                  <pic:cNvPicPr>
+                    <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+                  </pic:cNvPicPr>
+                </pic:nvPicPr>
+                <pic:blipFill>
+                  <a:blip r:embed="rId1">
+                    <a:extLst>
+                      <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                        <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                      </a:ext>
+                    </a:extLst>
+                  </a:blip>
+                  <a:srcRect/>
+                  <a:stretch>
+                    <a:fillRect/>
+                  </a:stretch>
+                </pic:blipFill>
+                <pic:spPr bwMode="auto">
+                  <a:xfrm>
+                    <a:off x="0" y="0"/>
+                    <a:ext cx="6675120" cy="929640"/>
+                  </a:xfrm>
+                  <a:prstGeom prst="rect">
+                    <a:avLst/>
+                  </a:prstGeom>
+                  <a:noFill/>
+                  <a:ln>
+                    <a:noFill/>
+                  </a:ln>
+                </pic:spPr>
+              </pic:pic>
+            </a:graphicData>
+          </a:graphic>
+        </wp:inline>
+      </w:drawing>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
+<file path=word/header3.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="684E3806" w14:textId="77777777" w:rsidR="000F47D0" w:rsidRDefault="000F47D0">
+    <w:pPr>
+      <w:pStyle w:val="Encabezado"/>
+    </w:pPr>
+  </w:p>
+</w:hdr>
+</file>
+
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="0F4E4654"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="77BE380E"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="3"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="0"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="0"/>
         </w:tabs>
@@ -11655,110 +11608,114 @@
   <w:num w:numId="10" w16cid:durableId="806051517">
     <w:abstractNumId w:val="12"/>
   </w:num>
   <w:num w:numId="11" w16cid:durableId="744035039">
     <w:abstractNumId w:val="13"/>
   </w:num>
   <w:num w:numId="12" w16cid:durableId="886186106">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="13" w16cid:durableId="1441291626">
     <w:abstractNumId w:val="15"/>
   </w:num>
   <w:num w:numId="14" w16cid:durableId="1832023018">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="15" w16cid:durableId="1879389650">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="16" w16cid:durableId="1669097293">
     <w:abstractNumId w:val="11"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:autoHyphenation/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00EF3880"/>
+    <w:rsid w:val="000F47D0"/>
     <w:rsid w:val="00136EB3"/>
+    <w:rsid w:val="001D42DF"/>
     <w:rsid w:val="001E730B"/>
+    <w:rsid w:val="0066017F"/>
     <w:rsid w:val="008B3CE1"/>
+    <w:rsid w:val="00A94B61"/>
     <w:rsid w:val="00EF3880"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="es-MX" w:eastAsia="" w:bidi=""/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="127763AE"/>
   <w15:docId w15:val="{4A12F4BA-C077-44C4-8B16-3F767C0047D6}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="es-MX" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:suppressAutoHyphens/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -12123,51 +12080,50 @@
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="002416DC"/>
     <w:pPr>
       <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
       <w:lang w:val="es-ES" w:eastAsia="es-ES"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="Fuentedeprrafopredeter">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
-    <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="Tablanormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="Sinlista">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="EnlacedeInternet">
     <w:name w:val="Enlace de Internet"/>
@@ -12178,51 +12134,51 @@
       <w:color w:val="0000FF"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="HTMLconformatoprevioCar">
     <w:name w:val="HTML con formato previo Car"/>
     <w:basedOn w:val="Fuentedeprrafopredeter"/>
     <w:link w:val="HTMLconformatoprevio"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:qFormat/>
     <w:rsid w:val="00F62BDC"/>
     <w:rPr>
       <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
       <w:lang w:eastAsia="es-MX"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="y2iqfc">
     <w:name w:val="y2iqfc"/>
     <w:basedOn w:val="Fuentedeprrafopredeter"/>
     <w:qFormat/>
     <w:rsid w:val="00F62BDC"/>
   </w:style>
-  <w:style w:type="character" w:styleId="Textoennegrita">
+  <w:style w:type="character" w:styleId="Fuerte">
     <w:name w:val="Strong"/>
     <w:basedOn w:val="Fuentedeprrafopredeter"/>
     <w:uiPriority w:val="22"/>
     <w:qFormat/>
     <w:rsid w:val="006876AF"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="TextonotapieCar">
     <w:name w:val="Texto nota pie Car"/>
     <w:basedOn w:val="Fuentedeprrafopredeter"/>
     <w:link w:val="Textonotapie"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:qFormat/>
     <w:rsid w:val="00373155"/>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
       <w:lang w:val="es-ES" w:eastAsia="es-ES"/>
     </w:rPr>
   </w:style>
@@ -12675,65 +12631,91 @@
     <w:basedOn w:val="Normal"/>
     <w:link w:val="PiedepginaCar"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="001E730B"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4419"/>
         <w:tab w:val="right" w:pos="8838"/>
       </w:tabs>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="PiedepginaCar">
     <w:name w:val="Pie de página Car"/>
     <w:basedOn w:val="Fuentedeprrafopredeter"/>
     <w:link w:val="Piedepgina"/>
     <w:uiPriority w:val="99"/>
     <w:qFormat/>
     <w:rsid w:val="001E730B"/>
     <w:rPr>
       <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
       <w:lang w:val="es-ES" w:eastAsia="es-ES"/>
     </w:rPr>
   </w:style>
+  <w:style w:type="character" w:styleId="Hipervnculo">
+    <w:name w:val="Hyperlink"/>
+    <w:basedOn w:val="Fuentedeprrafopredeter"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="001D42DF"/>
+    <w:rPr>
+      <w:color w:val="0563C1" w:themeColor="hyperlink"/>
+      <w:u w:val="single"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="Mencinsinresolver">
+    <w:name w:val="Unresolved Mention"/>
+    <w:basedOn w:val="Fuentedeprrafopredeter"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="001D42DF"/>
+    <w:rPr>
+      <w:color w:val="605E5C"/>
+      <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
+    </w:rPr>
+  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh"/>
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du"/>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image5.png"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image9.png"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.png"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image8.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image70.png"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image11.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.png"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image7.png"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image10.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/chart" Target="charts/chart1.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image6.png"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image5.png"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image9.png"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.png"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image8.png"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image70.png"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image11.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.png"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image7.png"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image10.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/chart" Target="charts/chart1.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image6.png"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
+</file>
+
+<file path=word/_rels/header2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image12.jpeg"/></Relationships>
 </file>
 
 <file path=word/charts/chart1.xml><?xml version="1.0" encoding="utf-8"?>
 <c:chartSpace xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:c16r2="http://schemas.microsoft.com/office/drawing/2015/06/chart">
   <c:date1904 val="1"/>
-  <c:lang val="es-ES"/>
+  <c:lang val="es-MX"/>
   <c:roundedCorners val="0"/>
   <c:style val="2"/>
   <c:chart>
     <c:title>
       <c:tx>
         <c:rich>
           <a:bodyPr rot="0"/>
           <a:lstStyle/>
           <a:p>
             <a:pPr>
               <a:defRPr lang="es-MX" sz="1400" b="0" strike="noStrike" spc="-1">
                 <a:solidFill>
                   <a:srgbClr val="595959"/>
                 </a:solidFill>
                 <a:latin typeface="Calibri"/>
               </a:defRPr>
             </a:pPr>
             <a:r>
               <a:rPr lang="es-MX" sz="1400" b="0" strike="noStrike" spc="-1">
                 <a:solidFill>
                   <a:srgbClr val="595959"/>
                 </a:solidFill>
                 <a:latin typeface="Calibri"/>
               </a:rPr>
               <a:t>Aprendizaje</a:t>
@@ -13485,55 +13467,55 @@
           </b:Person>
         </b:NameList>
       </b:Author>
     </b:Author>
     <b:Title>Como ser mejor mestro el metodo ELI</b:Title>
     <b:Year>2019</b:Year>
     <b:City>Mexico</b:City>
     <b:Publisher>trillas</b:Publisher>
     <b:RefOrder>2</b:RefOrder>
   </b:Source>
 </b:Sources>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{3B49F4A2-DA5A-46FB-84D6-2F953BC687D9}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
-  <Pages>24</Pages>
-[...1 lines deleted...]
-  <Characters>34828</Characters>
+  <Pages>26</Pages>
+  <Words>6339</Words>
+  <Characters>34867</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>290</Lines>
   <Paragraphs>82</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>41078</CharactersWithSpaces>
+  <CharactersWithSpaces>41124</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Adriana Mercedes Ruiz Reynoso</dc:creator>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:language>es-MX</dc:language>
 </cp:coreProperties>
 </file>