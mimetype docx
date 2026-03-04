--- v0 (2025-12-08)
+++ v1 (2026-03-04)
@@ -1,78 +1,106 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
+  <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w14:paraId="0EF4A0B5" w14:textId="3B5BF468" w:rsidR="00097F4C" w:rsidRPr="0049034A" w:rsidRDefault="0049034A" w:rsidP="0049034A">
+    <w:p w14:paraId="36C549EA" w14:textId="21873ACC" w:rsidR="00133ABB" w:rsidRDefault="00133ABB" w:rsidP="00133ABB">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="right"/>
-        <w:rPr>
-[...6 lines deleted...]
-      <w:r w:rsidRPr="0049034A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="28"/>
         </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00133ABB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>DOI: https://doi.org/10.23913/cagi.v10i19.288</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0EF4A0B5" w14:textId="63185016" w:rsidR="00097F4C" w:rsidRPr="0049034A" w:rsidRDefault="0049034A" w:rsidP="0049034A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0049034A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
         <w:t>Artículos científicos</w:t>
       </w:r>
-      <w:r w:rsidR="00000000" w:rsidRPr="0049034A">
+      <w:r w:rsidRPr="0049034A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
     <w:p w14:paraId="59C5F840" w14:textId="713DB7F2" w:rsidR="00097F4C" w:rsidRPr="0049034A" w:rsidRDefault="00000000" w:rsidP="0049034A">
       <w:pPr>
         <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:lang w:eastAsia="es-MX"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0049034A">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
@@ -103,52 +131,459 @@
       <w:pPr>
         <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:lang w:eastAsia="es-MX"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0049034A">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="es-MX"/>
         </w:rPr>
-        <w:t>Teacher training in the master's programs in Law of the faculties of Law of the state public universities of the Mexican Republic</w:t>
-      </w:r>
+        <w:t xml:space="preserve">Teacher training in </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0049034A">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="es-MX"/>
+        </w:rPr>
+        <w:t>the</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0049034A">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="es-MX"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0049034A">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="es-MX"/>
+        </w:rPr>
+        <w:t>master's</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0049034A">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="es-MX"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0049034A">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="es-MX"/>
+        </w:rPr>
+        <w:t>programs</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0049034A">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="es-MX"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> in Law </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0049034A">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="es-MX"/>
+        </w:rPr>
+        <w:t>of</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0049034A">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="es-MX"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0049034A">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="es-MX"/>
+        </w:rPr>
+        <w:t>the</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0049034A">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="es-MX"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0049034A">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="es-MX"/>
+        </w:rPr>
+        <w:t>faculties</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0049034A">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="es-MX"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0049034A">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="es-MX"/>
+        </w:rPr>
+        <w:t>of</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0049034A">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="es-MX"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Law </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0049034A">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="es-MX"/>
+        </w:rPr>
+        <w:t>of</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0049034A">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="es-MX"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0049034A">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="es-MX"/>
+        </w:rPr>
+        <w:t>the</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0049034A">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="es-MX"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0049034A">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="es-MX"/>
+        </w:rPr>
+        <w:t>state</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0049034A">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="es-MX"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0049034A">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="es-MX"/>
+        </w:rPr>
+        <w:t>public</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0049034A">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="es-MX"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0049034A">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="es-MX"/>
+        </w:rPr>
+        <w:t>universities</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0049034A">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="es-MX"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0049034A">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="es-MX"/>
+        </w:rPr>
+        <w:t>of</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0049034A">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="es-MX"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0049034A">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="es-MX"/>
+        </w:rPr>
+        <w:t>the</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0049034A">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="es-MX"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Mexican </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0049034A">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="es-MX"/>
+        </w:rPr>
+        <w:t>Republic</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
     </w:p>
     <w:p w14:paraId="4ACD5F9E" w14:textId="77777777" w:rsidR="0049034A" w:rsidRDefault="0049034A">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="58C4FCAA" w14:textId="48E9AEEF" w:rsidR="00097F4C" w:rsidRDefault="00000000">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
@@ -223,717 +658,823 @@
         </w:tabs>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="39E6E73E" w14:textId="47E8E6F5" w:rsidR="00097F4C" w:rsidRDefault="00000000">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="5085"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="00133ABB">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:sz w:val="24"/>
-[...2 lines deleted...]
-        <w:t>Resumen:</w:t>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>Resumen</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6A421A99" w14:textId="77777777" w:rsidR="00097F4C" w:rsidRDefault="00000000">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="5085"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Se investigó la relación y congruencia entre los objetivos curriculares de los programas de maestría en Derecho ofertados en 30 universidades públicas de la República Mexicana, su perfil de egreso y su plan de estudios (retícula). Se enlistaron los programas que incluyen materias de docencia en su plan de estudios (retícula). Se concluye señalando que la profesionalización de la docencia en la educación superior en México aún no se considera como una prioridad para el sistema educativo mexicano desde el punto de vista legal.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="05036110" w14:textId="77777777" w:rsidR="00097F4C" w:rsidRDefault="00000000">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="5085"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="00133ABB">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="24"/>
-[...2 lines deleted...]
-        <w:t>Palabras clave:</w:t>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>Palabras clave</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> Maestría en Derecho, docencia, educación superior, profesionalización de la docencia.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6DAF517E" w14:textId="77777777" w:rsidR="00097F4C" w:rsidRDefault="00097F4C">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="5085"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="79D62ED4" w14:textId="77777777" w:rsidR="00097F4C" w:rsidRPr="0049034A" w:rsidRDefault="00000000">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="5085"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
+      <w:r w:rsidRPr="00133ABB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Abstract</w:t>
+      </w:r>
       <w:r w:rsidRPr="0049034A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>Abstract:</w:t>
+        <w:t>:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="28CF7620" w14:textId="77777777" w:rsidR="00097F4C" w:rsidRPr="0049034A" w:rsidRDefault="00000000">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
           <w:color w:val="242424"/>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0049034A">
         <w:rPr>
           <w:color w:val="242424"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>The research investigates the relationship and congruence that exists between the curricular objectives of 30 academic programs of master in Law offered in public universities of the Mexican Republic, along with their graduation profile and their study plan (grid). The research specifies a list of programs that include teaching subjects in their curriculum (grid). The research concludes by pointing out that the professionalization of teaching in higher education in Mexico is not yet considered a priority for the Mexican Educational System, from the legal point of view.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4ACB6326" w14:textId="54FE785A" w:rsidR="00097F4C" w:rsidRDefault="00000000">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="242424"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
+      <w:r w:rsidRPr="00133ABB">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="242424"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Keywords</w:t>
+      </w:r>
       <w:r w:rsidRPr="0049034A">
         <w:rPr>
           <w:color w:val="242424"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>Keywords:</w:t>
+        <w:t>:</w:t>
       </w:r>
       <w:r w:rsidR="0049034A">
         <w:rPr>
           <w:color w:val="242424"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="0049034A">
         <w:rPr>
           <w:color w:val="242424"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Master of Laws. Teaching. Higher education. Professionalization of teaching.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2594B766" w14:textId="77777777" w:rsidR="0049034A" w:rsidRPr="00277F61" w:rsidRDefault="0049034A" w:rsidP="0049034A">
       <w:pPr>
         <w:spacing w:before="120" w:after="240" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="00277F61">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>Fecha Recepción:</w:t>
       </w:r>
       <w:r w:rsidRPr="00277F61">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
+      <w:proofErr w:type="gramStart"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>Junio</w:t>
       </w:r>
+      <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="00277F61">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> 202</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>2</w:t>
       </w:r>
       <w:r w:rsidRPr="00277F61">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">    </w:t>
       </w:r>
       <w:r w:rsidRPr="00277F61">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>Fecha Aceptación:</w:t>
       </w:r>
       <w:r w:rsidRPr="00277F61">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
+      <w:proofErr w:type="gramStart"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
         </w:rPr>
-        <w:t>Enero 2023</w:t>
+        <w:t>Enero</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2023</w:t>
       </w:r>
       <w:r w:rsidRPr="00277F61">
         <w:br/>
       </w:r>
-      <w:r>
+      <w:r w:rsidR="00000000">
         <w:pict w14:anchorId="02D0F6B2">
           <v:rect id="_x0000_i1025" style="width:446.5pt;height:1.5pt" o:hralign="center" o:hrstd="t" o:hr="t" fillcolor="#a0a0a0" stroked="f"/>
         </w:pict>
       </w:r>
     </w:p>
     <w:p w14:paraId="00DA786D" w14:textId="77777777" w:rsidR="0049034A" w:rsidRPr="0049034A" w:rsidRDefault="0049034A">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
           <w:color w:val="242424"/>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="6FDE8A86" w14:textId="77777777" w:rsidR="00097F4C" w:rsidRDefault="00000000">
+    <w:p w14:paraId="6FDE8A86" w14:textId="77777777" w:rsidR="00097F4C" w:rsidRDefault="00000000" w:rsidP="00133ABB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00133ABB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>Introducción</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="47753994" w14:textId="77777777" w:rsidR="00097F4C" w:rsidRDefault="00000000">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:b/>
-[...15 lines deleted...]
-    <w:p w14:paraId="47753994" w14:textId="77777777" w:rsidR="00097F4C" w:rsidRDefault="00000000">
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>La formación docente de los profesionales de licenciatura, maestría y doctorado que imparten clases en el sistema educativo superior de México, en un alto porcentaje, carecen de una preparación y formación formal en los métodos y técnicas de la didáctica y la docencia. Es decir, su ejercicio docente se lleva a cabo de manera empírica. Este empirismo docente se apoya en la experiencia que vieron y vivieron durante su formación profesional y de posgrado.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="772EC931" w14:textId="77777777" w:rsidR="00097F4C" w:rsidRDefault="00000000">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>La formación docente de los profesionales de licenciatura, maestría y doctorado que imparten clases en el sistema educativo superior de México, en un alto porcentaje, carecen de una preparación y formación formal en los métodos y técnicas de la didáctica y la docencia. Es decir, su ejercicio docente se lleva a cabo de manera empírica. Este empirismo docente se apoya en la experiencia que vieron y vivieron durante su formación profesional y de posgrado.</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="772EC931" w14:textId="77777777" w:rsidR="00097F4C" w:rsidRDefault="00000000">
+        <w:tab/>
+        <w:t>La afirmación anterior se apoya en lo anotado sobre el tema por diversos autores. Así, se advierte en el artículo de Emilio Ortiz Torres y Ma. de los Ángeles Mariño (2011), que resalta la necesidad e importancia de combinar la psicología y la didáctica para un buen desempeño docente de los profesionistas de licenciatura, maestría y doctorado que se dedican a impartir clases en la educación superior.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="Ancladenotaalpie"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:footnoteReference w:id="1"/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="58E94241" w14:textId="77777777" w:rsidR="00097F4C" w:rsidRDefault="00000000">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
-        <w:t>La afirmación anterior se apoya en lo anotado sobre el tema por diversos autores. Así, se advierte en el artículo de Emilio Ortiz Torres y Ma. de los Ángeles Mariño (2011), que resalta la necesidad e importancia de combinar la psicología y la didáctica para un buen desempeño docente de los profesionistas de licenciatura, maestría y doctorado que se dedican a impartir clases en la educación superior.</w:t>
+        <w:t>En 2014, Abel Pérez Ruiz anota que “Hacia 1926… se empieza a atender la creciente incorporación de docentes sin una preparación especializada en el campo educativo”</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Ancladenotaalpie"/>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:footnoteReference w:id="1"/>
-[...2 lines deleted...]
-    <w:p w14:paraId="58E94241" w14:textId="77777777" w:rsidR="00097F4C" w:rsidRDefault="00000000">
+        <w:footnoteReference w:id="2"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> de la educación básica.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="079F8F5C" w14:textId="77777777" w:rsidR="00097F4C" w:rsidRDefault="00000000">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
-        <w:t>En 2014, Abel Pérez Ruiz anota que “Hacia 1926… se empieza a atender la creciente incorporación de docentes sin una preparación especializada en el campo educativo”</w:t>
+        <w:t>José de Jesús Puga Olmedo y Antonio Saldaña Salazar</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Ancladenotaalpie"/>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:footnoteReference w:id="2"/>
-[...10 lines deleted...]
-    <w:p w14:paraId="079F8F5C" w14:textId="77777777" w:rsidR="00097F4C" w:rsidRDefault="00000000">
+        <w:footnoteReference w:id="3"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, en 2016, exponen la necesidad de una profesionalización de la docencia de los profesionistas de cualquier disciplina que trabajan como profesores en la educación superior. También anotan que no es </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>suficiente tomar cursos aislados de didáctica por parte de los profesionistas, que ofertan las instituciones de educación superior, tanto públicas como privadas.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0F4B6470" w14:textId="77777777" w:rsidR="00097F4C" w:rsidRDefault="00097F4C">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...26 lines deleted...]
-    <w:p w14:paraId="0F4B6470" w14:textId="77777777" w:rsidR="00097F4C" w:rsidRDefault="00097F4C">
+    </w:p>
+    <w:p w14:paraId="5A58D003" w14:textId="77777777" w:rsidR="00097F4C" w:rsidRDefault="00000000">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-    <w:p w14:paraId="5A58D003" w14:textId="77777777" w:rsidR="00097F4C" w:rsidRDefault="00000000">
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>En 2017, Carlos Alberto Rojas González en su artículo “La profesionalización del docente universitario: un reto”</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="Ancladenotaalpie"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:footnoteReference w:id="4"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>, señala que la limitación en la formación del profesor universitario se debe a que estos profesores no tuvieron una formación intencionada para ser profesores universitarios. Por lo tanto, afirma que no existen instituciones encargadas ni especializadas en la formación de docentes, lo que propicia mucha dispersión en la profesionalización de la docencia en la educación superior.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1C30ED31" w14:textId="77777777" w:rsidR="00097F4C" w:rsidRDefault="00000000">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>En 2017, Carlos Alberto Rojas González en su artículo “La profesionalización del docente universitario: un reto”</w:t>
+        <w:tab/>
+        <w:t>El artículo “Así son los docentes de educación superior en México”</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Ancladenotaalpie"/>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:footnoteReference w:id="4"/>
-[...19 lines deleted...]
-    <w:p w14:paraId="1C30ED31" w14:textId="77777777" w:rsidR="00097F4C" w:rsidRDefault="00000000">
+        <w:footnoteReference w:id="5"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> anota que, en el cuarto trimestre del 2019, existían en México 232,000 profesionistas impartiendo clases en la educación superior. Anota también que, de esta cantidad (232,000), solo 46,000 cuentan con formación académica en ciencias de la educación, es decir, aproximadamente un 20%.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1C082C12" w14:textId="77777777" w:rsidR="00097F4C" w:rsidRPr="0049034A" w:rsidRDefault="00000000">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
-        <w:t>El artículo “Así son los docentes de educación superior en México”</w:t>
-[...1 lines deleted...]
-      <w:r>
+        <w:t xml:space="preserve">Luisa Guillermina Ramírez Mazariego, en su trabajo sobre la profesionalización docente, esboza algunas actividades que, a su juicio, pueden mejorar la docencia universitaria. Estas recomendaciones son: 1) organizar y llevar a la práctica situaciones de aprendizaje, 2) gestionar la progresión de los aprendizajes, 3) fomentar estrategias de </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0049034A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>inclusión, 4) implicar a los alumnos en su aprendizaje y en su trabajo, 5) trabajar en equipo, 6) participar en la gestión escolar, 7) aprender y aplicar nuevas tecnologías, 8) cultivar la competencia comunicativa y 9.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0049034A">
         <w:rPr>
           <w:rStyle w:val="Ancladenotaalpie"/>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:footnoteReference w:id="5"/>
-[...10 lines deleted...]
-    <w:p w14:paraId="1C082C12" w14:textId="77777777" w:rsidR="00097F4C" w:rsidRPr="0049034A" w:rsidRDefault="00000000">
+        <w:footnoteReference w:id="6"/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="008F7C05" w14:textId="77777777" w:rsidR="00097F4C" w:rsidRPr="0049034A" w:rsidRDefault="00097F4C">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...26 lines deleted...]
-    <w:p w14:paraId="008F7C05" w14:textId="77777777" w:rsidR="00097F4C" w:rsidRPr="0049034A" w:rsidRDefault="00097F4C">
+    </w:p>
+    <w:p w14:paraId="1B957840" w14:textId="77777777" w:rsidR="00097F4C" w:rsidRDefault="00000000">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-    <w:p w14:paraId="1B957840" w14:textId="77777777" w:rsidR="00097F4C" w:rsidRDefault="00000000">
+      <w:r w:rsidRPr="0049034A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Para cerrar esta breve exposición, se anota que en el 2021 los autores Engelbert Eduardo Linares González y otros</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0049034A">
+        <w:rPr>
+          <w:rStyle w:val="Ancladenotaalpie"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:footnoteReference w:id="7"/>
+      </w:r>
+      <w:r w:rsidRPr="0049034A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, señalan que la profesionalización docente demanda un amplio </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0049034A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>conocimiento pedagógico y una competencia didáctica, por un lado; y por otro, Mercedes de Agüero Servín y otros</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0049034A">
+        <w:rPr>
+          <w:rStyle w:val="Ancladenotaalpie"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:footnoteReference w:id="8"/>
+      </w:r>
+      <w:r w:rsidRPr="0049034A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>, anotan que en la “investigación en educación superior no se encontraron planes de estudio, análisis de la evaluación de programas de formación docente,… referentes a la formación y desarrollo profesional de docentes universitarios en servicio;” así como de la carencia de “conocimiento fundamental acerca de cómo</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> se forman los profesores para la docencia en las Instituciones de Educación Superior [IES].” Por último, estos mismos autores señalan que la “cantidad de profesores que no reciben formación para la docencia, tanto en el nivel medio superior como superior es desafiante</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>,”  y</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> que “no se tienen cifras exactas acerca de quienes reciben formación para la enseñanza, [así como] tampoco acerca del impacto en los resultados del aprendizaje ni en la mejora de la docencia.”</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5032FE13" w14:textId="77777777" w:rsidR="00097F4C" w:rsidRDefault="00097F4C">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="0049034A">
-[...59 lines deleted...]
-    <w:p w14:paraId="5032FE13" w14:textId="77777777" w:rsidR="00097F4C" w:rsidRDefault="00097F4C">
+    </w:p>
+    <w:p w14:paraId="4F4A078A" w14:textId="77777777" w:rsidR="00097F4C" w:rsidRDefault="00000000">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-    <w:p w14:paraId="4F4A078A" w14:textId="77777777" w:rsidR="00097F4C" w:rsidRDefault="00000000">
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Es interesante señalar </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>que</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> en ninguno de los documentos revisados, se advierte la necesidad o posibilidad de hacer obligatorio, por parte del Estado, la preparación y formación oficial previa en la didáctica y la docencia, de los profesionistas como abogados, médicos, ingenieros, etc., que aspiren a trabajar como docentes en la IES. Tampoco se encontraron propuestas de un plan de capacitación formal para corregir la falta de profesionalización del trabajo docente que se practica en el sistema educativo superior del país.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="66101930" w14:textId="77777777" w:rsidR="00097F4C" w:rsidRDefault="00097F4C">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...8 lines deleted...]
-    <w:p w14:paraId="66101930" w14:textId="77777777" w:rsidR="00097F4C" w:rsidRDefault="00097F4C">
+    </w:p>
+    <w:p w14:paraId="12A34166" w14:textId="77777777" w:rsidR="00097F4C" w:rsidRDefault="00000000">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="24"/>
-[...9 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="00133ABB">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:sz w:val="24"/>
-[...2 lines deleted...]
-        <w:t>Objetivo.</w:t>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>Objetivo</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1C109C4E" w14:textId="77777777" w:rsidR="00097F4C" w:rsidRDefault="00000000">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>El propósito de este ejercicio de investigación, es establecer una aproximación de la relación que existe entre el objetivo docente de los programas de maestría en Derecho que se oferta en las 32 universidades públicas (autónomas) del Estado Mexicano, con el perfil de egreso y con el contenido del plan de estudios (retícula) de sus programas educativos, programas que se conocen también como currículum educativo. Esta acción es para detectar en qué medida los programas de maestría, en este caso del Derecho, apoyan o participan en la profesionalización de la docencia universitaria del país.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4449234B" w14:textId="77777777" w:rsidR="00097F4C" w:rsidRDefault="00097F4C">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
@@ -1112,75 +1653,92 @@
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="2C5A38EC" w14:textId="77777777" w:rsidR="00097F4C" w:rsidRDefault="00000000">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Con las definiciones que se establecen de los términos enlistados, se procedió a buscar y recoger, por medio del internet, la información relacionada con: el objetivo curricular de un  programa de maestría en Derecho de 30 universidades públicas del país; el perfil de egreso; y el plan de estudios (retícula) de cada programa. Con la información recogida se elaboró una tabla comparativa de 8 columnas. En cada una de estas columnas, se registraron los siguientes datos:</w:t>
+        <w:t xml:space="preserve">Con las definiciones que se establecen de los términos enlistados, se procedió a buscar y recoger, por medio del internet, la información relacionada con: el objetivo curricular de </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>un  programa</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> de maestría en Derecho de 30 universidades públicas del país; el perfil de egreso; y el plan de estudios (retícula) de cada programa. Con la información recogida se elaboró una tabla comparativa de 8 columnas. En cada una de estas columnas, se registraron los siguientes datos:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1C467CB2" w14:textId="77777777" w:rsidR="00097F4C" w:rsidRDefault="00000000">
       <w:pPr>
         <w:pStyle w:val="Prrafodelista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="8"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>Siglas del nombre de la universidad.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="572A6CAA" w14:textId="77777777" w:rsidR="00097F4C" w:rsidRDefault="00000000">
       <w:pPr>
         <w:pStyle w:val="Prrafodelista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="8"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Nombre de la maestría.</w:t>
@@ -1275,57 +1833,67 @@
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Materia de docencia optativa. Para indicar si el plan de estudio (retícula) cuenta con una o más materias de docencia, con carácter de optativa.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5653368C" w14:textId="77777777" w:rsidR="00097F4C" w:rsidRDefault="00000000">
       <w:pPr>
         <w:pStyle w:val="Prrafodelista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="8"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...5 lines deleted...]
-        <w:t>Total de materias a cursar del programa de la maestría.</w:t>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Total</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> de materias a cursar del programa de la maestría.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="516082BC" w14:textId="77777777" w:rsidR="00097F4C" w:rsidRDefault="00000000">
       <w:pPr>
         <w:pStyle w:val="Prrafodelista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="8"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Modalidad. Para señalar si el programa de maestría es profesionalizante, de investigación, o docente.</w:t>
       </w:r>
@@ -1365,50 +1933,51 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>MAESTRIA EN DERECHO DE LAS UNIVERSIDADES AUTONOMAS DE LA REPUBLICA MEXICANA</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="37BFA528" w14:textId="77777777" w:rsidR="00097F4C" w:rsidRDefault="00000000">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>PROFESIONALIZACION DE LA DOCENCIA</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4E2FAED8" w14:textId="77777777" w:rsidR="00097F4C" w:rsidRDefault="00097F4C">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="165380F8" w14:textId="77777777" w:rsidR="00097F4C" w:rsidRDefault="00000000">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
@@ -2092,52 +2661,62 @@
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">No incluye </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1193" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="7ED366C2" w14:textId="77777777" w:rsidR="00097F4C" w:rsidRDefault="00000000">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>No doc</w:t>
-            </w:r>
+              <w:t xml:space="preserve">No </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>doc</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1333" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="0F1A1EA9" w14:textId="77777777" w:rsidR="00097F4C" w:rsidRDefault="00000000">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>0</w:t>
             </w:r>
           </w:p>
         </w:tc>
@@ -2161,52 +2740,62 @@
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>0</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1135" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="21DD8072" w14:textId="77777777" w:rsidR="00097F4C" w:rsidRDefault="00000000">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>Sin informac</w:t>
-            </w:r>
+              <w:t xml:space="preserve">Sin </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>informac</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1272" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="499559AC" w14:textId="77777777" w:rsidR="00097F4C" w:rsidRDefault="00097F4C">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00097F4C" w14:paraId="10698086" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1416" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="2693C366" w14:textId="77777777" w:rsidR="00097F4C" w:rsidRDefault="00000000">
             <w:pPr>
@@ -2288,52 +2877,62 @@
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>NO incluye</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1193" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="0675075E" w14:textId="77777777" w:rsidR="00097F4C" w:rsidRDefault="00000000">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>No doc</w:t>
-            </w:r>
+              <w:t xml:space="preserve">No </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>doc</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1333" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="52A859F1" w14:textId="77777777" w:rsidR="00097F4C" w:rsidRDefault="00000000">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>0</w:t>
             </w:r>
           </w:p>
         </w:tc>
@@ -2510,52 +3109,62 @@
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>NO incluye</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1193" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="0A3F8FFA" w14:textId="77777777" w:rsidR="00097F4C" w:rsidRDefault="00000000">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>No doc</w:t>
-            </w:r>
+              <w:t xml:space="preserve">No </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>doc</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1333" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="43831BDF" w14:textId="77777777" w:rsidR="00097F4C" w:rsidRDefault="00000000">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>0</w:t>
             </w:r>
           </w:p>
         </w:tc>
@@ -2673,75 +3282,95 @@
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>DERECHO</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1303" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="1995130D" w14:textId="77777777" w:rsidR="00097F4C" w:rsidRDefault="00000000">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>Incluye doc</w:t>
-            </w:r>
+              <w:t xml:space="preserve">Incluye </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>doc</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1193" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="07088CE7" w14:textId="77777777" w:rsidR="00097F4C" w:rsidRDefault="00000000">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>No doc</w:t>
-            </w:r>
+              <w:t xml:space="preserve">No </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>doc</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1333" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="6E122FB7" w14:textId="77777777" w:rsidR="00097F4C" w:rsidRDefault="00000000">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>0</w:t>
             </w:r>
           </w:p>
         </w:tc>
@@ -2788,52 +3417,80 @@
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>16</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1272" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="3C7E9CBB" w14:textId="77777777" w:rsidR="00097F4C" w:rsidRDefault="00000000">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>Profes, invest y doc</w:t>
-            </w:r>
+              <w:t xml:space="preserve">Profes, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>invest</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> y </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>doc</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00097F4C" w14:paraId="69BEC6CB" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1416" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="64DA91CF" w14:textId="77777777" w:rsidR="00097F4C" w:rsidRDefault="00000000">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>6 UACH</w:t>
             </w:r>
@@ -2974,52 +3631,80 @@
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>16</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1272" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="70E058E2" w14:textId="77777777" w:rsidR="00097F4C" w:rsidRDefault="00000000">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>Profes, invest y doc</w:t>
-            </w:r>
+              <w:t xml:space="preserve">Profes, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>invest</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> y </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>doc</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00097F4C" w14:paraId="674C7932" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1416" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="56DD3AC7" w14:textId="77777777" w:rsidR="00097F4C" w:rsidRDefault="00000000">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>7 UACOAH</w:t>
             </w:r>
@@ -3045,52 +3730,62 @@
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>DERECHO</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1303" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="1DE98127" w14:textId="77777777" w:rsidR="00097F4C" w:rsidRDefault="00000000">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>Incluye doc</w:t>
-            </w:r>
+              <w:t xml:space="preserve">Incluye </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>doc</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1193" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="220C8100" w14:textId="77777777" w:rsidR="00097F4C" w:rsidRDefault="00000000">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Docente</w:t>
             </w:r>
           </w:p>
         </w:tc>
@@ -3160,52 +3855,80 @@
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>35</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1272" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="2D1DB243" w14:textId="77777777" w:rsidR="00097F4C" w:rsidRDefault="00000000">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>Profes, invest y doc</w:t>
-            </w:r>
+              <w:t xml:space="preserve">Profes, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>invest</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> y </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>doc</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00097F4C" w14:paraId="52122C2D" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1416" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="7BD27097" w14:textId="77777777" w:rsidR="00097F4C" w:rsidRDefault="00000000">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>8 UCOL</w:t>
             </w:r>
@@ -3254,52 +3977,62 @@
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>No incluye</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1193" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="2FE034CE" w14:textId="77777777" w:rsidR="00097F4C" w:rsidRDefault="00000000">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>No doc</w:t>
-            </w:r>
+              <w:t xml:space="preserve">No </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>doc</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1333" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="475699AD" w14:textId="77777777" w:rsidR="00097F4C" w:rsidRDefault="00000000">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>0</w:t>
             </w:r>
           </w:p>
         </w:tc>
@@ -3417,52 +4150,62 @@
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>DERECHO</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1303" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="3F7165AC" w14:textId="77777777" w:rsidR="00097F4C" w:rsidRDefault="00000000">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>Incluye doc</w:t>
-            </w:r>
+              <w:t xml:space="preserve">Incluye </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>doc</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1193" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="7C565D4F" w14:textId="77777777" w:rsidR="00097F4C" w:rsidRDefault="00000000">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Docente</w:t>
             </w:r>
           </w:p>
         </w:tc>
@@ -3526,57 +4269,85 @@
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>16</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1272" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="7A788747" w14:textId="77777777" w:rsidR="00097F4C" w:rsidRDefault="00000000">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...5 lines deleted...]
-              <w:t xml:space="preserve">Invest y doc </w:t>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Invest</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> y </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>doc</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00097F4C" w14:paraId="59BE5B5E" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1416" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="50AD30CD" w14:textId="77777777" w:rsidR="00097F4C" w:rsidRDefault="00000000">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>10 UJED</w:t>
@@ -3603,52 +4374,62 @@
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>DERECHO</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1303" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="7808F174" w14:textId="77777777" w:rsidR="00097F4C" w:rsidRDefault="00000000">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>Incluye doc</w:t>
-            </w:r>
+              <w:t xml:space="preserve">Incluye </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>doc</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1193" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="0A23E202" w14:textId="77777777" w:rsidR="00097F4C" w:rsidRDefault="00000000">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Docente</w:t>
             </w:r>
           </w:p>
         </w:tc>
@@ -3722,52 +4503,80 @@
               </w:rPr>
               <w:t>20</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1272" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="1B6DAE24" w14:textId="77777777" w:rsidR="00097F4C" w:rsidRDefault="00000000">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>Profes, invest y doc</w:t>
-            </w:r>
+              <w:t xml:space="preserve">Profes, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>invest</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> y </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>doc</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00097F4C" w14:paraId="5E8D0D9A" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1416" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="76C3F924" w14:textId="77777777" w:rsidR="00097F4C" w:rsidRDefault="00000000">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>11 UAEM</w:t>
             </w:r>
@@ -3817,52 +4626,62 @@
               </w:rPr>
               <w:t>No incluye</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1193" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="4C7D6EBA" w14:textId="77777777" w:rsidR="00097F4C" w:rsidRDefault="00000000">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>No doc</w:t>
-            </w:r>
+              <w:t xml:space="preserve">No </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>doc</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1333" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="030DA779" w14:textId="77777777" w:rsidR="00097F4C" w:rsidRDefault="00000000">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>0</w:t>
             </w:r>
           </w:p>
         </w:tc>
@@ -4177,52 +4996,62 @@
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>DERECHO</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1303" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="3DCF28B9" w14:textId="77777777" w:rsidR="00097F4C" w:rsidRDefault="00000000">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>Incluye doc</w:t>
-            </w:r>
+              <w:t xml:space="preserve">Incluye </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>doc</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1193" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="4F5A0624" w14:textId="77777777" w:rsidR="00097F4C" w:rsidRDefault="00000000">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Docente</w:t>
             </w:r>
           </w:p>
         </w:tc>
@@ -4386,52 +5215,62 @@
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>No incluye</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1193" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="7A712118" w14:textId="77777777" w:rsidR="00097F4C" w:rsidRDefault="00000000">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>No doc</w:t>
-            </w:r>
+              <w:t xml:space="preserve">No </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>doc</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1333" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="610F9D6A" w14:textId="77777777" w:rsidR="00097F4C" w:rsidRDefault="00000000">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>0</w:t>
             </w:r>
           </w:p>
         </w:tc>
@@ -4572,52 +5411,62 @@
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>No incluye</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1193" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="21BC9E8E" w14:textId="77777777" w:rsidR="00097F4C" w:rsidRDefault="00000000">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>No doc</w:t>
-            </w:r>
+              <w:t xml:space="preserve">No </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>doc</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1333" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="5C1B6E3F" w14:textId="77777777" w:rsidR="00097F4C" w:rsidRDefault="00000000">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>0</w:t>
             </w:r>
           </w:p>
         </w:tc>
@@ -4689,99 +5538,108 @@
               <w:t>Profes</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00097F4C" w14:paraId="3D971C69" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1416" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="0D2A905B" w14:textId="77777777" w:rsidR="00097F4C" w:rsidRDefault="00000000">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
               <w:t>16 UMICH (MICH)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1986" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="34F09DFE" w14:textId="77777777" w:rsidR="00097F4C" w:rsidRDefault="00000000">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>DERECHO CON OPCIONES</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1303" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="0DE9F630" w14:textId="77777777" w:rsidR="00097F4C" w:rsidRDefault="00000000">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>Incluye doc</w:t>
-            </w:r>
+              <w:t xml:space="preserve">Incluye </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>doc</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1193" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="63964BE7" w14:textId="77777777" w:rsidR="00097F4C" w:rsidRDefault="00000000">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Docente</w:t>
             </w:r>
           </w:p>
         </w:tc>
@@ -4922,75 +5780,103 @@
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>DERECHO</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1303" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="5CE60154" w14:textId="77777777" w:rsidR="00097F4C" w:rsidRDefault="00000000">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t xml:space="preserve">Incluye doc </w:t>
+              <w:t xml:space="preserve">Incluye </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>doc</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1193" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="7ECDC9FB" w14:textId="77777777" w:rsidR="00097F4C" w:rsidRDefault="00000000">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>No doc</w:t>
-            </w:r>
+              <w:t xml:space="preserve">No </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>doc</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1333" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="37CAAA8E" w14:textId="77777777" w:rsidR="00097F4C" w:rsidRDefault="00000000">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
@@ -5108,75 +5994,95 @@
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>DERECHO</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1303" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="051A5BE3" w14:textId="77777777" w:rsidR="00097F4C" w:rsidRDefault="00000000">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>Incluye doc</w:t>
-            </w:r>
+              <w:t xml:space="preserve">Incluye </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>doc</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1193" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="5F43CA89" w14:textId="77777777" w:rsidR="00097F4C" w:rsidRDefault="00000000">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>No doc</w:t>
-            </w:r>
+              <w:t xml:space="preserve">No </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>doc</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1333" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="46BDD704" w14:textId="77777777" w:rsidR="00097F4C" w:rsidRDefault="00000000">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>0</w:t>
             </w:r>
           </w:p>
         </w:tc>
@@ -5317,52 +6223,62 @@
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>No incluye</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1193" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="13A6E72D" w14:textId="77777777" w:rsidR="00097F4C" w:rsidRDefault="00000000">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>No doc</w:t>
-            </w:r>
+              <w:t xml:space="preserve">No </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>doc</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1333" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="04FF5722" w14:textId="77777777" w:rsidR="00097F4C" w:rsidRDefault="00000000">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>0</w:t>
             </w:r>
           </w:p>
         </w:tc>
@@ -5409,52 +6325,62 @@
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>14</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1272" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="5AF0144F" w14:textId="77777777" w:rsidR="00097F4C" w:rsidRDefault="00000000">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>Profes, invest</w:t>
-            </w:r>
+              <w:t xml:space="preserve">Profes, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>invest</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00097F4C" w14:paraId="1362B7C2" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1416" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="31FDFB75" w14:textId="77777777" w:rsidR="00097F4C" w:rsidRDefault="00000000">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>20 UABJO</w:t>
             </w:r>
@@ -5480,75 +6406,95 @@
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>DERECHO CONSTITUCION</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1303" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="7C60918E" w14:textId="77777777" w:rsidR="00097F4C" w:rsidRDefault="00000000">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>Incluye doc</w:t>
-            </w:r>
+              <w:t xml:space="preserve">Incluye </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>doc</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1193" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="1FBCF47E" w14:textId="77777777" w:rsidR="00097F4C" w:rsidRDefault="00000000">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>No doc</w:t>
-            </w:r>
+              <w:t xml:space="preserve">No </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>doc</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1333" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="2EFC3BA6" w14:textId="77777777" w:rsidR="00097F4C" w:rsidRDefault="00000000">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
@@ -5595,51 +6541,69 @@
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>20</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1272" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="671E6056" w14:textId="77777777" w:rsidR="00097F4C" w:rsidRDefault="00000000">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t xml:space="preserve">Profes, doc </w:t>
+              <w:t xml:space="preserve">Profes, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>doc</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00097F4C" w14:paraId="56E3F1E1" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1416" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="4D305243" w14:textId="77777777" w:rsidR="00097F4C" w:rsidRDefault="00000000">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>21 BUAP</w:t>
@@ -5775,57 +6739,67 @@
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>14</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1272" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="38A2C172" w14:textId="77777777" w:rsidR="00097F4C" w:rsidRDefault="00000000">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...5 lines deleted...]
-              <w:t xml:space="preserve">Invest </w:t>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Invest</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00097F4C" w14:paraId="3AFF4D8D" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1416" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="01C318D0" w14:textId="77777777" w:rsidR="00097F4C" w:rsidRDefault="00000000">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>22 UAQ</w:t>
@@ -5852,52 +6826,62 @@
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>DERECHO</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1303" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="4ED8F97F" w14:textId="77777777" w:rsidR="00097F4C" w:rsidRDefault="00000000">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>Incluye doc</w:t>
-            </w:r>
+              <w:t xml:space="preserve">Incluye </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>doc</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1193" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="74E86BE1" w14:textId="77777777" w:rsidR="00097F4C" w:rsidRDefault="00000000">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Docente</w:t>
             </w:r>
           </w:p>
         </w:tc>
@@ -5961,57 +6945,85 @@
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>16</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1272" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="00D308A5" w14:textId="77777777" w:rsidR="00097F4C" w:rsidRDefault="00000000">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...5 lines deleted...]
-              <w:t xml:space="preserve">Invest, doc </w:t>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Invest</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>doc</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00097F4C" w14:paraId="2534A12D" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1416" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="6F4EE91F" w14:textId="77777777" w:rsidR="00097F4C" w:rsidRDefault="00000000">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>23 UAQR</w:t>
@@ -6176,52 +7188,62 @@
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>DERECHO</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1303" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="30225776" w14:textId="77777777" w:rsidR="00097F4C" w:rsidRDefault="00000000">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>Incluye doc</w:t>
-            </w:r>
+              <w:t xml:space="preserve">Incluye </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>doc</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1193" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="308220A3" w14:textId="77777777" w:rsidR="00097F4C" w:rsidRDefault="00000000">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Docente</w:t>
             </w:r>
           </w:p>
         </w:tc>
@@ -6291,52 +7313,80 @@
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>12</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1272" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="504ECA56" w14:textId="77777777" w:rsidR="00097F4C" w:rsidRDefault="00000000">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>Profes, invest, doc</w:t>
-            </w:r>
+              <w:t xml:space="preserve">Profes, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>invest</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>doc</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00097F4C" w14:paraId="0F4EEF0E" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1416" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="3841CE97" w14:textId="77777777" w:rsidR="00097F4C" w:rsidRDefault="00000000">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>25 UAS</w:t>
             </w:r>
@@ -6362,75 +7412,95 @@
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>CIENCIAS DE DERECHO</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1303" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="2C10238C" w14:textId="77777777" w:rsidR="00097F4C" w:rsidRDefault="00000000">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>Incluye doc</w:t>
-            </w:r>
+              <w:t xml:space="preserve">Incluye </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>doc</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1193" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="02307C91" w14:textId="77777777" w:rsidR="00097F4C" w:rsidRDefault="00000000">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>No doc</w:t>
-            </w:r>
+              <w:t xml:space="preserve">No </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>doc</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1333" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="19277DD3" w14:textId="77777777" w:rsidR="00097F4C" w:rsidRDefault="00000000">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>0</w:t>
             </w:r>
           </w:p>
         </w:tc>
@@ -6477,52 +7547,62 @@
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>16</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1272" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="5293E898" w14:textId="77777777" w:rsidR="00097F4C" w:rsidRDefault="00000000">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>Profes, invest</w:t>
-            </w:r>
+              <w:t xml:space="preserve">Profes, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>invest</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00097F4C" w14:paraId="1B0CEB78" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1416" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="6235ABC6" w14:textId="77777777" w:rsidR="00097F4C" w:rsidRDefault="00000000">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>26 UNISON</w:t>
             </w:r>
@@ -6571,52 +7651,62 @@
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>No incluye</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1193" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="0328EA78" w14:textId="77777777" w:rsidR="00097F4C" w:rsidRDefault="00000000">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>No doc</w:t>
-            </w:r>
+              <w:t xml:space="preserve">No </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>doc</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1333" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="53B7A468" w14:textId="77777777" w:rsidR="00097F4C" w:rsidRDefault="00000000">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>0</w:t>
             </w:r>
           </w:p>
         </w:tc>
@@ -6663,52 +7753,62 @@
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>16</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1272" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="1B0146FC" w14:textId="77777777" w:rsidR="00097F4C" w:rsidRDefault="00000000">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>Profes, invest</w:t>
-            </w:r>
+              <w:t xml:space="preserve">Profes, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>invest</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00097F4C" w14:paraId="08FE697F" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1416" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="59B21DBA" w14:textId="77777777" w:rsidR="00097F4C" w:rsidRDefault="00000000">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>27 UATAB</w:t>
             </w:r>
@@ -6757,52 +7857,62 @@
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>No incluye</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1193" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="53C90C54" w14:textId="77777777" w:rsidR="00097F4C" w:rsidRDefault="00000000">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>No doc</w:t>
-            </w:r>
+              <w:t xml:space="preserve">No </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>doc</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1333" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="62EADD83" w14:textId="77777777" w:rsidR="00097F4C" w:rsidRDefault="00000000">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
@@ -6849,52 +7959,62 @@
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>16</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1272" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="5AAF0FCF" w14:textId="77777777" w:rsidR="00097F4C" w:rsidRDefault="00000000">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>Profes, invest</w:t>
-            </w:r>
+              <w:t xml:space="preserve">Profes, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>invest</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00097F4C" w14:paraId="32AD545D" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1416" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="2321D2D4" w14:textId="77777777" w:rsidR="00097F4C" w:rsidRDefault="00000000">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>28 UATAM</w:t>
             </w:r>
@@ -7029,58 +8149,80 @@
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>16</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1272" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="3043C36F" w14:textId="77777777" w:rsidR="00097F4C" w:rsidRDefault="00000000">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...6 lines deleted...]
-            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:proofErr w:type="gramStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Invest</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">,  </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>doc</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:proofErr w:type="gramEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00097F4C" w14:paraId="4E371811" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1416" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="3E8A41DC" w14:textId="77777777" w:rsidR="00097F4C" w:rsidRDefault="00000000">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>29 UATLA</w:t>
             </w:r>
@@ -7147,52 +8289,62 @@
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>No incluye</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1193" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="47D4F977" w14:textId="77777777" w:rsidR="00097F4C" w:rsidRDefault="00000000">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>No doc</w:t>
-            </w:r>
+              <w:t xml:space="preserve">No </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>doc</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1333" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="507329B0" w14:textId="77777777" w:rsidR="00097F4C" w:rsidRDefault="00000000">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>0</w:t>
             </w:r>
           </w:p>
         </w:tc>
@@ -7333,52 +8485,62 @@
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>No incluye</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1193" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="085CF696" w14:textId="77777777" w:rsidR="00097F4C" w:rsidRDefault="00000000">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>No doc</w:t>
-            </w:r>
+              <w:t xml:space="preserve">No </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>doc</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1333" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="716C891E" w14:textId="77777777" w:rsidR="00097F4C" w:rsidRDefault="00000000">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>0</w:t>
             </w:r>
           </w:p>
         </w:tc>
@@ -7450,50 +8612,51 @@
               <w:t>Profes</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00097F4C" w14:paraId="2522A123" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1416" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="5F4F04EA" w14:textId="77777777" w:rsidR="00097F4C" w:rsidRDefault="00000000">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>31 UAY</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1986" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="757C67AF" w14:textId="77777777" w:rsidR="00097F4C" w:rsidRDefault="00000000">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>DERECHO PROCESAL CON OPCIONES TERMINALES</w:t>
             </w:r>
@@ -7519,52 +8682,62 @@
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>No incluye</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1193" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="3BDD095A" w14:textId="77777777" w:rsidR="00097F4C" w:rsidRDefault="00000000">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>No doc</w:t>
-            </w:r>
+              <w:t xml:space="preserve">No </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>doc</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1333" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="29BC95C4" w14:textId="77777777" w:rsidR="00097F4C" w:rsidRDefault="00000000">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>0</w:t>
             </w:r>
           </w:p>
         </w:tc>
@@ -7682,52 +8855,62 @@
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>DOCENCIA E INVESTIGACIÓN JURÍDICAS</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1303" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="1C313391" w14:textId="77777777" w:rsidR="00097F4C" w:rsidRDefault="00000000">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>Incluye doc</w:t>
-            </w:r>
+              <w:t xml:space="preserve">Incluye </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>doc</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1193" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="26940F3A" w14:textId="77777777" w:rsidR="00097F4C" w:rsidRDefault="00000000">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Docente</w:t>
             </w:r>
           </w:p>
         </w:tc>
@@ -7791,85 +8974,123 @@
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>21</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1272" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="09C6E8F4" w14:textId="77777777" w:rsidR="00097F4C" w:rsidRDefault="00000000">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...6 lines deleted...]
-            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Invest</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>doc</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="68EDDECE" w14:textId="77777777" w:rsidR="00097F4C" w:rsidRDefault="00097F4C">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="088963D9" w14:textId="77777777" w:rsidR="00097F4C" w:rsidRDefault="00000000">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Abreviaturas utilizadas en este cuadro: Doc=Docente; profes=profesionalizante; investig=investigación.</w:t>
+        <w:t xml:space="preserve">Abreviaturas utilizadas en este cuadro: Doc=Docente; profes=profesionalizante; </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>investig</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>=investigación.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="19C83B99" w14:textId="77777777" w:rsidR="00097F4C" w:rsidRDefault="00097F4C">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="31A3262A" w14:textId="77777777" w:rsidR="00097F4C" w:rsidRDefault="00000000">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
@@ -7943,60 +9164,51 @@
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>“Documento en el que se establece, claramente definido, el perfil gnoseológico (conocimiento), motriz (competencias y habilidades), y axiológico (actitudes y valores) que debe poseer un individuo al término de la etapa de un proceso en el que participa para su formación y preparación; considerando de manera lógica, cronológica y secuencial los recursos humanos, económico, material, metodológico y técnico que se utilicen para llevar a cabo dicho proceso.”</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Ancladenotaalpie"/>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:footnoteReference w:id="9"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Se recomienda que este documento cuente con los siguientes elementos: nombre de la profesión, objetivos curriculares, perfil de egreso, áreas académicas, </w:t>
-[...8 lines deleted...]
-        <w:t>plan de estudios (retícula), programa de cada materia o carta descriptiva, y, un sistema de evaluación.</w:t>
+        <w:t xml:space="preserve"> Se recomienda que este documento cuente con los siguientes elementos: nombre de la profesión, objetivos curriculares, perfil de egreso, áreas académicas, plan de estudios (retícula), programa de cada materia o carta descriptiva, y, un sistema de evaluación.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3825F071" w14:textId="77777777" w:rsidR="00097F4C" w:rsidRDefault="00097F4C">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="2285F705" w14:textId="77777777" w:rsidR="00097F4C" w:rsidRDefault="00000000">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
@@ -8045,70 +9257,89 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="2EB562FC" w14:textId="77777777" w:rsidR="00097F4C" w:rsidRDefault="00000000">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>Perfil de egreso.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7FA3349C" w14:textId="77777777" w:rsidR="00097F4C" w:rsidRDefault="00000000">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>“Retrato hablado, un dibujo a grandes rasgos con las características principales que [el alumno]  ha adquirido como resultado de haber transitado por un determinado sistema de enseñanza-aprendizaje.”</w:t>
+        <w:t>“Retrato hablado, un dibujo a grandes rasgos con las características principales que [el alumno</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>]  ha</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> adquirido como resultado de haber transitado por un determinado sistema de enseñanza-aprendizaje.”</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Ancladenotaalpie"/>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:footnoteReference w:id="11"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="3326476C" w14:textId="77777777" w:rsidR="00097F4C" w:rsidRDefault="00097F4C">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="5E8ED2B9" w14:textId="77777777" w:rsidR="00097F4C" w:rsidRDefault="00000000">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
@@ -8371,73 +9602,94 @@
         </w:rPr>
         <w:t xml:space="preserve"> o ejecutar algo. Título de maestro. Curso de posgrado en una determinada especialidad. (Real Academia Española)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0863C979" w14:textId="77777777" w:rsidR="00097F4C" w:rsidRDefault="00000000">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="202124"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="es-MX"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="202124"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="es-MX"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">*Gran habilidad y destreza para </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:color w:val="202124"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="es-MX"/>
         </w:rPr>
         <w:t>enseñar</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="202124"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="es-MX"/>
         </w:rPr>
-        <w:t xml:space="preserve"> o realizar algo. Grado y título de maestro, especialmente en un oficio técnico o manual. (Oxford Languages)</w:t>
+        <w:t xml:space="preserve"> o realizar algo. Grado y título de maestro, especialmente en un oficio técnico o manual. (Oxford </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="202124"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="es-MX"/>
+        </w:rPr>
+        <w:t>Languages</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="202124"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="es-MX"/>
+        </w:rPr>
+        <w:t>)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7734ED63" w14:textId="77777777" w:rsidR="00097F4C" w:rsidRDefault="00000000">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="202124"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="es-MX"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="202124"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="es-MX"/>
         </w:rPr>
         <w:t xml:space="preserve">Es recomendable poner atención en lo que significa la palabra maestría de acuerdo a estos tres documentos normativos de la lengua española: Arte y destreza para </w:t>
       </w:r>
@@ -8489,51 +9741,62 @@
         </w:rPr>
         <w:t>Procedimiento.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="12FFA771" w14:textId="77777777" w:rsidR="00097F4C" w:rsidRDefault="00000000">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="202124"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="es-MX"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="202124"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="es-MX"/>
         </w:rPr>
-        <w:t>La primera acción que se llevó a cabo, fue revisar la redacción del objetivo curricular del programa educativo de nivel maestría en Derecho, establecido en el reglamento de posgrado de la Universidad Nacional Autónoma de México (UNAM). Se toma como punto de referencia este reglamento, porque la UNAM, que además de ser la más antigua y grande del país, es la Institución de Educación Superior líder en la República Mexicana en la docencia y en la investigación, por un lado; y por otro, porque ha sido modelo a seguir para la organización y administración académica de las universidades que fueron surgiendo en las entidades federativas del país, tanto públicas como privadas. Modelo replicado y repetido, en muchos casos, de manera dispersa y desarticulada.</w:t>
+        <w:t xml:space="preserve">La primera acción que se llevó a cabo, fue revisar la redacción del objetivo curricular del programa educativo de nivel maestría en Derecho, establecido en el reglamento de posgrado </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="202124"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="es-MX"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>de la Universidad Nacional Autónoma de México (UNAM). Se toma como punto de referencia este reglamento, porque la UNAM, que además de ser la más antigua y grande del país, es la Institución de Educación Superior líder en la República Mexicana en la docencia y en la investigación, por un lado; y por otro, porque ha sido modelo a seguir para la organización y administración académica de las universidades que fueron surgiendo en las entidades federativas del país, tanto públicas como privadas. Modelo replicado y repetido, en muchos casos, de manera dispersa y desarticulada.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="74C75AF0" w14:textId="77777777" w:rsidR="00097F4C" w:rsidRDefault="00097F4C">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="202124"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="es-MX"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="1EF88E91" w14:textId="77777777" w:rsidR="00097F4C" w:rsidRDefault="00000000">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="202124"/>
           <w:sz w:val="24"/>
@@ -8555,82 +9818,90 @@
     <w:p w14:paraId="40822160" w14:textId="77777777" w:rsidR="00097F4C" w:rsidRDefault="00000000">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="3390"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="202124"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="es-MX"/>
         </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5B472B67" w14:textId="77777777" w:rsidR="00097F4C" w:rsidRDefault="00000000">
+    <w:p w14:paraId="5B472B67" w14:textId="77777777" w:rsidR="00097F4C" w:rsidRPr="00133ABB" w:rsidRDefault="00000000">
       <w:pPr>
         <w:pStyle w:val="Pa2"/>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-        </w:rPr>
-[...1 lines deleted...]
-      <w:r>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00133ABB">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>CAPÍTULO II</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5458EBDA" w14:textId="77777777" w:rsidR="00097F4C" w:rsidRDefault="00000000">
+    <w:p w14:paraId="5458EBDA" w14:textId="77777777" w:rsidR="00097F4C" w:rsidRPr="00133ABB" w:rsidRDefault="00000000">
       <w:pPr>
         <w:pStyle w:val="Pa2"/>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-        </w:rPr>
-[...1 lines deleted...]
-      <w:r>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00133ABB">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>DE LOS ESTUDIOS DE MAESTRÍA</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="725CF770" w14:textId="77777777" w:rsidR="00097F4C" w:rsidRDefault="00000000">
       <w:pPr>
         <w:pStyle w:val="Pa11"/>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Artículo 37.- </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
@@ -8758,113 +10029,132 @@
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="04C52CB4" w14:textId="77777777" w:rsidR="00097F4C" w:rsidRDefault="00000000">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">Es recomendable observar en este artículo 37, con particular atención, que el programa de maestría debe atender por lo menos uno de los tres objetivos anotados. Es común encontrar  </w:t>
+        <w:t xml:space="preserve">Es recomendable observar en este artículo 37, con particular atención, que el programa de maestría debe atender por lo menos uno de los tres objetivos anotados. Es común </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>encontrar  en</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> la redacción de los 30 objetivos revisados, la inclusión de manera dispersa e indiscriminada la inclusión de los 3 objetivos, sin considerar el tiempo disponible, generalmente 4 semestres, para el desarrollo del programa, por un lado; y por otro; el número </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t xml:space="preserve">en la redacción de los 30 objetivos revisados, la inclusión de manera dispersa e indiscriminada la inclusión de los 3 objetivos, sin considerar el tiempo disponible, generalmente 4 semestres, para el desarrollo del programa, por un lado; y por otro; el número de materias del plan de estudio (retícula) destinado a los objetivos de investigación, </w:t>
+        <w:t xml:space="preserve">de materias del plan de estudio (retícula) destinado a los objetivos de investigación, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>docencia</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> y profesionalización.  Revisar los objetivos de los 32 programas en el Anexo 1. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1B50B6A8" w14:textId="77777777" w:rsidR="00097F4C" w:rsidRDefault="00097F4C">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="202124"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="es-MX"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="027C0687" w14:textId="77777777" w:rsidR="00097F4C" w:rsidRDefault="00000000">
+    <w:p w14:paraId="027C0687" w14:textId="77777777" w:rsidR="00097F4C" w:rsidRPr="00133ABB" w:rsidRDefault="00000000" w:rsidP="00133ABB">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="202124"/>
-          <w:sz w:val="24"/>
-[...4 lines deleted...]
-      <w:r>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:eastAsia="es-MX"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00133ABB">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="202124"/>
-          <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
           <w:lang w:eastAsia="es-MX"/>
         </w:rPr>
         <w:t>Resultados.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6B13250F" w14:textId="77777777" w:rsidR="00097F4C" w:rsidRDefault="00000000">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:color w:val="202124"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="es-MX"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:color w:val="202124"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
@@ -10920,62 +12210,74 @@
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="es-MX"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="57EA92FF" w14:textId="77777777" w:rsidR="00097F4C" w:rsidRDefault="00000000">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="202124"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="es-MX"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="202124"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="es-MX"/>
         </w:rPr>
-        <w:t xml:space="preserve">Núm. de materias del  </w:t>
-      </w:r>
+        <w:t xml:space="preserve">Núm. de materias </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="202124"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="es-MX"/>
         </w:rPr>
+        <w:t xml:space="preserve">del  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="202124"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="es-MX"/>
+        </w:rPr>
         <w:tab/>
       </w:r>
+      <w:proofErr w:type="gramEnd"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="202124"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="es-MX"/>
         </w:rPr>
         <w:tab/>
         <w:t>Núm. de universidades</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5D161E39" w14:textId="77777777" w:rsidR="00097F4C" w:rsidRDefault="00000000">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="202124"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="es-MX"/>
         </w:rPr>
       </w:pPr>
       <w:r>
@@ -12007,508 +13309,574 @@
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="202124"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="es-MX"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="07048542" w14:textId="77777777" w:rsidR="00097F4C" w:rsidRDefault="00097F4C">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="202124"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="es-MX"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="5378ED79" w14:textId="77777777" w:rsidR="00097F4C" w:rsidRDefault="00000000">
+    <w:p w14:paraId="5378ED79" w14:textId="77777777" w:rsidR="00097F4C" w:rsidRPr="00133ABB" w:rsidRDefault="00000000" w:rsidP="00133ABB">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="202124"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="es-MX"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00133ABB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="202124"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="es-MX"/>
+        </w:rPr>
+        <w:t>Análisis.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="613B1325" w14:textId="77777777" w:rsidR="00097F4C" w:rsidRDefault="00000000">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:b/>
           <w:color w:val="202124"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="es-MX"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:b/>
           <w:color w:val="202124"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="es-MX"/>
         </w:rPr>
-        <w:t>Análisis.</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="613B1325" w14:textId="77777777" w:rsidR="00097F4C" w:rsidRDefault="00000000">
+        <w:t>Los hallazgos encontrados llevan a las siguientes reflexiones:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="325A6AA1" w14:textId="77777777" w:rsidR="00097F4C" w:rsidRDefault="00000000">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
           <w:color w:val="202124"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="es-MX"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
           <w:color w:val="202124"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="es-MX"/>
         </w:rPr>
-        <w:t>Los hallazgos encontrados llevan a las siguientes reflexiones:</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="325A6AA1" w14:textId="77777777" w:rsidR="00097F4C" w:rsidRDefault="00000000">
+        <w:t xml:space="preserve">*Significado de la palabra </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:i/>
+          <w:color w:val="202124"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="es-MX"/>
+        </w:rPr>
+        <w:t>maestría.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:color w:val="202124"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="es-MX"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="51B96373" w14:textId="77777777" w:rsidR="00097F4C" w:rsidRDefault="00000000">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="202124"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="es-MX"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="202124"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="es-MX"/>
+        </w:rPr>
+        <w:t xml:space="preserve">De acuerdo con los diccionarios (documentos normativos) de la lengua española, la palabra </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:color w:val="202124"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="es-MX"/>
         </w:rPr>
-      </w:pPr>
+        <w:t>maestría</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="202124"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="es-MX"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> significa: Habilidad y destreza para </w:t>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:color w:val="202124"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="es-MX"/>
         </w:rPr>
-        <w:t xml:space="preserve">*Significado de la palabra </w:t>
-[...4 lines deleted...]
-          <w:b/>
+        <w:t>enseñar</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="202124"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="es-MX"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. La palabra con que se nombran los programas de posgrado de este nivel, es la palabra </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:color w:val="202124"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="es-MX"/>
         </w:rPr>
-        <w:t>maestría.</w:t>
-[...4 lines deleted...]
-          <w:i/>
+        <w:t>maestría</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="202124"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="es-MX"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="51B96373" w14:textId="77777777" w:rsidR="00097F4C" w:rsidRDefault="00000000">
+        <w:t xml:space="preserve"> precisamente. Sin embargo, se observa </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="202124"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="es-MX"/>
+        </w:rPr>
+        <w:t>que</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="202124"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="es-MX"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> en la redacción de 17 objetivos curriculares de los programas de maestría, no se encuentra registrada esta función formativa de los estudiantes, por un lado; y por otro, en los 13 programas restantes, que si incluyen la formación docente en la redacción de su objetivo curricular en su plan de estudio (retícula), 4 no incluyen ninguna materia relacionada con la didáctica y/o pedagogía en sus planes de estudios. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="50291F1F" w14:textId="77777777" w:rsidR="00097F4C" w:rsidRDefault="00000000">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="202124"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="es-MX"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="202124"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="es-MX"/>
         </w:rPr>
-        <w:t xml:space="preserve">De acuerdo con los diccionarios (documentos normativos) de la lengua española, la palabra </w:t>
-[...65 lines deleted...]
-    <w:p w14:paraId="50291F1F" w14:textId="77777777" w:rsidR="00097F4C" w:rsidRDefault="00000000">
+        <w:lastRenderedPageBreak/>
+        <w:t>Esta situación provoca el siguiente cuestionamiento: En estos 4 programas, ¿cómo forman docentes de alto nivel, sin ninguna materia de didáctica o docencia en su plan de estudio (retícula)?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="549BDB20" w14:textId="77777777" w:rsidR="00097F4C" w:rsidRDefault="00097F4C">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="202124"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="es-MX"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...10 lines deleted...]
-    <w:p w14:paraId="549BDB20" w14:textId="77777777" w:rsidR="00097F4C" w:rsidRDefault="00097F4C">
+    </w:p>
+    <w:p w14:paraId="7A3245EB" w14:textId="77777777" w:rsidR="00097F4C" w:rsidRDefault="00000000">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
           <w:color w:val="202124"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="es-MX"/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-    <w:p w14:paraId="7A3245EB" w14:textId="77777777" w:rsidR="00097F4C" w:rsidRDefault="00000000">
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="202124"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="es-MX"/>
+        </w:rPr>
+        <w:t>*</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:color w:val="202124"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="es-MX"/>
+        </w:rPr>
+        <w:t>Perfil de egreso.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="75B14CC4" w14:textId="77777777" w:rsidR="00097F4C" w:rsidRDefault="00000000">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="202124"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="es-MX"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="202124"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="es-MX"/>
+        </w:rPr>
+        <w:t xml:space="preserve">El perfil de egreso como el retrato hablado del futuro maestro en Derecho, se encuentra que 18 programas no incluyen la función docente como una de las características de los futuros egresados de su programa de maestría. Los otros 12 </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="202124"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="es-MX"/>
+        </w:rPr>
+        <w:t>que</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="202124"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="es-MX"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> si incluyen la función docente de sus egresados, 9 programas incluyen al menos una materia obligatoria de </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:color w:val="202124"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="es-MX"/>
         </w:rPr>
-      </w:pPr>
+        <w:t>docencia</w:t>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="202124"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="es-MX"/>
         </w:rPr>
-        <w:t>*</w:t>
-[...13 lines deleted...]
-    <w:p w14:paraId="75B14CC4" w14:textId="77777777" w:rsidR="00097F4C" w:rsidRDefault="00000000">
+        <w:t xml:space="preserve"> en su plan de estudio (retícula). </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2DDAF9E9" w14:textId="77777777" w:rsidR="00097F4C" w:rsidRDefault="00000000">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="202124"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="es-MX"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="202124"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="es-MX"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
-        <w:t xml:space="preserve">El perfil de egreso como el retrato hablado del futuro maestro en Derecho, se encuentra que 18 programas no incluyen la función docente como una de las características de los futuros egresados de su programa de maestría. Los otros 12 que si incluyen la función docente de sus egresados, 9 programas incluyen al menos una materia obligatoria de </w:t>
+        <w:t xml:space="preserve">Lo anotado refleja que el apoyo a la profesionalización de la </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:color w:val="202124"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="es-MX"/>
         </w:rPr>
         <w:t>docencia</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="202124"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="es-MX"/>
         </w:rPr>
-        <w:t xml:space="preserve"> en su plan de estudio (retícula). </w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="2DDAF9E9" w14:textId="77777777" w:rsidR="00097F4C" w:rsidRDefault="00000000">
+        <w:t xml:space="preserve"> en Derecho, por medio de los programas de maestría, es muy escaso.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="44B2191D" w14:textId="77777777" w:rsidR="00097F4C" w:rsidRDefault="00097F4C">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="202124"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="es-MX"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...31 lines deleted...]
-    <w:p w14:paraId="44B2191D" w14:textId="77777777" w:rsidR="00097F4C" w:rsidRDefault="00097F4C">
+    </w:p>
+    <w:p w14:paraId="7F7A5395" w14:textId="77777777" w:rsidR="00097F4C" w:rsidRDefault="00000000">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
           <w:color w:val="202124"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="es-MX"/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-    <w:p w14:paraId="7F7A5395" w14:textId="77777777" w:rsidR="00097F4C" w:rsidRDefault="00000000">
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:color w:val="202124"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="es-MX"/>
+        </w:rPr>
+        <w:t>Materias optativas de docencia.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="12E58A78" w14:textId="77777777" w:rsidR="00097F4C" w:rsidRDefault="00000000">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="202124"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="es-MX"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="202124"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="es-MX"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Resulta interesante anotar que de los 30 programas revisados que ofertan la maestría en Derecho, solo un programa oferta una materia optativa de </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:color w:val="202124"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="es-MX"/>
         </w:rPr>
-      </w:pPr>
-[...3 lines deleted...]
-          <w:i/>
+        <w:t>docencia</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="202124"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="es-MX"/>
         </w:rPr>
-        <w:t>Materias optativas de docencia.</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="12E58A78" w14:textId="77777777" w:rsidR="00097F4C" w:rsidRDefault="00000000">
+        <w:t xml:space="preserve"> en su plan de estudio (retícula). Esta situación confirma lo anotado en el segundo párrafo del inciso anterior.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0AFDE381" w14:textId="77777777" w:rsidR="00097F4C" w:rsidRDefault="00000000">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="202124"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="es-MX"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="202124"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="es-MX"/>
         </w:rPr>
-        <w:t xml:space="preserve">Resulta interesante anotar que de los 30 programas revisados que ofertan la maestría en Derecho, solo un programa oferta una materia optativa de </w:t>
-[...4 lines deleted...]
-          <w:i/>
+        <w:t xml:space="preserve">También es necesario anotar que las materias optativas que ofrece cada programa, </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="202124"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="es-MX"/>
         </w:rPr>
-        <w:t>docencia</w:t>
-      </w:r>
+        <w:t>oscila</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="202124"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="es-MX"/>
         </w:rPr>
-        <w:t xml:space="preserve"> en su plan de estudio (retícula). Esta situación confirma lo anotado en el segundo párrafo del inciso anterior.</w:t>
-[...23 lines deleted...]
-        <w:t>También es necesario anotar que las materias optativas que ofrece cada programa, oscila entre uno y hasta 30 materias en general.</w:t>
+        <w:t xml:space="preserve"> entre uno y hasta 30 materias en general.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="490D9166" w14:textId="77777777" w:rsidR="00097F4C" w:rsidRDefault="00097F4C">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="202124"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="es-MX"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="288FBF1D" w14:textId="77777777" w:rsidR="00097F4C" w:rsidRDefault="00000000">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:color w:val="202124"/>
@@ -12662,51 +14030,96 @@
         </w:rPr>
         <w:t>Conclusiones.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="46994303" w14:textId="77777777" w:rsidR="00097F4C" w:rsidRDefault="00000000">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="202124"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="es-MX"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="202124"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="es-MX"/>
         </w:rPr>
-        <w:t>Esta revisión sobre el interés y preocupación  por la formación docente, mejor dicho profesionalización de la docencia, en los programas de Maestría en Derecho, encuentra:</w:t>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">Esta revisión sobre el interés y </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="202124"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="es-MX"/>
+        </w:rPr>
+        <w:t>preocupación  por</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="202124"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="es-MX"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> la formación docente, mejor </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="202124"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="es-MX"/>
+        </w:rPr>
+        <w:t>dicho</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="202124"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="es-MX"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> profesionalización de la docencia, en los programas de Maestría en Derecho, encuentra:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="00AC976C" w14:textId="77777777" w:rsidR="00097F4C" w:rsidRDefault="00000000">
       <w:pPr>
         <w:pStyle w:val="Prrafodelista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="5"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="202124"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="es-MX"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="202124"/>
           <w:sz w:val="24"/>
@@ -12820,51 +14233,50 @@
       <w:pPr>
         <w:pStyle w:val="Prrafodelista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="7"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="202124"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="es-MX"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="202124"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="es-MX"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">la </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:color w:val="202124"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="es-MX"/>
         </w:rPr>
         <w:t>profesionalización</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="202124"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="es-MX"/>
         </w:rPr>
         <w:t xml:space="preserve"> de la disciplina. Véase en el Anexo 1, la redacción de los objetivos curriculares.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="16C91378" w14:textId="77777777" w:rsidR="00097F4C" w:rsidRDefault="00000000">
@@ -12946,51 +14358,73 @@
       <w:pPr>
         <w:pStyle w:val="Prrafodelista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="5"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="202124"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="es-MX"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="202124"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="es-MX"/>
         </w:rPr>
-        <w:t>Que existe la ausencia de una preocupación e interés por hacer obligatoria, por parte del Estado, la formación profesional en docencia de los profesionistas como abogados, médicos, ingenieros, etc., que ya están ejerciendo la docencia o que  aspiren a ejercerla en las Instituciones de Educación Superior (IES) del Estado Mexicano. En este tema han existido y existen programas aisladas de formación docente por parte de algunas IES, pero sin el carácter de obligatoriedad, para la contratación como docentes de profesionistas en las instituciones de educación superior.</w:t>
+        <w:t xml:space="preserve">Que existe la ausencia de una preocupación e interés por hacer obligatoria, por parte del Estado, la formación profesional en docencia de los profesionistas como abogados, médicos, ingenieros, etc., que ya están ejerciendo la docencia o </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="202124"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="es-MX"/>
+        </w:rPr>
+        <w:t>que  aspiren</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="202124"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="es-MX"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> a ejercerla en las Instituciones de Educación Superior (IES) del Estado Mexicano. En este tema han existido y existen programas aisladas de formación docente por parte de algunas IES, pero sin el carácter de obligatoriedad, para la contratación como docentes de profesionistas en las instituciones de educación superior.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4937D299" w14:textId="77777777" w:rsidR="00097F4C" w:rsidRDefault="00000000">
       <w:pPr>
         <w:pStyle w:val="Prrafodelista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="5"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="202124"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="es-MX"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="202124"/>
           <w:sz w:val="24"/>
@@ -13013,127 +14447,128 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="202124"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="es-MX"/>
         </w:rPr>
         <w:t xml:space="preserve"> como comúnmente se redacta en los objetivos curriculares de los programas de maestría, como se observa en esta investigación. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2592E448" w14:textId="77777777" w:rsidR="00097F4C" w:rsidRDefault="00097F4C">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="202124"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="es-MX"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="0F4C67AA" w14:textId="77777777" w:rsidR="00097F4C" w:rsidRDefault="00000000">
+    <w:p w14:paraId="0F4C67AA" w14:textId="77777777" w:rsidR="00097F4C" w:rsidRPr="00133ABB" w:rsidRDefault="00000000" w:rsidP="00133ABB">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="202124"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="es-MX"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00133ABB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="202124"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="es-MX"/>
+        </w:rPr>
+        <w:t>Epílogo.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="01319F81" w14:textId="77777777" w:rsidR="00097F4C" w:rsidRDefault="00000000">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:b/>
           <w:color w:val="202124"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="es-MX"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:b/>
           <w:color w:val="202124"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="es-MX"/>
         </w:rPr>
-        <w:t>Epílogo.</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="01319F81" w14:textId="77777777" w:rsidR="00097F4C" w:rsidRDefault="00000000">
+        <w:lastRenderedPageBreak/>
+        <w:t>Como epílogo se puede preguntar en qué consiste la profesionalización de una actividad u oficio que desempeña un ser humano. Es decir, cuándo un oficio o una actividad humana, se convierte o adquiere la categoría de profesional; o, cómo un trabajo se convierte en profesional y deja de ser solo un oficio o empleo.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="67C0DAEC" w14:textId="77777777" w:rsidR="00097F4C" w:rsidRDefault="00097F4C">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="202124"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="es-MX"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...10 lines deleted...]
-    <w:p w14:paraId="67C0DAEC" w14:textId="77777777" w:rsidR="00097F4C" w:rsidRDefault="00097F4C">
+    </w:p>
+    <w:p w14:paraId="6C9B7F60" w14:textId="77777777" w:rsidR="00097F4C" w:rsidRDefault="00000000">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="202124"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="es-MX"/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-[...12 lines deleted...]
-      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="202124"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="es-MX"/>
         </w:rPr>
         <w:t xml:space="preserve">De acuerdo con los diccionarios de la lengua, se dice que una profesión consiste en el: </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:color w:val="202124"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="es-MX"/>
         </w:rPr>
         <w:t>Empleo, facultad u oficio que alguien ejerce</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="202124"/>
@@ -13217,62 +14652,51 @@
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="es-MX"/>
         </w:rPr>
         <w:t xml:space="preserve">debe estar certificada y avalada por una institución de educación superior autorizada por el Estado. En otras palabras, la calidad o categoría de </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:color w:val="202124"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="es-MX"/>
         </w:rPr>
         <w:t xml:space="preserve">profesional </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="202124"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="es-MX"/>
         </w:rPr>
-        <w:t xml:space="preserve">de un oficio o empleo se adquiere, cuando quien ejerce la actividad u oficio haya cumplido y </w:t>
-[...10 lines deleted...]
-        <w:t>aprobado el programa de estudios de la profesión en cuestión, por un lado; y por otro, adquirido el título profesional que certifica, avala y autoriza a su titular su ejercicio legal tanto en el ámbito particular como en el público. La carencia del título profesional correspondiente, hace que la actividad o empleo que ejerce una persona, no sea reconocido como actividad profesional precisamente.</w:t>
+        <w:t>de un oficio o empleo se adquiere, cuando quien ejerce la actividad u oficio haya cumplido y aprobado el programa de estudios de la profesión en cuestión, por un lado; y por otro, adquirido el título profesional que certifica, avala y autoriza a su titular su ejercicio legal tanto en el ámbito particular como en el público. La carencia del título profesional correspondiente, hace que la actividad o empleo que ejerce una persona, no sea reconocido como actividad profesional precisamente.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="247283E8" w14:textId="77777777" w:rsidR="00097F4C" w:rsidRDefault="00097F4C">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="202124"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="es-MX"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="583B22D6" w14:textId="77777777" w:rsidR="00097F4C" w:rsidRDefault="00000000">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="202124"/>
           <w:sz w:val="24"/>
@@ -13447,500 +14871,593 @@
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="es-MX"/>
         </w:rPr>
         <w:t>Referencias</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2F5F4866" w14:textId="77777777" w:rsidR="00097F4C" w:rsidRDefault="00000000" w:rsidP="0049034A">
       <w:pPr>
         <w:pStyle w:val="Textonotapie"/>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:left="709" w:hanging="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Agüero Servín, M; Sánchez-Mendiola, M; Martínez-Hernández, AMP; Pompa-Mansilla, M   2021. La formación y profesionalización para la docencia universitaria en México desde la voz de los profesores.   Revista Electrónica en Educación y Pedagogía 5(8):62-69,  </w:t>
       </w:r>
       <w:hyperlink r:id="rId8">
-        <w:r>
+        <w:r w:rsidR="00097F4C">
           <w:rPr>
             <w:rStyle w:val="EnlacedeInternet"/>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>https://www.redalyc.org/journal/5739/573967010005/html/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> [Consultado: 16-nov-21]</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="756935C3" w14:textId="77777777" w:rsidR="00097F4C" w:rsidRDefault="00097F4C" w:rsidP="0049034A">
       <w:pPr>
         <w:pStyle w:val="Textonotapie"/>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:left="709" w:hanging="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="60406955" w14:textId="77777777" w:rsidR="00097F4C" w:rsidRDefault="00000000" w:rsidP="0049034A">
       <w:pPr>
         <w:pStyle w:val="Textonotapie"/>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:left="709" w:hanging="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Arnaz, JA  La planeación curricular.  México: Nuevomar, 1984.  p. 24</w:t>
+        <w:t xml:space="preserve">Arnaz, </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>JA  La</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> planeación curricular.  México: </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Nuevomar</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>, 1984.  p. 24</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2215C682" w14:textId="77777777" w:rsidR="00097F4C" w:rsidRDefault="00097F4C" w:rsidP="0049034A">
       <w:pPr>
         <w:pStyle w:val="Textonotapie"/>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:left="709" w:hanging="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="386D40E5" w14:textId="77777777" w:rsidR="00097F4C" w:rsidRDefault="00000000" w:rsidP="0049034A">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="709" w:hanging="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Así son los docentes de educación superior en México. 2019. </w:t>
       </w:r>
       <w:hyperlink r:id="rId9">
-        <w:r>
+        <w:r w:rsidR="00097F4C">
           <w:rPr>
             <w:rStyle w:val="EnlacedeInternet"/>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>https://www.mexicosocial.org/docentes-de-educacion-superior-pieza-clave-para-el-desarrollo/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> [Consultado: 25-may-22]</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="525F5899" w14:textId="77777777" w:rsidR="00097F4C" w:rsidRDefault="00097F4C" w:rsidP="0049034A">
       <w:pPr>
         <w:pStyle w:val="Textonotapie"/>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:left="709" w:hanging="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="2ED6C365" w14:textId="77777777" w:rsidR="00097F4C" w:rsidRDefault="00000000" w:rsidP="0049034A">
       <w:pPr>
         <w:pStyle w:val="Textonotapie"/>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:left="709" w:hanging="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>Gutiérrez Chiñas, A.  2013.  El currículum de la profesión bibliotecaria; una aproximación.  Investigación Bibliotecológica (UNAM-IIBI) 27(59):141-158.  (p. 150)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
         <w:t>ISSN: 0187-358X</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0012BD0E" w14:textId="77777777" w:rsidR="00097F4C" w:rsidRDefault="00097F4C" w:rsidP="0049034A">
       <w:pPr>
         <w:pStyle w:val="Textonotapie"/>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:left="709" w:hanging="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="69EB80E0" w14:textId="77777777" w:rsidR="00097F4C" w:rsidRDefault="00000000" w:rsidP="0049034A">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:left="709" w:hanging="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Linares González, EE; García Monroy, AI; Martínez Allende, L.  2021.  La profesionalización docente: nuevos retos para los docentes de educación superior en la UPIBI del IPN.  Revista Iberoamericana para la Investigación y el Desarrollo Educativo.  </w:t>
       </w:r>
       <w:hyperlink r:id="rId10">
-        <w:r>
+        <w:r w:rsidR="00097F4C">
           <w:rPr>
             <w:rStyle w:val="EnlacedeInternet"/>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>https://www.ride.org.mx/index.php/RIDE/article/view/857/2982</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> [Consultado: 16-nov-2021]</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0ABBF376" w14:textId="77777777" w:rsidR="00097F4C" w:rsidRDefault="00000000" w:rsidP="0049034A">
       <w:pPr>
         <w:pStyle w:val="Textonotapie"/>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:left="709" w:hanging="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Ortiz Torres, E. y Mariño Sánchez, MA. 2011.  La profesionalización del docente universitario a través de la investigación didáctica desde un enfoque interdisciplinar con la psicología.  Revista Iberoamericana de Educación.  </w:t>
       </w:r>
       <w:hyperlink r:id="rId11">
-        <w:r>
+        <w:r w:rsidR="00097F4C">
           <w:rPr>
             <w:rStyle w:val="EnlacedeInternet"/>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>https://rieoei.org/historico/deloslectores/888Ortiz.PDF</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> [Consultado: 26-may-22]</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6777AE10" w14:textId="77777777" w:rsidR="00097F4C" w:rsidRDefault="00097F4C" w:rsidP="0049034A">
       <w:pPr>
         <w:pStyle w:val="Textonotapie"/>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:left="709" w:hanging="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="755D7E7D" w14:textId="77777777" w:rsidR="00097F4C" w:rsidRDefault="00000000" w:rsidP="0049034A">
       <w:pPr>
         <w:pStyle w:val="Textonotapie"/>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:left="709" w:hanging="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">Pérez Ruiz, A.  2014.  La profesionalización docente en el marco de la reforma educativa en México; sus implicaciones laborales.   El Cotidiano (UAM-UA) núm: 184.  p. 116  </w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="1ECA8A15" w14:textId="77777777" w:rsidR="00097F4C" w:rsidRDefault="00000000" w:rsidP="0049034A">
+        <w:t xml:space="preserve">Pérez Ruiz, A.  2014.  La profesionalización docente en el marco de la reforma educativa en México; sus implicaciones laborales.   El Cotidiano (UAM-UA) </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>núm</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: 184.  p. 116  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1ECA8A15" w14:textId="77777777" w:rsidR="00097F4C" w:rsidRDefault="00097F4C" w:rsidP="0049034A">
       <w:pPr>
         <w:pStyle w:val="Textonotapie"/>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:left="709" w:hanging="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink r:id="rId12">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="EnlacedeInternet"/>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>https://www.redalyc.org/pdf/325/32530724012.pdf</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r>
+      <w:r w:rsidR="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> [Consultado: 23-nov-21]</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5B200718" w14:textId="77777777" w:rsidR="00097F4C" w:rsidRDefault="00097F4C" w:rsidP="0049034A">
       <w:pPr>
         <w:pStyle w:val="Textonotapie"/>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:left="709" w:hanging="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="76BCF7C9" w14:textId="77777777" w:rsidR="00097F4C" w:rsidRDefault="00000000" w:rsidP="0049034A">
       <w:pPr>
         <w:pStyle w:val="Textonotapie"/>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:left="709" w:hanging="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">Puga Olmedo, JJ y Saldaña Salazar, A  2016.  Profesionalización docente en el nivel superior, necesidad ante el reto de la formación integral de los estudiantes universitarios.  </w:t>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">Puga Olmedo, JJ y Saldaña Salazar, </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>A  2016</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">.  Profesionalización docente en el nivel superior, necesidad ante el reto de la formación integral de los estudiantes universitarios.  </w:t>
       </w:r>
       <w:hyperlink r:id="rId13">
-        <w:r>
+        <w:r w:rsidR="00097F4C">
           <w:rPr>
             <w:rStyle w:val="EnlacedeInternet"/>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>https://www.ecorfan.org/proceedings/CDU_XI/TOMO%2011_3.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> [Consultado: 16-nov-21]</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4A7AD294" w14:textId="77777777" w:rsidR="00097F4C" w:rsidRDefault="00097F4C" w:rsidP="0049034A">
       <w:pPr>
         <w:pStyle w:val="Textonotapie"/>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:left="709" w:hanging="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="64ED5BA5" w14:textId="57F255A2" w:rsidR="00097F4C" w:rsidRDefault="00000000" w:rsidP="0049034A">
       <w:pPr>
         <w:pStyle w:val="Textonotapie"/>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:left="709" w:hanging="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">Ramírez Mazariego, LG  2020.  Profesionalización docente: competencias en el Siglo XXI.  Observatorio del Instituto para el Futuro de la Educación (Tecnológico de Monterrey)   </w:t>
-[...11 lines deleted...]
-      </w:hyperlink>
+        <w:t xml:space="preserve">Ramírez Mazariego, LG  2020.  Profesionalización docente: competencias en el Siglo XXI.  Observatorio del Instituto para el Futuro de la Educación (Tecnológico de </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Monterrey)   </w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00097F4C">
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r w:rsidR="00097F4C">
+        <w:instrText>HYPERLINK "file:///C:\\Users\\elsom\\Desktop\\C:\\Users\\52444\\Documents\\PROFESIONALIZACION%20DOCENTE-ITESM.html" \h</w:instrText>
+      </w:r>
+      <w:r w:rsidR="00097F4C">
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidR="00097F4C">
+        <w:rPr>
+          <w:rStyle w:val="EnlacedeInternet"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>file:///C:/Users/52444/Documents/PROFESIONALIZACION DOCENTE-ITESM.html</w:t>
+      </w:r>
+      <w:r w:rsidR="00097F4C">
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">  [Consultado: 23-nov-21]</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="00E1A7A8" w14:textId="77777777" w:rsidR="00097F4C" w:rsidRDefault="00097F4C" w:rsidP="0049034A">
       <w:pPr>
         <w:pStyle w:val="Textonotapie"/>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:left="709" w:hanging="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="6BE97BEB" w14:textId="77777777" w:rsidR="00097F4C" w:rsidRDefault="00000000" w:rsidP="0049034A">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:left="709" w:hanging="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Reglamento de Estudios de Posgrado de la UNAM.  Aprobado por el Consejo Universitario de la UNAM el 15 de agosto del 2018.  </w:t>
       </w:r>
-      <w:hyperlink r:id="rId15">
-        <w:r>
+      <w:hyperlink r:id="rId14">
+        <w:r w:rsidR="00097F4C">
           <w:rPr>
             <w:rStyle w:val="EnlacedeInternet"/>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>https://posgrado.unam.mx/historia/wp-content/uploads/2021/12/Reglamento-General-de-Estudios-de-Posgrado.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> [Consultado: 15-mar-23]</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7743E6CC" w14:textId="77777777" w:rsidR="00097F4C" w:rsidRDefault="00097F4C" w:rsidP="0049034A">
       <w:pPr>
         <w:pStyle w:val="Textonotapie"/>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:left="709" w:hanging="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
@@ -13951,64 +15468,99 @@
       </w:pPr>
     </w:p>
     <w:p w14:paraId="02FA123B" w14:textId="77777777" w:rsidR="00097F4C" w:rsidRDefault="00000000" w:rsidP="0049034A">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="709" w:hanging="709"/>
         <w:jc w:val="both"/>
         <w:outlineLvl w:val="1"/>
         <w:rPr>
           <w:rStyle w:val="EnlacedeInternet"/>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="auto"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="none"/>
           <w:lang w:eastAsia="es-MX"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
-        <w:t>Rojas González, CA  La profesionalización del docente universitario: un reto actual.  2017.  Mendive: Revista de Educación  15(4):</w:t>
+        <w:t xml:space="preserve">Rojas González, </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>CA  La</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> profesionalización del docente universitario: un reto actual.  2017.  Mendive: Revista de </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Educación  15</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>(4):</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
         <w:t xml:space="preserve">oct-dic  </w:t>
       </w:r>
-      <w:hyperlink r:id="rId16">
-        <w:r>
+      <w:hyperlink r:id="rId15">
+        <w:r w:rsidR="00097F4C">
           <w:rPr>
             <w:rStyle w:val="EnlacedeInternet"/>
             <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
             <w:lang w:eastAsia="es-MX"/>
           </w:rPr>
           <w:t>http://scielo.sld.cu/scielo.php?script=sci_arttext&amp;pid=S1815-76962017000400010</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="EnlacedeInternet"/>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="es-MX"/>
         </w:rPr>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="EnlacedeInternet"/>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="auto"/>
@@ -14537,77 +16089,87 @@
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Contribuir a la profesionalización</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>de recursos humanos con las competencias necesarias que, desde una perspectiva de derechos humanos, diseñen, ejecuten y evalúen, actividades de defensa, promoción, protección y garantía de derechos humanos destinados a la construcción de una cultura plural y democrática.</w:t>
+              <w:t xml:space="preserve">de recursos humanos con las competencias necesarias que, desde una perspectiva de derechos humanos, diseñen, ejecuten y evalúen, actividades de defensa, </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>promoción, protección y garantía de derechos humanos destinados a la construcción de una cultura plural y democrática.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00097F4C" w14:paraId="26AA300D" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="928" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="3FC27E5F" w14:textId="77777777" w:rsidR="00097F4C" w:rsidRDefault="00000000">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2042" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="2376DED3" w14:textId="77777777" w:rsidR="00097F4C" w:rsidRDefault="00000000">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Campeche</w:t>
@@ -14981,87 +16543,77 @@
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:i/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
               <w:t>docentes</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:i/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">y </w:t>
-[...8 lines deleted...]
-              <w:t>profesionales en el campo de las ciencias jurídicas. Formar profesionales en el campo del Derecho, a través de la obtención de los conocimientos teórico-prácticos necesarios que le permitan contar con las habilidades de comprensión e interpretación del sistema jurídico mexicano. Formar profesionistas, bien informados y profundamente motivados, provistos de un sentido crítico y capaz de analizar los problemas de la sociedad, buscar soluciones para los que se planteen a la sociedad, aplicar éstas y asumir responsabilidades sociales.</w:t>
+              <w:t>y profesionales en el campo de las ciencias jurídicas. Formar profesionales en el campo del Derecho, a través de la obtención de los conocimientos teórico-prácticos necesarios que le permitan contar con las habilidades de comprensión e interpretación del sistema jurídico mexicano. Formar profesionistas, bien informados y profundamente motivados, provistos de un sentido crítico y capaz de analizar los problemas de la sociedad, buscar soluciones para los que se planteen a la sociedad, aplicar éstas y asumir responsabilidades sociales.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00097F4C" w14:paraId="6FF11F98" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="928" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="7A1D1496" w14:textId="77777777" w:rsidR="00097F4C" w:rsidRDefault="00000000">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
               <w:t>8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2042" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="48ABC4D7" w14:textId="77777777" w:rsidR="00097F4C" w:rsidRDefault="00000000">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Colima</w:t>
@@ -15240,77 +16792,87 @@
                 <w:b/>
                 <w:i/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
               <w:t>docente.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="5CDD5A6D" w14:textId="77777777" w:rsidR="00097F4C" w:rsidRDefault="00000000">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>c, Promover la discusión de las corrientes dogmáticas, filosóficas, políticas, económicas y socio-jurídicas vinculadas con el Derecho, así como la discusión de estas temáticas entre investigadores y profesores de diversas especialidades, nacionales y extranjeros.</w:t>
+              <w:t xml:space="preserve">c, Promover la discusión de las corrientes dogmáticas, filosóficas, políticas, económicas y socio-jurídicas vinculadas con el Derecho, así como la discusión de estas temáticas entre investigadores y </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>profesores de diversas especialidades, nacionales y extranjeros.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00097F4C" w14:paraId="4114E9B1" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="928" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="44EF575C" w14:textId="77777777" w:rsidR="00097F4C" w:rsidRDefault="00000000">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>10</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2042" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="2CF73DD0" w14:textId="77777777" w:rsidR="00097F4C" w:rsidRDefault="00000000">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Durango</w:t>
@@ -16055,102 +17617,90 @@
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="es-MX"/>
               </w:rPr>
               <w:t>Objetivos generales de Plan de Estudios</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="40FD7B47" w14:textId="77777777" w:rsidR="00097F4C" w:rsidRDefault="00000000">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="222222"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="es-MX"/>
               </w:rPr>
-              <w:t xml:space="preserve">b) Capacitar e iniciar al alumno en la investigación </w:t>
-[...10 lines deleted...]
-              <w:t xml:space="preserve">interdisciplinaria en torno a las diversas ramas del Derecho, desarrollando su capacidad de reflexión para el ejercicio profesional y </w:t>
+              <w:t xml:space="preserve">b) Capacitar e iniciar al alumno en la investigación interdisciplinaria en torno a las diversas ramas del Derecho, desarrollando su capacidad de reflexión para el ejercicio profesional y </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:i/>
                 <w:color w:val="222222"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:highlight w:val="yellow"/>
                 <w:lang w:eastAsia="es-MX"/>
               </w:rPr>
               <w:t>docente.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00097F4C" w14:paraId="44A2251D" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="928" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="5DBA03E9" w14:textId="77777777" w:rsidR="00097F4C" w:rsidRDefault="00000000">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
               <w:t>17</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2042" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="4434F915" w14:textId="77777777" w:rsidR="00097F4C" w:rsidRDefault="00000000">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Morelos</w:t>
@@ -16371,50 +17921,51 @@
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00097F4C" w14:paraId="362D893A" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="928" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="59B7A002" w14:textId="77777777" w:rsidR="00097F4C" w:rsidRDefault="00000000">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>19</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2042" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="74825A1E" w14:textId="77777777" w:rsidR="00097F4C" w:rsidRDefault="00000000">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Nuevo León</w:t>
@@ -16675,51 +18226,69 @@
               </w:rPr>
               <w:t>BUAP</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5671" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="6434F249" w14:textId="77777777" w:rsidR="00097F4C" w:rsidRDefault="00000000">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>Formar Maestros en Derecho, con conocimientos del marco teórico, jurídico, conceptual y axiológico de la disciplina jurídica, en tres LGAC, para fomentar en el estudiante una actitud reflexiva, crítica y propositiva en el marco de estudios multidisciplinarios,    transdisciplinarios y complejos, a través de nuevos enfoques epistémicos del Derecho, con total apego a los valores socio-jurídicos.</w:t>
+              <w:t xml:space="preserve">Formar Maestros en Derecho, con conocimientos del marco teórico, jurídico, conceptual y axiológico de la disciplina jurídica, en tres LGAC, para fomentar en el estudiante una actitud reflexiva, crítica y propositiva en el marco de estudios </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">multidisciplinarios,   </w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> transdisciplinarios y complejos, a través de nuevos enfoques epistémicos del Derecho, con total apego a los valores socio-jurídicos.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00097F4C" w14:paraId="6D3FAC03" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="928" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="4EDFA91C" w14:textId="77777777" w:rsidR="00097F4C" w:rsidRDefault="00000000">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
@@ -17243,89 +18812,77 @@
           <w:tcPr>
             <w:tcW w:w="5671" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="66C38F08" w14:textId="77777777" w:rsidR="00097F4C" w:rsidRDefault="00000000">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:shd w:val="clear" w:color="auto" w:fill="F7F7F7"/>
               <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="515151"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="es-MX"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="515151"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="es-MX"/>
               </w:rPr>
-              <w:t xml:space="preserve">Formar profesionales expertos en el derecho procesal penal acusatorio y oral, con las competencias para la aplicación del conocimiento jurídico en la solución de problemas concretos propios de la disciplina de estudio, dotados de habilidades argumentativas, interpretativas y valorativas requeridas, capaces de privilegiar la </w:t>
-[...10 lines deleted...]
-              <w:t>protección de los derechos humanos y la aplicación de los principios éticos de la profesión.</w:t>
+              <w:t>Formar profesionales expertos en el derecho procesal penal acusatorio y oral, con las competencias para la aplicación del conocimiento jurídico en la solución de problemas concretos propios de la disciplina de estudio, dotados de habilidades argumentativas, interpretativas y valorativas requeridas, capaces de privilegiar la protección de los derechos humanos y la aplicación de los principios éticos de la profesión.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00097F4C" w14:paraId="255D2794" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="928" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="4BA4D4F2" w14:textId="77777777" w:rsidR="00097F4C" w:rsidRDefault="00000000">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
               <w:t>27</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2042" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="0D8A37A3" w14:textId="77777777" w:rsidR="00097F4C" w:rsidRDefault="00000000">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Tabasco</w:t>
@@ -17457,77 +19014,89 @@
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5671" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="7E10D5C9" w14:textId="77777777" w:rsidR="00097F4C" w:rsidRDefault="00000000">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="796A24"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="es-MX"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="796A24"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="es-MX"/>
               </w:rPr>
-              <w:t>Formar profesionales críticos en el derecho, conscientes de la problemática jurídica, social y política del país, técnicamente capacitados para resolver los problemas surgidos de la práctica profesional cotidiana, sensibilizados en la solidaridad social necesarias para enfatizar el momento histórico que vive el país, pero sobre todo conocedores de los derechos fundamentales, de sus implicaciones internacionales, de sus correlaciones con la convivencia pacífica de los ciudadanos y de su necesidad para el control de los actos del Estado.</w:t>
+              <w:t xml:space="preserve">Formar profesionales críticos en el derecho, conscientes de la problemática jurídica, social y política del país, técnicamente capacitados para resolver los problemas surgidos de la práctica profesional cotidiana, sensibilizados en la solidaridad social necesarias para enfatizar el momento histórico que vive el país, pero sobre todo conocedores de los derechos fundamentales, de sus implicaciones internacionales, de sus correlaciones con la </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="796A24"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="es-MX"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>convivencia pacífica de los ciudadanos y de su necesidad para el control de los actos del Estado.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00097F4C" w14:paraId="423B5238" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="928" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="30CF7F1D" w14:textId="77777777" w:rsidR="00097F4C" w:rsidRDefault="00000000">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>29</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2042" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="234C53CE" w14:textId="77777777" w:rsidR="00097F4C" w:rsidRDefault="00000000">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Tlaxcala</w:t>
@@ -17573,51 +19142,73 @@
                 <w:color w:val="666666"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="es-MX"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="666666"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="es-MX"/>
               </w:rPr>
               <w:t>Formar profesionales altamente calificados a través de un programa interinstitucional de maestría, con competencias teórico-metodológicas, sólidos valores democráticos, actitudes,</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="666666"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="es-MX"/>
               </w:rPr>
               <w:br/>
-              <w:t>aptitudes y responsabilidad social para la promoción, protección, defensa, justiciabilidad y exigibilidad de los derechos humanos en el ámbito local, nacional e internacional.</w:t>
+              <w:t xml:space="preserve">aptitudes y responsabilidad social para la promoción, protección, defensa, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="666666"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="es-MX"/>
+              </w:rPr>
+              <w:t>justiciabilidad</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="666666"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="es-MX"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> y exigibilidad de los derechos humanos en el ámbito local, nacional e internacional.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00097F4C" w14:paraId="3B044732" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="928" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="78CDF765" w14:textId="77777777" w:rsidR="00097F4C" w:rsidRDefault="00000000">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
@@ -18048,1211 +19639,1251 @@
         <w:t>Direcciones electrónicas de cada objetivo curricular:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="19A92654" w14:textId="77777777" w:rsidR="00097F4C" w:rsidRDefault="00000000">
       <w:pPr>
         <w:pStyle w:val="Prrafodelista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>No ofrece la maestría.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="09302B7A" w14:textId="77777777" w:rsidR="00097F4C" w:rsidRDefault="00000000">
+    <w:p w14:paraId="09302B7A" w14:textId="77777777" w:rsidR="00097F4C" w:rsidRDefault="00097F4C">
       <w:pPr>
         <w:pStyle w:val="Prrafodelista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink r:id="rId17">
+      <w:hyperlink r:id="rId16">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="EnlacedeInternet"/>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
           </w:rPr>
           <w:t>http://fcays.ens.uabc.mx/convocatoria-para-maestria-en-ciencias-juridicas/</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r>
+      <w:r w:rsidR="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> [Consultado: 17-mar-23]</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="18009B53" w14:textId="77777777" w:rsidR="00097F4C" w:rsidRDefault="00000000">
+    <w:p w14:paraId="18009B53" w14:textId="77777777" w:rsidR="00097F4C" w:rsidRDefault="00097F4C">
       <w:pPr>
         <w:pStyle w:val="Prrafodelista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink r:id="rId18">
+      <w:hyperlink r:id="rId17">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="EnlacedeInternet"/>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
           </w:rPr>
           <w:t>https://www.cndh.org.mx/educacion/maestria-interinstitucional-en-derechos-humanos</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r>
+      <w:r w:rsidR="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> [Consultado: 16-mar-22]</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6A5374E0" w14:textId="77777777" w:rsidR="00097F4C" w:rsidRDefault="00000000">
+    <w:p w14:paraId="6A5374E0" w14:textId="77777777" w:rsidR="00097F4C" w:rsidRDefault="00097F4C">
       <w:pPr>
         <w:pStyle w:val="Prrafodelista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink r:id="rId19">
+      <w:hyperlink r:id="rId18">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="EnlacedeInternet"/>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
           </w:rPr>
           <w:t>https://www.uat.edu.mx/SIyP/Documents/Otros/Convocatorias/2021/ConvocatoriaMIDH-2022.pdf</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r>
+      <w:r w:rsidR="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> [Consultado: 10-mar-22]</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1EB79848" w14:textId="77777777" w:rsidR="00097F4C" w:rsidRDefault="00000000">
+    <w:p w14:paraId="1EB79848" w14:textId="77777777" w:rsidR="00097F4C" w:rsidRDefault="00097F4C">
       <w:pPr>
         <w:pStyle w:val="Prrafodelista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink r:id="rId20">
+      <w:hyperlink r:id="rId19">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="EnlacedeInternet"/>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
           </w:rPr>
           <w:t>https://md.maestrias.unach.mx/index.php/component/k2/item/2-convocatoria-2022-cerrada?tmpl=component&amp;print=1</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r>
+      <w:r w:rsidR="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> [Consultado: 13-mar-23]</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0459D302" w14:textId="77777777" w:rsidR="00097F4C" w:rsidRDefault="00000000">
       <w:pPr>
         <w:pStyle w:val="Prrafodelista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>fd.uach.mx/maestrías/2016/05/31/Der_Pen/ [Consultado: 16/feb/22]</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="0500A6D5" w14:textId="6861E0BA" w:rsidR="00097F4C" w:rsidRDefault="00000000">
+        <w:t>fd.uach.mx/maestrías/2016/05/31/</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Der_Pen</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>/ [Consultado: 16/feb/22]</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0500A6D5" w14:textId="6861E0BA" w:rsidR="00097F4C" w:rsidRDefault="00097F4C">
       <w:pPr>
         <w:pStyle w:val="Prrafodelista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink r:id="rId21">
+      <w:hyperlink r:id="rId20">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="EnlacedeInternet"/>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
           </w:rPr>
           <w:t>file:///C:/Users/52444/Documents/UAdeCOAHUILA-MTRIA.html</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r>
+      <w:r w:rsidR="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> [Consultado: 17-feb-22]</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="050CE837" w14:textId="77777777" w:rsidR="00097F4C" w:rsidRDefault="00000000">
+    <w:p w14:paraId="050CE837" w14:textId="77777777" w:rsidR="00097F4C" w:rsidRDefault="00097F4C">
       <w:pPr>
         <w:pStyle w:val="Prrafodelista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink r:id="rId22">
+      <w:hyperlink r:id="rId21">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="EnlacedeInternet"/>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
           </w:rPr>
           <w:t>https://www.ucol.mx/oferta-educativa/oferta-superior-maestria.63.htm</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r>
+      <w:r w:rsidR="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> [Consultado: 29-mar-22]</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5B35273F" w14:textId="77777777" w:rsidR="00097F4C" w:rsidRDefault="00000000">
+    <w:p w14:paraId="5B35273F" w14:textId="77777777" w:rsidR="00097F4C" w:rsidRDefault="00097F4C">
       <w:pPr>
         <w:pStyle w:val="Prrafodelista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink r:id="rId23">
+      <w:hyperlink r:id="rId22">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="EnlacedeInternet"/>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
           </w:rPr>
           <w:t>http://derecho.posgrado.unam.mx/site_cpd/public/files/maest.pdf</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r>
+      <w:r w:rsidR="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> [Consultado: 28-feb-23]</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="212F8E9B" w14:textId="77777777" w:rsidR="00097F4C" w:rsidRDefault="00000000">
+    <w:p w14:paraId="212F8E9B" w14:textId="77777777" w:rsidR="00097F4C" w:rsidRDefault="00097F4C">
       <w:pPr>
         <w:pStyle w:val="Prrafodelista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink r:id="rId24">
+      <w:hyperlink r:id="rId23">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="EnlacedeInternet"/>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
           </w:rPr>
           <w:t>http://congresodurango.gob.mx/Archivos/legislacion/LEY%20ORGANICA%20DE%20LA%20UJED.pdf</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r>
+      <w:r w:rsidR="00000000">
         <w:rPr>
           <w:rStyle w:val="EnlacedeInternet"/>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidR="00000000">
         <w:rPr>
           <w:rStyle w:val="EnlacedeInternet"/>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="auto"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> [2-mar-22]</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidR="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="387E874F" w14:textId="77777777" w:rsidR="00097F4C" w:rsidRDefault="00000000">
+    <w:p w14:paraId="387E874F" w14:textId="77777777" w:rsidR="00097F4C" w:rsidRDefault="00097F4C">
       <w:pPr>
         <w:pStyle w:val="Prrafodelista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink r:id="rId25">
+      <w:hyperlink r:id="rId24">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="EnlacedeInternet"/>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
           </w:rPr>
           <w:t>http://derecho.uaemex.mx/est_maestria.html</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r>
+      <w:r w:rsidR="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> [Consultado: 13-mar-23]</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6919A19C" w14:textId="77777777" w:rsidR="00097F4C" w:rsidRDefault="00000000">
+    <w:p w14:paraId="6919A19C" w14:textId="77777777" w:rsidR="00097F4C" w:rsidRDefault="00097F4C">
       <w:pPr>
         <w:pStyle w:val="Prrafodelista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink r:id="rId26">
+      <w:hyperlink r:id="rId25">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="EnlacedeInternet"/>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
           </w:rPr>
           <w:t>http://www.posgrados.ugto.mx/Posgrado/Objetivo.aspx?p=220312</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r>
+      <w:r w:rsidR="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> [Consultado: 23-mar-23]</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1759DB8E" w14:textId="77777777" w:rsidR="00097F4C" w:rsidRDefault="00000000">
+    <w:p w14:paraId="1759DB8E" w14:textId="77777777" w:rsidR="00097F4C" w:rsidRDefault="00097F4C">
       <w:pPr>
         <w:pStyle w:val="Prrafodelista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink r:id="rId27">
+      <w:hyperlink r:id="rId26">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="EnlacedeInternet"/>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
           </w:rPr>
           <w:t>http://posgradoderecho.uagro.mx/wpcontent/uploads/filesprov02/MAESTRIA%20EN%20DERECHO.pdf</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r>
+      <w:r w:rsidR="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> [Consultado: 23-mar-2022]</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6D48900E" w14:textId="77777777" w:rsidR="00097F4C" w:rsidRDefault="00000000">
+    <w:p w14:paraId="6D48900E" w14:textId="77777777" w:rsidR="00097F4C" w:rsidRDefault="00097F4C">
       <w:pPr>
         <w:pStyle w:val="Prrafodelista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink r:id="rId28" w:anchor=":~:text=La Maestría en Derecho Penal y Ciencias Penales es un,calidad académica de la UAEH" w:history="1">
+      <w:hyperlink r:id="rId27" w:anchor=":~:text=La Maestría en Derecho Penal y Ciencias Penales es un,calidad académica de la UAEH" w:history="1">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="EnlacedeInternet"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
           </w:rPr>
           <w:t>https://www.uaeh.edu.mx/campus/icshu/oferta/maestrias/derecho-penal-ciencias-penales/#:~:text=La%20Maestr%C3%ADa%20en%20Derecho%20Penal%20y%20Ciencias%20Penales%20es%20un,calidad%20acad%C3%A9mica%20de%20la%20UAEH</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r>
+      <w:r w:rsidR="00000000">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>. [Consultado: 9-feb-2023]</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="13CB4F24" w14:textId="77777777" w:rsidR="00097F4C" w:rsidRPr="0049034A" w:rsidRDefault="00000000">
+    <w:p w14:paraId="13CB4F24" w14:textId="77777777" w:rsidR="00097F4C" w:rsidRPr="0049034A" w:rsidRDefault="00097F4C">
       <w:pPr>
         <w:pStyle w:val="Prrafodelista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:right="120"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="inherit" w:eastAsia="Times New Roman" w:hAnsi="inherit" w:cs="Tahoma"/>
           <w:color w:val="444444"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US" w:eastAsia="es-MX"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink r:id="rId29">
+      <w:hyperlink r:id="rId28">
         <w:r w:rsidRPr="0049034A">
           <w:rPr>
             <w:rStyle w:val="EnlacedeInternet"/>
             <w:rFonts w:ascii="inherit" w:eastAsia="Times New Roman" w:hAnsi="inherit" w:cs="Tahoma"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
             <w:lang w:val="en-US" w:eastAsia="es-MX"/>
           </w:rPr>
           <w:t>https://www.udg.mx/es/oferta-academica/posgrados/maestrias/maestria-en-derecho-cucsh</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="0049034A">
+      <w:r w:rsidR="00000000" w:rsidRPr="0049034A">
         <w:rPr>
           <w:rFonts w:ascii="inherit" w:eastAsia="Times New Roman" w:hAnsi="inherit" w:cs="Tahoma"/>
           <w:color w:val="444444"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US" w:eastAsia="es-MX"/>
         </w:rPr>
         <w:t xml:space="preserve"> [9-feb-2023]</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="79A7DAD6" w14:textId="77777777" w:rsidR="00097F4C" w:rsidRDefault="00000000">
+    <w:p w14:paraId="79A7DAD6" w14:textId="77777777" w:rsidR="00097F4C" w:rsidRDefault="00097F4C">
       <w:pPr>
         <w:pStyle w:val="Prrafodelista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:right="120"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="inherit" w:eastAsia="Times New Roman" w:hAnsi="inherit" w:cs="Tahoma"/>
           <w:color w:val="444444"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="es-MX"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink r:id="rId30">
+      <w:hyperlink r:id="rId29">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="EnlacedeInternet"/>
             <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
             <w:lang w:eastAsia="es-MX"/>
           </w:rPr>
           <w:t>https://www.posgradoderechoumsnh.com.mx/maestriaenderechoconopcionesterminales.php</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r>
+      <w:r w:rsidR="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="es-MX"/>
         </w:rPr>
         <w:t xml:space="preserve"> [Consultado: 22-feb.-23]</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="37833DE0" w14:textId="77777777" w:rsidR="00097F4C" w:rsidRDefault="00000000">
+    <w:p w14:paraId="37833DE0" w14:textId="77777777" w:rsidR="00097F4C" w:rsidRDefault="00097F4C">
       <w:pPr>
         <w:pStyle w:val="Prrafodelista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink r:id="rId31">
+      <w:hyperlink r:id="rId30">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="EnlacedeInternet"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
           </w:rPr>
           <w:t>https://www.uaem.mx/admision-y-oferta/posgrado/maestria-en-derecho/</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r>
+      <w:r w:rsidR="00000000">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> [Consultado: 9-feb-23]</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="40E99736" w14:textId="77777777" w:rsidR="00097F4C" w:rsidRDefault="00000000">
+    <w:p w14:paraId="40E99736" w14:textId="77777777" w:rsidR="00097F4C" w:rsidRDefault="00097F4C">
       <w:pPr>
         <w:pStyle w:val="Prrafodelista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:textAlignment w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="2C2C2C"/>
           <w:spacing w:val="5"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="es-MX"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink r:id="rId32">
+      <w:hyperlink r:id="rId31">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="EnlacedeInternet"/>
             <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:spacing w:val="5"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
             <w:lang w:eastAsia="es-MX"/>
           </w:rPr>
           <w:t>https://www.uan.edu.mx/es/maestria-en-derecho</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r>
+      <w:r w:rsidR="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="2C2C2C"/>
           <w:spacing w:val="5"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="es-MX"/>
         </w:rPr>
         <w:t xml:space="preserve"> [Consultado: 9-feb-23]</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5C5ACE7A" w14:textId="77777777" w:rsidR="00097F4C" w:rsidRDefault="00000000">
+    <w:p w14:paraId="5C5ACE7A" w14:textId="77777777" w:rsidR="00097F4C" w:rsidRDefault="00097F4C">
       <w:pPr>
         <w:pStyle w:val="Prrafodelista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:after="225" w:line="240" w:lineRule="auto"/>
         <w:textAlignment w:val="baseline"/>
         <w:outlineLvl w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:color w:val="4D4B4C"/>
           <w:kern w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="es-MX"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink r:id="rId33">
+      <w:hyperlink r:id="rId32">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="EnlacedeInternet"/>
             <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:b/>
             <w:bCs/>
             <w:kern w:val="2"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
             <w:lang w:eastAsia="es-MX"/>
           </w:rPr>
           <w:t>http://</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="EnlacedeInternet"/>
             <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:bCs/>
             <w:kern w:val="2"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
             <w:lang w:eastAsia="es-MX"/>
           </w:rPr>
           <w:t>posgrado.uanl.mx/derecho-maestria-en-derecho/</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r>
+      <w:r w:rsidR="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="4D4B4C"/>
           <w:kern w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="es-MX"/>
         </w:rPr>
         <w:t xml:space="preserve"> [</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidR="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:color w:val="4D4B4C"/>
           <w:kern w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="es-MX"/>
         </w:rPr>
         <w:t>Consultado: 22-feb-23]</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="22B012B0" w14:textId="77777777" w:rsidR="00097F4C" w:rsidRDefault="00000000">
+    <w:p w14:paraId="22B012B0" w14:textId="77777777" w:rsidR="00097F4C" w:rsidRDefault="00097F4C">
       <w:pPr>
         <w:pStyle w:val="Prrafodelista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="6285"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:color w:val="333333"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="es-MX"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink r:id="rId34">
+      <w:hyperlink r:id="rId33">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="EnlacedeInternet"/>
             <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:bCs/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
             <w:lang w:eastAsia="es-MX"/>
           </w:rPr>
           <w:t>https://www.educaedu.com.mx/maestria-en-derecho-constitucional-maestria-35609.html</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r>
+      <w:r w:rsidR="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:color w:val="333333"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="es-MX"/>
         </w:rPr>
         <w:t xml:space="preserve"> [Consultado: 10-feb-23]</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="57C9A0C9" w14:textId="77777777" w:rsidR="00097F4C" w:rsidRDefault="00000000">
+    <w:p w14:paraId="57C9A0C9" w14:textId="77777777" w:rsidR="00097F4C" w:rsidRDefault="00097F4C">
       <w:pPr>
         <w:pStyle w:val="Prrafodelista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="666666"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="es-MX"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink r:id="rId35" w:anchor=":~:text=Formar Maestros en Derecho%2C con,complejos%2C a través de nuevos" w:history="1">
+      <w:hyperlink r:id="rId34" w:anchor=":~:text=Formar Maestros en Derecho%2C con,complejos%2C a través de nuevos" w:history="1">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="EnlacedeInternet"/>
             <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
             <w:lang w:eastAsia="es-MX"/>
           </w:rPr>
           <w:t>http://www.viep.buap.mx/posgrado/posgrados-informacion.php?id_prog=00081#:~:text=Formar%20Maestros%20en%20Derecho%2C%20con,complejos%2C%20a%20trav%C3%A9s%20de%20nuevos</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r>
+      <w:r w:rsidR="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="666666"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="es-MX"/>
         </w:rPr>
         <w:t xml:space="preserve"> [Consultado: 10-feb-23]</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6D2A175C" w14:textId="77777777" w:rsidR="00097F4C" w:rsidRDefault="00000000">
+    <w:p w14:paraId="6D2A175C" w14:textId="77777777" w:rsidR="00097F4C" w:rsidRDefault="00097F4C">
       <w:pPr>
         <w:pStyle w:val="Prrafodelista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="135" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="333333"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="es-MX"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink r:id="rId36">
+      <w:hyperlink r:id="rId35">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="EnlacedeInternet"/>
             <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
             <w:lang w:eastAsia="es-MX"/>
           </w:rPr>
           <w:t>https://www.uaq.mx/index.php/nivel-posgrados/maestrias/fd/maestria-en-derecho</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r>
+      <w:r w:rsidR="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="333333"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="es-MX"/>
         </w:rPr>
-        <w:t xml:space="preserve">    [Consultado: 10-feb-23]</w:t>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00000000">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="es-MX"/>
+        </w:rPr>
+        <w:t xml:space="preserve">   [</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00000000">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="es-MX"/>
+        </w:rPr>
+        <w:t>Consultado: 10-feb-23]</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="02CF042F" w14:textId="77777777" w:rsidR="00097F4C" w:rsidRDefault="00000000">
       <w:pPr>
         <w:pStyle w:val="Prrafodelista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="666666"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="es-MX"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="666666"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="es-MX"/>
         </w:rPr>
         <w:t>No ofrece la maestría.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5AE037F2" w14:textId="77777777" w:rsidR="00097F4C" w:rsidRDefault="00000000">
+    <w:p w14:paraId="5AE037F2" w14:textId="77777777" w:rsidR="00097F4C" w:rsidRDefault="00097F4C">
       <w:pPr>
         <w:pStyle w:val="Prrafodelista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="666666"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="es-MX"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink r:id="rId37" w:anchor="gsc.tab=0" w:history="1">
+      <w:hyperlink r:id="rId36" w:anchor="gsc.tab=0" w:history="1">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="EnlacedeInternet"/>
             <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
             <w:lang w:eastAsia="es-MX"/>
           </w:rPr>
           <w:t>https://www.derecho.uaslp.mx/posgrado/Paginas/Maestrias/2717#gsc.tab=0</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r>
+      <w:r w:rsidR="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="212529"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="es-MX"/>
         </w:rPr>
         <w:t xml:space="preserve"> [Consultado: 13-feb-23]</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="66CF1395" w14:textId="77777777" w:rsidR="00097F4C" w:rsidRDefault="00000000">
+    <w:p w14:paraId="66CF1395" w14:textId="77777777" w:rsidR="00097F4C" w:rsidRDefault="00097F4C">
       <w:pPr>
         <w:pStyle w:val="Prrafodelista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="666666"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="es-MX"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink r:id="rId38">
+      <w:hyperlink r:id="rId37">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="EnlacedeInternet"/>
             <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
             <w:lang w:eastAsia="es-MX"/>
           </w:rPr>
           <w:t>https://derecho.uas.edu.mx/posgrado/maestria.php</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r>
+      <w:r w:rsidR="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="666666"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="es-MX"/>
         </w:rPr>
         <w:t xml:space="preserve"> [Consultado: 13-feb-23]</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="312F35B6" w14:textId="77777777" w:rsidR="00097F4C" w:rsidRDefault="00000000">
+    <w:p w14:paraId="312F35B6" w14:textId="77777777" w:rsidR="00097F4C" w:rsidRDefault="00097F4C">
       <w:pPr>
         <w:pStyle w:val="Prrafodelista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="F7F7F7"/>
         <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="333333"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:lang w:eastAsia="es-MX"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink r:id="rId39">
+      <w:hyperlink r:id="rId38">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="EnlacedeInternet"/>
             <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:sz w:val="21"/>
             <w:szCs w:val="21"/>
             <w:lang w:eastAsia="es-MX"/>
           </w:rPr>
           <w:t>http://www.posder.uson.mx/mdp/</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r>
+      <w:r w:rsidR="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="333333"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:lang w:eastAsia="es-MX"/>
         </w:rPr>
         <w:t xml:space="preserve"> [Consultado: 13-fe-23]</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7B2C673F" w14:textId="77777777" w:rsidR="00097F4C" w:rsidRDefault="00000000">
+    <w:p w14:paraId="7B2C673F" w14:textId="77777777" w:rsidR="00097F4C" w:rsidRDefault="00097F4C">
       <w:pPr>
         <w:pStyle w:val="Prrafodelista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="666666"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="es-MX"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink r:id="rId40">
+      <w:hyperlink r:id="rId39">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="EnlacedeInternet"/>
             <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
             <w:lang w:eastAsia="es-MX"/>
           </w:rPr>
           <w:t>https://www.ujat.mx/md/12599</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r>
+      <w:r w:rsidR="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="666666"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="es-MX"/>
         </w:rPr>
         <w:t xml:space="preserve"> [Consultado: 16-feb-23]</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7181DDCF" w14:textId="0719B0D9" w:rsidR="00097F4C" w:rsidRDefault="00000000">
+    <w:p w14:paraId="7181DDCF" w14:textId="0719B0D9" w:rsidR="00097F4C" w:rsidRDefault="00097F4C">
       <w:pPr>
         <w:pStyle w:val="Prrafodelista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="945"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="796A24"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="es-MX"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink r:id="rId41">
+      <w:hyperlink r:id="rId40">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="EnlacedeInternet"/>
             <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
             <w:lang w:eastAsia="es-MX"/>
           </w:rPr>
           <w:t>file:///C:/Users/AGChi%C3%B1as/Documents/UATAMMTRIA%20EN%20DERECHO.html</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r>
+      <w:r w:rsidR="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="796A24"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="es-MX"/>
         </w:rPr>
         <w:t xml:space="preserve"> [Consultado: 22-feb.-23]</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1E274D34" w14:textId="77777777" w:rsidR="00097F4C" w:rsidRDefault="00000000">
+    <w:p w14:paraId="1E274D34" w14:textId="77777777" w:rsidR="00097F4C" w:rsidRDefault="00097F4C">
       <w:pPr>
         <w:pStyle w:val="Prrafodelista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:outlineLvl w:val="3"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:caps/>
           <w:color w:val="20232E"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="es-MX"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink r:id="rId42">
+      <w:hyperlink r:id="rId41">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="EnlacedeInternet"/>
             <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:caps/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
             <w:lang w:eastAsia="es-MX"/>
           </w:rPr>
           <w:t>https://uatx.mx/oferta/maestria/MIDH#</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r>
+      <w:r w:rsidR="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:caps/>
           <w:color w:val="20232E"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="es-MX"/>
         </w:rPr>
         <w:t xml:space="preserve"> [Consultado: 22-feb-23]</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="64C9993B" w14:textId="25047505" w:rsidR="00097F4C" w:rsidRDefault="00000000">
+    <w:p w14:paraId="64C9993B" w14:textId="25047505" w:rsidR="00097F4C" w:rsidRDefault="00097F4C">
       <w:pPr>
         <w:pStyle w:val="Prrafodelista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="5565"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink r:id="rId43">
+      <w:hyperlink r:id="rId42">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="EnlacedeInternet"/>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
           </w:rPr>
           <w:t>file:///C:/Users/AGChi%C3%B1as/Documents/UV-MTRIA%20EN%20DERECHO-PROGRAMA.html</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r>
+      <w:r w:rsidR="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> [Consultado: 16-feb-23]</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2508685E" w14:textId="77777777" w:rsidR="00097F4C" w:rsidRDefault="00000000">
+    <w:p w14:paraId="2508685E" w14:textId="77777777" w:rsidR="00097F4C" w:rsidRDefault="00097F4C">
+      <w:pPr>
+        <w:pStyle w:val="Prrafodelista"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink r:id="rId43">
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="EnlacedeInternet"/>
+            <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+          </w:rPr>
+          <w:t>https://www.educaedu.com.mx/maestria-en-docencia-e-investigacion-juridica-master-11512.html</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidR="00000000">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> [Consultado: 21-feb.-23]</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4E98A242" w14:textId="77777777" w:rsidR="00097F4C" w:rsidRDefault="00097F4C">
       <w:pPr>
         <w:pStyle w:val="Prrafodelista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink r:id="rId44">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="EnlacedeInternet"/>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
           </w:rPr>
           <w:t>https://www.educaedu.com.mx/maestria-en-docencia-e-investigacion-juridica-master-11512.html</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r>
-[...32 lines deleted...]
-      <w:r>
+      <w:r w:rsidR="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> [Consultado: 21-feb.-23]</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="50959C16" w14:textId="77777777" w:rsidR="00097F4C" w:rsidRDefault="00097F4C">
       <w:pPr>
         <w:pStyle w:val="Prrafodelista"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="360"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="666666"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="es-MX"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="1691D73B" w14:textId="77777777" w:rsidR="00097F4C" w:rsidRDefault="00097F4C">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
@@ -19544,623 +21175,623 @@
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="es-MX"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="es-MX"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="es-MX"/>
         </w:rPr>
         <w:tab/>
         <w:t>UNIVERSIDAD:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="721BC6F8" w14:textId="77777777" w:rsidR="00097F4C" w:rsidRDefault="00000000">
+    <w:p w14:paraId="721BC6F8" w14:textId="77777777" w:rsidR="00097F4C" w:rsidRDefault="00097F4C">
       <w:pPr>
         <w:pStyle w:val="Prrafodelista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="es-MX"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink r:id="rId46">
+      <w:hyperlink r:id="rId45">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:bCs/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
             <w:lang w:eastAsia="es-MX"/>
           </w:rPr>
           <w:t>Aguascalientes</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r>
+      <w:r w:rsidR="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="es-MX"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidR="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="es-MX"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r>
+      <w:r w:rsidR="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="es-MX"/>
         </w:rPr>
         <w:tab/>
         <w:t>Aguascalientes</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidR="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="es-MX"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r>
+      <w:r w:rsidR="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="es-MX"/>
         </w:rPr>
         <w:tab/>
         <w:t>UAA</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2EACFFB9" w14:textId="77777777" w:rsidR="00097F4C" w:rsidRDefault="00000000">
+    <w:p w14:paraId="2EACFFB9" w14:textId="77777777" w:rsidR="00097F4C" w:rsidRDefault="00097F4C">
       <w:pPr>
         <w:pStyle w:val="Prrafodelista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="es-MX"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink r:id="rId47">
+      <w:hyperlink r:id="rId46">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:bCs/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
             <w:lang w:eastAsia="es-MX"/>
           </w:rPr>
           <w:t>Baja California</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r>
+      <w:r w:rsidR="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="es-MX"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidR="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="es-MX"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r>
+      <w:r w:rsidR="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="es-MX"/>
         </w:rPr>
         <w:tab/>
         <w:t xml:space="preserve">Mexicali </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidR="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="es-MX"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r>
+      <w:r w:rsidR="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="es-MX"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r>
+      <w:r w:rsidR="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="es-MX"/>
         </w:rPr>
         <w:tab/>
         <w:t>UABC</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidR="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="es-MX"/>
         </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3DDB17C7" w14:textId="77777777" w:rsidR="00097F4C" w:rsidRDefault="00000000">
+    <w:p w14:paraId="3DDB17C7" w14:textId="77777777" w:rsidR="00097F4C" w:rsidRDefault="00097F4C">
       <w:pPr>
         <w:pStyle w:val="Prrafodelista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="es-MX"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink r:id="rId48">
+      <w:hyperlink r:id="rId47">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:bCs/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
             <w:lang w:eastAsia="es-MX"/>
           </w:rPr>
           <w:t>Baja California Sur</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r>
+      <w:r w:rsidR="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="es-MX"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidR="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="es-MX"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r>
+      <w:r w:rsidR="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="es-MX"/>
         </w:rPr>
         <w:tab/>
         <w:t xml:space="preserve">La Paz </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidR="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="es-MX"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r>
+      <w:r w:rsidR="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="es-MX"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r>
+      <w:r w:rsidR="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="es-MX"/>
         </w:rPr>
         <w:tab/>
         <w:t>UABCS</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidR="00000000">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="192BF048" w14:textId="77777777" w:rsidR="00097F4C" w:rsidRDefault="00000000">
+    <w:p w14:paraId="192BF048" w14:textId="77777777" w:rsidR="00097F4C" w:rsidRDefault="00097F4C">
       <w:pPr>
         <w:pStyle w:val="Prrafodelista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="es-MX"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink r:id="rId49">
+      <w:hyperlink r:id="rId48">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:bCs/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
             <w:lang w:eastAsia="es-MX"/>
           </w:rPr>
           <w:t>Campeche</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r>
+      <w:r w:rsidR="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="es-MX"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidR="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="es-MX"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r>
+      <w:r w:rsidR="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="es-MX"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r>
+      <w:r w:rsidR="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="es-MX"/>
         </w:rPr>
         <w:tab/>
         <w:t>Campeche</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidR="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="es-MX"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r>
+      <w:r w:rsidR="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="es-MX"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r>
+      <w:r w:rsidR="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="es-MX"/>
         </w:rPr>
         <w:tab/>
         <w:t>UACAM</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidR="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="es-MX"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r>
+      <w:r w:rsidR="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="es-MX"/>
         </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="45ADBC78" w14:textId="77777777" w:rsidR="00097F4C" w:rsidRDefault="00000000">
+    <w:p w14:paraId="45ADBC78" w14:textId="77777777" w:rsidR="00097F4C" w:rsidRDefault="00097F4C">
       <w:pPr>
         <w:pStyle w:val="Prrafodelista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="es-MX"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink r:id="rId50">
+      <w:hyperlink r:id="rId49">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:bCs/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
             <w:lang w:eastAsia="es-MX"/>
           </w:rPr>
           <w:t>Chiapas</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r>
+      <w:r w:rsidR="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="es-MX"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidR="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="es-MX"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r>
+      <w:r w:rsidR="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="es-MX"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r>
+      <w:r w:rsidR="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="es-MX"/>
         </w:rPr>
         <w:tab/>
         <w:t>Tuxtla Gutiérrez</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidR="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="es-MX"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r>
+      <w:r w:rsidR="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="es-MX"/>
         </w:rPr>
         <w:tab/>
         <w:t>UNACH</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidR="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="es-MX"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r>
+      <w:r w:rsidR="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="es-MX"/>
         </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="352417EB" w14:textId="77777777" w:rsidR="00097F4C" w:rsidRDefault="00000000">
+    <w:p w14:paraId="352417EB" w14:textId="77777777" w:rsidR="00097F4C" w:rsidRDefault="00097F4C">
       <w:pPr>
         <w:pStyle w:val="Prrafodelista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="es-MX"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink r:id="rId51">
+      <w:hyperlink r:id="rId50">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:bCs/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
             <w:lang w:eastAsia="es-MX"/>
           </w:rPr>
           <w:t>Chihuahua</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r>
+      <w:r w:rsidR="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="es-MX"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidR="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="es-MX"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r>
+      <w:r w:rsidR="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="es-MX"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r>
+      <w:r w:rsidR="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="es-MX"/>
         </w:rPr>
         <w:tab/>
         <w:t>Chihuahua</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidR="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="es-MX"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r>
+      <w:r w:rsidR="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="es-MX"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r>
+      <w:r w:rsidR="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="es-MX"/>
         </w:rPr>
         <w:tab/>
         <w:t>UACH</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidR="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="es-MX"/>
         </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
     <w:p w14:paraId="44B6616C" w14:textId="77777777" w:rsidR="00097F4C" w:rsidRDefault="00000000">
       <w:pPr>
         <w:pStyle w:val="Prrafodelista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="es-MX"/>
         </w:rPr>
@@ -20463,818 +22094,818 @@
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="es-MX"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="es-MX"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="es-MX"/>
         </w:rPr>
         <w:tab/>
         <w:t>UJED</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="16133BA7" w14:textId="77777777" w:rsidR="00097F4C" w:rsidRDefault="00000000">
+    <w:p w14:paraId="16133BA7" w14:textId="77777777" w:rsidR="00097F4C" w:rsidRDefault="00097F4C">
       <w:pPr>
         <w:pStyle w:val="Prrafodelista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="es-MX"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink r:id="rId52">
+      <w:hyperlink r:id="rId51">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:bCs/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
             <w:lang w:eastAsia="es-MX"/>
           </w:rPr>
           <w:t>Estado de México</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r>
+      <w:r w:rsidR="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="es-MX"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidR="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="es-MX"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r>
+      <w:r w:rsidR="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="es-MX"/>
         </w:rPr>
         <w:tab/>
         <w:t>Toluca</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidR="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="es-MX"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r>
+      <w:r w:rsidR="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="es-MX"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r>
+      <w:r w:rsidR="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="es-MX"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r>
+      <w:r w:rsidR="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="es-MX"/>
         </w:rPr>
         <w:tab/>
         <w:t xml:space="preserve">UAEM </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7AE42877" w14:textId="77777777" w:rsidR="00097F4C" w:rsidRDefault="00000000">
+    <w:p w14:paraId="7AE42877" w14:textId="77777777" w:rsidR="00097F4C" w:rsidRDefault="00097F4C">
       <w:pPr>
         <w:pStyle w:val="Prrafodelista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="es-MX"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink r:id="rId53">
+      <w:hyperlink r:id="rId52">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:bCs/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
             <w:lang w:eastAsia="es-MX"/>
           </w:rPr>
           <w:t>Guanajuato</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r>
+      <w:r w:rsidR="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="es-MX"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidR="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="es-MX"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r>
+      <w:r w:rsidR="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="es-MX"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r>
+      <w:r w:rsidR="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="es-MX"/>
         </w:rPr>
         <w:tab/>
         <w:t>Guanajuato</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidR="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="es-MX"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r>
+      <w:r w:rsidR="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="es-MX"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r>
+      <w:r w:rsidR="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="es-MX"/>
         </w:rPr>
         <w:tab/>
         <w:t>UG</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1DF16348" w14:textId="77777777" w:rsidR="00097F4C" w:rsidRDefault="00000000">
+    <w:p w14:paraId="1DF16348" w14:textId="77777777" w:rsidR="00097F4C" w:rsidRDefault="00097F4C">
       <w:pPr>
         <w:pStyle w:val="Prrafodelista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="es-MX"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink r:id="rId54">
+      <w:hyperlink r:id="rId53">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:bCs/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
             <w:lang w:eastAsia="es-MX"/>
           </w:rPr>
           <w:t>Guerrero</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r>
+      <w:r w:rsidR="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="es-MX"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidR="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="es-MX"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r>
+      <w:r w:rsidR="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="es-MX"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r>
+      <w:r w:rsidR="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="es-MX"/>
         </w:rPr>
         <w:tab/>
         <w:t>Chilpancingo</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidR="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="es-MX"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r>
+      <w:r w:rsidR="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="es-MX"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r>
+      <w:r w:rsidR="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="es-MX"/>
         </w:rPr>
         <w:tab/>
         <w:t>UAG</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="507A72FC" w14:textId="77777777" w:rsidR="00097F4C" w:rsidRDefault="00000000">
+    <w:p w14:paraId="507A72FC" w14:textId="77777777" w:rsidR="00097F4C" w:rsidRDefault="00097F4C">
       <w:pPr>
         <w:pStyle w:val="Prrafodelista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="es-MX"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink r:id="rId55">
+      <w:hyperlink r:id="rId54">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:bCs/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
             <w:lang w:eastAsia="es-MX"/>
           </w:rPr>
           <w:t>Hidalgo</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r>
+      <w:r w:rsidR="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="es-MX"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidR="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="es-MX"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r>
+      <w:r w:rsidR="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="es-MX"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r>
+      <w:r w:rsidR="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="es-MX"/>
         </w:rPr>
         <w:tab/>
         <w:t>Pachuca</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidR="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="es-MX"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r>
+      <w:r w:rsidR="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="es-MX"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r>
+      <w:r w:rsidR="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="es-MX"/>
         </w:rPr>
         <w:tab/>
         <w:t>UAH</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0499FF5F" w14:textId="77777777" w:rsidR="00097F4C" w:rsidRDefault="00000000">
+    <w:p w14:paraId="0499FF5F" w14:textId="77777777" w:rsidR="00097F4C" w:rsidRDefault="00097F4C">
       <w:pPr>
         <w:pStyle w:val="Prrafodelista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="es-MX"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink r:id="rId56">
+      <w:hyperlink r:id="rId55">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:bCs/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
             <w:lang w:eastAsia="es-MX"/>
           </w:rPr>
           <w:t>Jalisco</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r>
+      <w:r w:rsidR="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="es-MX"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidR="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="es-MX"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r>
+      <w:r w:rsidR="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="es-MX"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r>
+      <w:r w:rsidR="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="es-MX"/>
         </w:rPr>
         <w:tab/>
         <w:t>Guadalajara</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidR="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="es-MX"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r>
+      <w:r w:rsidR="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="es-MX"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r>
+      <w:r w:rsidR="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="es-MX"/>
         </w:rPr>
         <w:tab/>
         <w:t>UdeG</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="22E6A07A" w14:textId="77777777" w:rsidR="00097F4C" w:rsidRDefault="00000000">
+    <w:p w14:paraId="22E6A07A" w14:textId="77777777" w:rsidR="00097F4C" w:rsidRDefault="00097F4C">
       <w:pPr>
         <w:pStyle w:val="Prrafodelista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="es-MX"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink r:id="rId57">
+      <w:hyperlink r:id="rId56">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:bCs/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
             <w:lang w:eastAsia="es-MX"/>
           </w:rPr>
           <w:t>Michoacán</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r>
+      <w:r w:rsidR="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="es-MX"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidR="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="es-MX"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r>
+      <w:r w:rsidR="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="es-MX"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r>
+      <w:r w:rsidR="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="es-MX"/>
         </w:rPr>
         <w:tab/>
         <w:t>Morelia</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidR="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="es-MX"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r>
+      <w:r w:rsidR="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="es-MX"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r>
+      <w:r w:rsidR="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="es-MX"/>
         </w:rPr>
         <w:tab/>
         <w:t>UMICH</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="04A72E4F" w14:textId="77777777" w:rsidR="00097F4C" w:rsidRDefault="00000000">
+    <w:p w14:paraId="04A72E4F" w14:textId="77777777" w:rsidR="00097F4C" w:rsidRDefault="00097F4C">
       <w:pPr>
         <w:pStyle w:val="Prrafodelista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="es-MX"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink r:id="rId58">
+      <w:hyperlink r:id="rId57">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:bCs/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
             <w:lang w:eastAsia="es-MX"/>
           </w:rPr>
           <w:t>Morelos</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r>
+      <w:r w:rsidR="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="es-MX"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidR="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="es-MX"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r>
+      <w:r w:rsidR="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="es-MX"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r>
+      <w:r w:rsidR="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="es-MX"/>
         </w:rPr>
         <w:tab/>
         <w:t>Cuernavaca</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidR="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="es-MX"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r>
+      <w:r w:rsidR="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="es-MX"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r>
+      <w:r w:rsidR="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="es-MX"/>
         </w:rPr>
         <w:tab/>
         <w:t>UAM</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidR="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="es-MX"/>
         </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1CA832D7" w14:textId="77777777" w:rsidR="00097F4C" w:rsidRDefault="00000000">
+    <w:p w14:paraId="1CA832D7" w14:textId="77777777" w:rsidR="00097F4C" w:rsidRDefault="00097F4C">
       <w:pPr>
         <w:pStyle w:val="Prrafodelista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="es-MX"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink r:id="rId59">
+      <w:hyperlink r:id="rId58">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:bCs/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
             <w:lang w:eastAsia="es-MX"/>
           </w:rPr>
           <w:t>Nayarit</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r>
+      <w:r w:rsidR="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="es-MX"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidR="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="es-MX"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r>
+      <w:r w:rsidR="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="es-MX"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r>
+      <w:r w:rsidR="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="es-MX"/>
         </w:rPr>
         <w:tab/>
         <w:t>Tepic</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidR="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="es-MX"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r>
+      <w:r w:rsidR="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="es-MX"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r>
+      <w:r w:rsidR="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="es-MX"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r>
+      <w:r w:rsidR="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="es-MX"/>
         </w:rPr>
         <w:tab/>
         <w:t>UAN</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7BB32709" w14:textId="77777777" w:rsidR="00097F4C" w:rsidRDefault="00000000">
       <w:pPr>
         <w:pStyle w:val="Prrafodelista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="es-MX"/>
@@ -21333,515 +22964,515 @@
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="es-MX"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="es-MX"/>
         </w:rPr>
         <w:tab/>
         <w:t>UANL</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="es-MX"/>
         </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="22ED88AC" w14:textId="77777777" w:rsidR="00097F4C" w:rsidRDefault="00000000">
+    <w:p w14:paraId="22ED88AC" w14:textId="77777777" w:rsidR="00097F4C" w:rsidRDefault="00097F4C">
       <w:pPr>
         <w:pStyle w:val="Prrafodelista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="es-MX"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink r:id="rId60">
+      <w:hyperlink r:id="rId59">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:bCs/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
             <w:lang w:eastAsia="es-MX"/>
           </w:rPr>
           <w:t>Oaxaca</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r>
+      <w:r w:rsidR="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="es-MX"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidR="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="es-MX"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r>
+      <w:r w:rsidR="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="es-MX"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r>
+      <w:r w:rsidR="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="es-MX"/>
         </w:rPr>
         <w:tab/>
         <w:t>Oaxaca</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidR="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="es-MX"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r>
+      <w:r w:rsidR="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="es-MX"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r>
+      <w:r w:rsidR="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="es-MX"/>
         </w:rPr>
         <w:tab/>
         <w:t>UABJO</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0DA0E077" w14:textId="77777777" w:rsidR="00097F4C" w:rsidRDefault="00000000">
+    <w:p w14:paraId="0DA0E077" w14:textId="77777777" w:rsidR="00097F4C" w:rsidRDefault="00097F4C">
       <w:pPr>
         <w:pStyle w:val="Prrafodelista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="es-MX"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink r:id="rId61">
+      <w:hyperlink r:id="rId60">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:bCs/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
             <w:lang w:eastAsia="es-MX"/>
           </w:rPr>
           <w:t>Puebla</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r>
+      <w:r w:rsidR="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="es-MX"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidR="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="es-MX"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r>
+      <w:r w:rsidR="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="es-MX"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r>
+      <w:r w:rsidR="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="es-MX"/>
         </w:rPr>
         <w:tab/>
         <w:t>Puebla</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidR="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="es-MX"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r>
+      <w:r w:rsidR="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="es-MX"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r>
+      <w:r w:rsidR="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="es-MX"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r>
+      <w:r w:rsidR="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="es-MX"/>
         </w:rPr>
         <w:tab/>
         <w:t>BUAP</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidR="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="es-MX"/>
         </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6FCFEE9F" w14:textId="77777777" w:rsidR="00097F4C" w:rsidRDefault="00000000">
+    <w:p w14:paraId="6FCFEE9F" w14:textId="77777777" w:rsidR="00097F4C" w:rsidRDefault="00097F4C">
       <w:pPr>
         <w:pStyle w:val="Prrafodelista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="es-MX"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink r:id="rId62">
+      <w:hyperlink r:id="rId61">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:bCs/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
             <w:lang w:eastAsia="es-MX"/>
           </w:rPr>
           <w:t>Querétaro</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r>
+      <w:r w:rsidR="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="es-MX"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidR="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="es-MX"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r>
+      <w:r w:rsidR="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="es-MX"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r>
+      <w:r w:rsidR="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="es-MX"/>
         </w:rPr>
         <w:tab/>
         <w:t>Querétaro</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidR="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="es-MX"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r>
+      <w:r w:rsidR="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="es-MX"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r>
+      <w:r w:rsidR="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="es-MX"/>
         </w:rPr>
         <w:tab/>
         <w:t>UAQ</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="17024F36" w14:textId="77777777" w:rsidR="00097F4C" w:rsidRDefault="00000000">
+    <w:p w14:paraId="17024F36" w14:textId="77777777" w:rsidR="00097F4C" w:rsidRDefault="00097F4C">
       <w:pPr>
         <w:pStyle w:val="Prrafodelista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="es-MX"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink r:id="rId63">
+      <w:hyperlink r:id="rId62">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:bCs/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
             <w:lang w:eastAsia="es-MX"/>
           </w:rPr>
           <w:t>Quintana Roo</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r>
+      <w:r w:rsidR="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="es-MX"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidR="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="es-MX"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r>
+      <w:r w:rsidR="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="es-MX"/>
         </w:rPr>
         <w:tab/>
         <w:t>Chetumal</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidR="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="es-MX"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r>
+      <w:r w:rsidR="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="es-MX"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r>
+      <w:r w:rsidR="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="es-MX"/>
         </w:rPr>
         <w:tab/>
         <w:t>UAQR</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidR="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="es-MX"/>
         </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4EA5916D" w14:textId="77777777" w:rsidR="00097F4C" w:rsidRDefault="00000000">
+    <w:p w14:paraId="4EA5916D" w14:textId="77777777" w:rsidR="00097F4C" w:rsidRDefault="00097F4C">
       <w:pPr>
         <w:pStyle w:val="Prrafodelista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="es-MX"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink r:id="rId64">
+      <w:hyperlink r:id="rId63">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:bCs/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
             <w:lang w:eastAsia="es-MX"/>
           </w:rPr>
           <w:t>San Luis Potosí</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r>
+      <w:r w:rsidR="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="es-MX"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidR="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="es-MX"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r>
+      <w:r w:rsidR="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="es-MX"/>
         </w:rPr>
         <w:tab/>
         <w:t>San Luis Potosí</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidR="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="es-MX"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r>
+      <w:r w:rsidR="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="es-MX"/>
         </w:rPr>
         <w:tab/>
         <w:t>UASLP</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="40C8CF06" w14:textId="77777777" w:rsidR="00097F4C" w:rsidRDefault="00000000">
       <w:pPr>
         <w:pStyle w:val="Prrafodelista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="es-MX"/>
@@ -22192,289 +23823,299 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="es-MX"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="es-MX"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="es-MX"/>
         </w:rPr>
         <w:tab/>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="es-MX"/>
+        </w:rPr>
         <w:t>Tlaxcala</w:t>
       </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="es-MX"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="es-MX"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="es-MX"/>
         </w:rPr>
         <w:tab/>
         <w:t>UATLA</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5A5E5438" w14:textId="77777777" w:rsidR="00097F4C" w:rsidRDefault="00000000">
+    <w:p w14:paraId="5A5E5438" w14:textId="77777777" w:rsidR="00097F4C" w:rsidRDefault="00097F4C">
       <w:pPr>
         <w:pStyle w:val="Prrafodelista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="es-MX"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink r:id="rId65">
+      <w:hyperlink r:id="rId64">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:bCs/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
             <w:lang w:eastAsia="es-MX"/>
           </w:rPr>
           <w:t>Veracruz</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r>
+      <w:r w:rsidR="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="es-MX"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidR="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="es-MX"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r>
+      <w:r w:rsidR="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="es-MX"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r>
+      <w:r w:rsidR="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="es-MX"/>
         </w:rPr>
         <w:tab/>
         <w:t>Xalapa</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidR="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="es-MX"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r>
+      <w:r w:rsidR="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="es-MX"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r>
+      <w:r w:rsidR="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="es-MX"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r>
+      <w:r w:rsidR="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="es-MX"/>
         </w:rPr>
         <w:tab/>
         <w:t>UV</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6FD1D403" w14:textId="77777777" w:rsidR="00097F4C" w:rsidRDefault="00000000">
+    <w:p w14:paraId="6FD1D403" w14:textId="77777777" w:rsidR="00097F4C" w:rsidRDefault="00097F4C">
       <w:pPr>
         <w:pStyle w:val="Prrafodelista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="es-MX"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink r:id="rId66">
+      <w:hyperlink r:id="rId65">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:bCs/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
             <w:lang w:eastAsia="es-MX"/>
           </w:rPr>
           <w:t>Yucatán</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r>
+      <w:r w:rsidR="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="es-MX"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidR="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="es-MX"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r>
+      <w:r w:rsidR="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="es-MX"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r>
+      <w:r w:rsidR="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="es-MX"/>
         </w:rPr>
         <w:tab/>
         <w:t>Mérida</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidR="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="es-MX"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r>
+      <w:r w:rsidR="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="es-MX"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r>
+      <w:r w:rsidR="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="es-MX"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r>
+      <w:r w:rsidR="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="es-MX"/>
         </w:rPr>
         <w:tab/>
         <w:t>UAY</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidR="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="es-MX"/>
         </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
     <w:p w14:paraId="5FBF77F7" w14:textId="77777777" w:rsidR="00097F4C" w:rsidRDefault="00000000">
       <w:pPr>
         <w:pStyle w:val="Prrafodelista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="es-MX"/>
         </w:rPr>
@@ -22544,392 +24185,466 @@
         <w:tab/>
         <w:t>UAZ</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4F6A28C1" w14:textId="77777777" w:rsidR="00097F4C" w:rsidRDefault="00097F4C">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="36AA4EC7" w14:textId="77777777" w:rsidR="00097F4C" w:rsidRDefault="00097F4C">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="00097F4C" w:rsidSect="0049034A">
-      <w:headerReference w:type="default" r:id="rId67"/>
-      <w:footerReference w:type="default" r:id="rId68"/>
+      <w:headerReference w:type="default" r:id="rId66"/>
+      <w:footerReference w:type="default" r:id="rId67"/>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="851" w:right="1701" w:bottom="709" w:left="1701" w:header="284" w:footer="0" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:formProt w:val="0"/>
       <w:docGrid w:linePitch="360" w:charSpace="4096"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="0E0BEFCB" w14:textId="77777777" w:rsidR="0012050E" w:rsidRDefault="0012050E">
+    <w:p w14:paraId="69E00038" w14:textId="77777777" w:rsidR="003F1919" w:rsidRDefault="003F1919">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="0B27E3FB" w14:textId="77777777" w:rsidR="0012050E" w:rsidRDefault="0012050E">
+    <w:p w14:paraId="1DF5B3AD" w14:textId="77777777" w:rsidR="003F1919" w:rsidRDefault="003F1919">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Segoe UI">
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Liberation Sans">
     <w:altName w:val="Arial"/>
     <w:charset w:val="01"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
   </w:font>
   <w:font w:name="Noto Sans CJK SC">
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:notTrueType/>
     <w:pitch w:val="default"/>
   </w:font>
   <w:font w:name="Noto Sans Devanagari">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="80008023" w:usb1="00002046" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Helvetica">
     <w:panose1 w:val="020B0604020202020204"/>
-    <w:charset w:val="01"/>
-    <w:family w:val="roman"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="inherit">
     <w:altName w:val="Times New Roman"/>
     <w:charset w:val="01"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:sdt>
     <w:sdtPr>
       <w:id w:val="181709762"/>
       <w:docPartObj>
         <w:docPartGallery w:val="Page Numbers (Bottom of Page)"/>
         <w:docPartUnique/>
       </w:docPartObj>
     </w:sdtPr>
     <w:sdtContent>
       <w:p w14:paraId="4E2F321B" w14:textId="151A4C34" w:rsidR="00097F4C" w:rsidRDefault="0049034A" w:rsidP="0049034A">
         <w:pPr>
           <w:pStyle w:val="Piedepgina"/>
           <w:jc w:val="center"/>
         </w:pPr>
         <w:r w:rsidRPr="0008372D">
           <w:rPr>
             <w:rFonts w:cstheme="minorHAnsi"/>
             <w:b/>
           </w:rPr>
           <w:t xml:space="preserve">Vol. </w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rFonts w:cstheme="minorHAnsi"/>
             <w:b/>
           </w:rPr>
           <w:t>10</w:t>
         </w:r>
         <w:r w:rsidRPr="0008372D">
           <w:rPr>
             <w:rFonts w:cstheme="minorHAnsi"/>
             <w:b/>
           </w:rPr>
           <w:t>, Núm. 1</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rFonts w:cstheme="minorHAnsi"/>
             <w:b/>
           </w:rPr>
           <w:t>9</w:t>
         </w:r>
         <w:r w:rsidRPr="0008372D">
           <w:rPr>
             <w:rFonts w:cstheme="minorHAnsi"/>
             <w:b/>
           </w:rPr>
           <w:t xml:space="preserve">                  </w:t>
         </w:r>
+        <w:proofErr w:type="gramStart"/>
         <w:r>
           <w:rPr>
             <w:rFonts w:cstheme="minorHAnsi"/>
             <w:b/>
           </w:rPr>
-          <w:t>Enero – Junio 2023</w:t>
+          <w:t>Enero</w:t>
+        </w:r>
+        <w:proofErr w:type="gramEnd"/>
+        <w:r>
+          <w:rPr>
+            <w:rFonts w:cstheme="minorHAnsi"/>
+            <w:b/>
+          </w:rPr>
+          <w:t xml:space="preserve"> – </w:t>
+        </w:r>
+        <w:proofErr w:type="gramStart"/>
+        <w:r>
+          <w:rPr>
+            <w:rFonts w:cstheme="minorHAnsi"/>
+            <w:b/>
+          </w:rPr>
+          <w:t>Junio</w:t>
+        </w:r>
+        <w:proofErr w:type="gramEnd"/>
+        <w:r>
+          <w:rPr>
+            <w:rFonts w:cstheme="minorHAnsi"/>
+            <w:b/>
+          </w:rPr>
+          <w:t xml:space="preserve"> 2023</w:t>
         </w:r>
         <w:r w:rsidRPr="0008372D">
           <w:rPr>
             <w:rFonts w:cstheme="minorHAnsi"/>
             <w:b/>
           </w:rPr>
           <w:t xml:space="preserve">                         ISSN: 2448 – 6280</w:t>
         </w:r>
       </w:p>
     </w:sdtContent>
   </w:sdt>
   <w:p w14:paraId="03A2175F" w14:textId="77777777" w:rsidR="00097F4C" w:rsidRDefault="00097F4C">
     <w:pPr>
       <w:pStyle w:val="Piedepgina"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="2263FAF6" w14:textId="77777777" w:rsidR="0012050E" w:rsidRDefault="0012050E">
+    <w:p w14:paraId="100D1E05" w14:textId="77777777" w:rsidR="003F1919" w:rsidRDefault="003F1919">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="12"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="2ED91C0C" w14:textId="77777777" w:rsidR="0012050E" w:rsidRDefault="0012050E">
+    <w:p w14:paraId="18826F4D" w14:textId="77777777" w:rsidR="003F1919" w:rsidRDefault="003F1919">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="12"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="1">
     <w:p w14:paraId="06177EBB" w14:textId="77777777" w:rsidR="00097F4C" w:rsidRDefault="00000000" w:rsidP="0049034A">
       <w:pPr>
         <w:pStyle w:val="Textonotapie"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Caracteresdenotaalpie"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> Ortiz Torres, E. y Mariño Sánchez, MA. 2011.  La profesionalización del docente universitario a través de la investigación didáctica desde un enfoque interdisciplinar con la psicología.  Revista Iberoamericana de Educación.  </w:t>
       </w:r>
       <w:hyperlink r:id="rId1">
-        <w:r>
+        <w:r w:rsidR="00097F4C">
           <w:rPr>
             <w:rStyle w:val="EnlacedeInternet"/>
           </w:rPr>
           <w:t>https://rieoei.org/historico/deloslectores/888Ortiz.PDF</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve"> [Consultado: 26-may-22]</w:t>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="2">
     <w:p w14:paraId="4E65863A" w14:textId="77777777" w:rsidR="00097F4C" w:rsidRDefault="00000000" w:rsidP="0049034A">
       <w:pPr>
         <w:pStyle w:val="Textonotapie"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Caracteresdenotaalpie"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r>
-        <w:t xml:space="preserve"> Pérez Ruiz, A.  2014.  La profesionalización docente en el marco de la reforma educativa en México; sus implicaciones laborales.   El Cotidiano (UAM-UA) núm: 184.  p. 116  </w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="27DB450D" w14:textId="77777777" w:rsidR="00097F4C" w:rsidRDefault="00000000" w:rsidP="0049034A">
+        <w:t xml:space="preserve"> Pérez Ruiz, A.  2014.  La profesionalización docente en el marco de la reforma educativa en México; sus implicaciones laborales.   El Cotidiano (UAM-UA) </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>núm</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve">: 184.  p. 116  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="27DB450D" w14:textId="77777777" w:rsidR="00097F4C" w:rsidRDefault="00097F4C" w:rsidP="0049034A">
       <w:pPr>
         <w:pStyle w:val="Textonotapie"/>
       </w:pPr>
       <w:hyperlink r:id="rId2">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="EnlacedeInternet"/>
           </w:rPr>
           <w:t>https://www.redalyc.org/pdf/325/32530724012.pdf</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r>
+      <w:r w:rsidR="00000000">
         <w:t xml:space="preserve"> [Consultado: 23-nov-21]</w:t>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="3">
     <w:p w14:paraId="21F4BF5E" w14:textId="77777777" w:rsidR="00097F4C" w:rsidRDefault="00000000" w:rsidP="0049034A">
       <w:pPr>
         <w:pStyle w:val="Textonotapie"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Caracteresdenotaalpie"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r>
-        <w:t xml:space="preserve"> Puga Olmedo, JJ y Saldaña Salazar, A  2016.  Profesionalización docente en el nivel superior, necesidad ante el reto de la formación integral de los estudiantes universitarios.  </w:t>
+        <w:t xml:space="preserve"> Puga Olmedo, JJ y Saldaña Salazar, </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>A  2016</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:t xml:space="preserve">.  Profesionalización docente en el nivel superior, necesidad ante el reto de la formación integral de los estudiantes universitarios.  </w:t>
       </w:r>
       <w:hyperlink r:id="rId3">
-        <w:r>
+        <w:r w:rsidR="00097F4C">
           <w:rPr>
             <w:rStyle w:val="EnlacedeInternet"/>
           </w:rPr>
           <w:t>https://www.ecorfan.org/proceedings/CDU_XI/TOMO%2011_3.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve"> [Consultado: 16-nov-21]</w:t>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="4">
     <w:p w14:paraId="455E431A" w14:textId="77777777" w:rsidR="00097F4C" w:rsidRDefault="00000000" w:rsidP="0049034A">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:outlineLvl w:val="1"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000080"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="es-MX"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Caracteresdenotaalpie"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>Rojas González, CA  La profesionalización del docente universitario: un reto actual.  2017.  Mendive: Revista de Educación  15(4):</w:t>
-      </w:r>
+        <w:t xml:space="preserve">Rojas González, </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
+        <w:t>CA  La</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> profesionalización del docente universitario: un reto actual.  2017.  Mendive: Revista de </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Educación  15</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>(4):</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
         <w:tab/>
         <w:t xml:space="preserve">oct-dic  </w:t>
       </w:r>
       <w:hyperlink r:id="rId4">
-        <w:r>
+        <w:r w:rsidR="00097F4C">
           <w:rPr>
             <w:rStyle w:val="EnlacedeInternet"/>
             <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
             <w:lang w:eastAsia="es-MX"/>
           </w:rPr>
           <w:t>http://scielo.sld.cu/scielo.php?script=sci_arttext&amp;pid=S1815-76962017000400010</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="EnlacedeInternet"/>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="es-MX"/>
         </w:rPr>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="EnlacedeInternet"/>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="auto"/>
@@ -22947,153 +24662,184 @@
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Caracteresdenotaalpie"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> Así son los docentes de educación superior en México. 2019.</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:hyperlink r:id="rId5">
-        <w:r>
+        <w:r w:rsidR="00097F4C">
           <w:rPr>
             <w:rStyle w:val="EnlacedeInternet"/>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
           </w:rPr>
           <w:t>https://www.mexicosocial.org/docentes-de-educacion-superior-pieza-clave-para-el-desarrollo/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> [Consultado: 25-may-22]</w:t>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="6">
     <w:p w14:paraId="799BCDB2" w14:textId="663DF768" w:rsidR="00097F4C" w:rsidRDefault="00000000" w:rsidP="0049034A">
       <w:pPr>
         <w:pStyle w:val="Textonotapie"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Caracteresdenotaalpie"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r>
-        <w:t xml:space="preserve"> Ramírez Mazariego, LG  2020.  Profesionalización docente: competencias en el Siglo XXI.  Observatorio del Instituto para el Futuro de la Educación (Tecnológico de Monterrey)   </w:t>
-[...8 lines deleted...]
-      </w:hyperlink>
+        <w:t xml:space="preserve"> Ramírez Mazariego, LG  2020.  Profesionalización docente: competencias en el Siglo XXI.  Observatorio del Instituto para el Futuro de la Educación (Tecnológico de </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t xml:space="preserve">Monterrey)   </w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00097F4C">
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r w:rsidR="00097F4C">
+        <w:instrText>HYPERLINK "file:///C:\\Users\\elsom\\Desktop\\C:\\Users\\52444\\Documents\\PROFESIONALIZACION%20DOCENTE-ITESM.html" \h</w:instrText>
+      </w:r>
+      <w:r w:rsidR="00097F4C">
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidR="00097F4C">
+        <w:rPr>
+          <w:rStyle w:val="EnlacedeInternet"/>
+        </w:rPr>
+        <w:t>file:///C:/Users/52444/Documents/PROFESIONALIZACION DOCENTE-ITESM.html</w:t>
+      </w:r>
+      <w:r w:rsidR="00097F4C">
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
       <w:r>
         <w:t xml:space="preserve">  [Consultado: 23-nov-21]</w:t>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="7">
     <w:p w14:paraId="692F178E" w14:textId="77777777" w:rsidR="00097F4C" w:rsidRDefault="00000000" w:rsidP="0049034A">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Caracteresdenotaalpie"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Linares González, EE; García Monroy, AI; Martínez Allende, L.  2021.  La profesionalización óndocente: nuevos retos para los docentes de educación superior en la UPIBI del IPN.  Revista Iberoamericana para la Investigación y el Desarrollo Educativo.  </w:t>
-[...2 lines deleted...]
-        <w:r>
+        <w:t xml:space="preserve"> Linares González, EE; García Monroy, AI; Martínez Allende, L.  2021.  La profesionalización </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>óndocente</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: nuevos retos para los docentes de educación superior en la UPIBI del IPN.  Revista Iberoamericana para la Investigación y el Desarrollo Educativo.  </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId6">
+        <w:r w:rsidR="00097F4C">
           <w:rPr>
             <w:rStyle w:val="EnlacedeInternet"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
           </w:rPr>
           <w:t>https://www.ride.org.mx/index.php/RIDE/article/view/857/2982</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> [Consultado: 16-nov-2021]</w:t>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="8">
     <w:p w14:paraId="4EA78005" w14:textId="77777777" w:rsidR="00097F4C" w:rsidRDefault="00000000" w:rsidP="0049034A">
       <w:pPr>
         <w:pStyle w:val="Textonotapie"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Caracteresdenotaalpie"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> Agüero Servín, M; Sánchez-Mendiola, M; Martínez-Hernández, AMP; Pompa-Mansilla, M   2021. La formación y profesionalización para la docencia universitaria en México desde la voz de los profesores.   Revista Electrónica en Educación y Pedagogía 5(8):62-69,  </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8">
-        <w:r>
+      <w:hyperlink r:id="rId7">
+        <w:r w:rsidR="00097F4C">
           <w:rPr>
             <w:rStyle w:val="EnlacedeInternet"/>
           </w:rPr>
           <w:t>https://www.redalyc.org/journal/5739/573967010005/html/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve"> [Consultado: 16-nov-21]</w:t>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="9">
     <w:p w14:paraId="0AE72D11" w14:textId="77777777" w:rsidR="00097F4C" w:rsidRDefault="00000000" w:rsidP="0049034A">
       <w:pPr>
         <w:pStyle w:val="Textonotapie"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Caracteresdenotaalpie"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> Gutiérrez Chiñas, A.  2013.  El currículum de la profesión bibliotecaria; una aproximación.  Investigación Bibliotecológica (UNAM-IIBI) 27(59):141-158.  (p. 150)</w:t>
       </w:r>
@@ -23109,51 +24855,67 @@
         <w:pStyle w:val="Textonotapie"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Caracteresdenotaalpie"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> Ibid.  p. 152</w:t>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="11">
     <w:p w14:paraId="00CDDB77" w14:textId="77777777" w:rsidR="00097F4C" w:rsidRDefault="00000000" w:rsidP="0049034A">
       <w:pPr>
         <w:pStyle w:val="Textonotapie"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Caracteresdenotaalpie"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r>
-        <w:t xml:space="preserve"> Arnaz, JA  La planeación curricular.  México: Nuevomar, 1984.  p. 24</w:t>
+        <w:t xml:space="preserve"> Arnaz, </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>JA  La</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> planeación curricular.  México: </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>Nuevomar</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t>, 1984.  p. 24</w:t>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="12">
     <w:p w14:paraId="74692065" w14:textId="77777777" w:rsidR="00097F4C" w:rsidRPr="0049034A" w:rsidRDefault="00000000" w:rsidP="0049034A">
       <w:pPr>
         <w:pStyle w:val="Textonotapie"/>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Caracteresdenotaalpie"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> Gutiérrez Chiñas, A.  </w:t>
       </w:r>
       <w:r w:rsidRPr="0049034A">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>op. cit. p. 152</w:t>
@@ -23184,98 +24946,143 @@
   </w:footnote>
   <w:footnote w:id="14">
     <w:p w14:paraId="03CBD1D9" w14:textId="77777777" w:rsidR="00097F4C" w:rsidRDefault="00000000" w:rsidP="0049034A">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Caracteresdenotaalpie"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Reglamento de Estudios de Posgrado de la UNAM.  Aprobado por el Consejo Universitario de la UNAM el 15 de agosto del 2018.  </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9">
-        <w:r>
+      <w:hyperlink r:id="rId8">
+        <w:r w:rsidR="00097F4C">
           <w:rPr>
             <w:rStyle w:val="EnlacedeInternet"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
           </w:rPr>
           <w:t>https://posgrado.unam.mx/historia/wp-content/uploads/2021/12/Reglamento-General-de-Estudios-de-Posgrado.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> [Consultado: 15-mar-23]</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3D3E1DBE" w14:textId="77777777" w:rsidR="00097F4C" w:rsidRDefault="00097F4C" w:rsidP="0049034A">
       <w:pPr>
         <w:pStyle w:val="Textonotapie"/>
       </w:pPr>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
-  <w:p w14:paraId="2C7D0E0C" w14:textId="3220BD41" w:rsidR="00097F4C" w:rsidRDefault="0049034A" w:rsidP="0049034A">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="549FA4CF" w14:textId="06A0186F" w:rsidR="00133ABB" w:rsidRDefault="00133ABB">
     <w:pPr>
       <w:pStyle w:val="Encabezado"/>
-      <w:jc w:val="center"/>
     </w:pPr>
-    <w:r w:rsidRPr="00B26827">
+    <w:r>
       <w:rPr>
-        <w:rFonts w:cstheme="minorHAnsi"/>
-[...1 lines deleted...]
-        <w:i/>
+        <w:rStyle w:val="Hipervnculo"/>
+        <w:noProof/>
       </w:rPr>
-      <w:t>Revista Electrónica sobre Cuerpos Académicos y Grupos de Investigación</w:t>
+      <w:drawing>
+        <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="46D6033C" wp14:editId="33FDA560">
+          <wp:extent cx="6675509" cy="1054735"/>
+          <wp:effectExtent l="0" t="0" r="0" b="0"/>
+          <wp:docPr id="650399988" name="Imagen 1"/>
+          <wp:cNvGraphicFramePr>
+            <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+          </wp:cNvGraphicFramePr>
+          <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+            <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+              <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:nvPicPr>
+                  <pic:cNvPr id="0" name="Picture 2"/>
+                  <pic:cNvPicPr>
+                    <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+                  </pic:cNvPicPr>
+                </pic:nvPicPr>
+                <pic:blipFill>
+                  <a:blip r:embed="rId1">
+                    <a:extLst>
+                      <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                        <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                      </a:ext>
+                    </a:extLst>
+                  </a:blip>
+                  <a:srcRect/>
+                  <a:stretch>
+                    <a:fillRect/>
+                  </a:stretch>
+                </pic:blipFill>
+                <pic:spPr bwMode="auto">
+                  <a:xfrm>
+                    <a:off x="0" y="0"/>
+                    <a:ext cx="6758658" cy="1067873"/>
+                  </a:xfrm>
+                  <a:prstGeom prst="rect">
+                    <a:avLst/>
+                  </a:prstGeom>
+                  <a:noFill/>
+                  <a:ln>
+                    <a:noFill/>
+                  </a:ln>
+                </pic:spPr>
+              </pic:pic>
+            </a:graphicData>
+          </a:graphic>
+        </wp:inline>
+      </w:drawing>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="085A05C8"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="CF904546"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="0"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="0"/>
         </w:tabs>
@@ -24173,111 +25980,115 @@
   <w:num w:numId="2" w16cid:durableId="2079859287">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="3" w16cid:durableId="1823159929">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="4" w16cid:durableId="2095583827">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5" w16cid:durableId="738135731">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="6" w16cid:durableId="1135758494">
     <w:abstractNumId w:val="7"/>
   </w:num>
   <w:num w:numId="7" w16cid:durableId="795294194">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="8" w16cid:durableId="1649286187">
     <w:abstractNumId w:val="2"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:autoHyphenation/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00097F4C"/>
     <w:rsid w:val="00097F4C"/>
     <w:rsid w:val="0012050E"/>
+    <w:rsid w:val="00133ABB"/>
+    <w:rsid w:val="003F1919"/>
     <w:rsid w:val="0049034A"/>
+    <w:rsid w:val="00A94B61"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="es-MX" w:eastAsia="" w:bidi=""/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="3E2B3445"/>
   <w15:docId w15:val="{4A12F4BA-C077-44C4-8B16-3F767C0047D6}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="es-MX" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:suppressAutoHyphens/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -24637,51 +26448,50 @@
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
     <w:pPr>
       <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="Fuentedeprrafopredeter">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
-    <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="Tablanormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="Sinlista">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="TextonotapieCar">
     <w:name w:val="Texto nota pie Car"/>
@@ -24992,63 +26802,90 @@
       <w:spacing w:beforeAutospacing="1" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:eastAsia="es-MX"/>
     </w:rPr>
   </w:style>
   <w:style w:type="table" w:styleId="Tablaconcuadrcula">
     <w:name w:val="Table Grid"/>
     <w:basedOn w:val="Tablanormal"/>
     <w:uiPriority w:val="39"/>
     <w:rsid w:val="00752E67"/>
     <w:tblPr>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
     </w:tblPr>
   </w:style>
+  <w:style w:type="character" w:styleId="Hipervnculo">
+    <w:name w:val="Hyperlink"/>
+    <w:basedOn w:val="Fuentedeprrafopredeter"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00133ABB"/>
+    <w:rPr>
+      <w:color w:val="0563C1" w:themeColor="hyperlink"/>
+      <w:u w:val="single"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="Mencinsinresolver">
+    <w:name w:val="Unresolved Mention"/>
+    <w:basedOn w:val="Fuentedeprrafopredeter"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00133ABB"/>
+    <w:rPr>
+      <w:color w:val="605E5C"/>
+      <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
+    </w:rPr>
+  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh"/>
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du"/>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.posgrados.ugto.mx/Posgrado/Objetivo.aspx?p=220312" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\elsom\Desktop\C:\Users\52444\Documents\UAdeCOAHUILA-MTRIA.html" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uatx.mx/oferta/maestria/MIDH" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.turismomexico.es/estado-baja-california-norte/" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.turismomexico.es/quintana-roo/" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://scielo.sld.cu/scielo.php?script=sci_arttext&amp;pid=S1815-76962017000400010" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.udg.mx/es/oferta-academica/posgrados/maestrias/maestria-en-derecho-cucsh" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rieoei.org/historico/deloslectores/888Ortiz.PDF" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://congresodurango.gob.mx/Archivos/legislacion/LEY%20ORGANICA%20DE%20LA%20UJED.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.uan.edu.mx/es/maestria-en-derecho" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.derecho.uaslp.mx/posgrado/Paginas/Maestrias/2717" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ujat.mx/md/12599" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.educaedu.com.mx/maestria-en-docencia-e-investigacion-juridica-master-11512.html" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.turismomexico.es/guanajuato/" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.turismomexico.es/estado-de-morelos/" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.turismomexico.es/yucatan/" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.turismomexico.es/estado-de-puebla/" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.uat.edu.mx/SIyP/Documents/Otros/Convocatorias/2021/ConvocatoriaMIDH-2022.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\elsom\Desktop\C:\Users\52444\Documents\PROFESIONALIZACION%20DOCENTE-ITESM.html" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ucol.mx/oferta-educativa/oferta-superior-maestria.63.htm" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://posgradoderecho.uagro.mx/wpcontent/uploads/filesprov02/MAESTRIA%20EN%20DERECHO.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.posgradoderechoumsnh.com.mx/maestriaenderechoconopcionesterminales.php" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.viep.buap.mx/posgrado/posgrados-informacion.php?id_prog=00081" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\elsom\Desktop\C:\Users\AGChi&#241;as\Documents\UV-MTRIA%20EN%20DERECHO-PROGRAMA.html" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.turismomexico.es/baja-california-sur/" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.turismomexico.es/jalisco/" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.turismomexico.es/estado-san-luis-potosi/" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.redalyc.org/journal/5739/573967010005/html/" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.turismomexico.es/estado-de-chihuahua/" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.redalyc.org/pdf/325/32530724012.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://fcays.ens.uabc.mx/convocatoria-para-maestria-en-ciencias-juridicas/" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://derecho.uaemex.mx/est_maestria.html" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://posgrado.uanl.mx/derecho-maestria-en-derecho/" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://derecho.uas.edu.mx/posgrado/maestria.php" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.turismomexico.es/estado-de-aguascalientes/" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.turismomexico.es/estado-de-nayarit/" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://md.maestrias.unach.mx/index.php/component/k2/item/2-convocatoria-2022-cerrada?tmpl=component&amp;print=1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\elsom\Desktop\C:\Users\AGChi&#241;as\Documents\UATAMMTRIA%20EN%20DERECHO.html" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.turismomexico.es/estado-de-guerrero/" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.turismomexico.es/queretaro/" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://posgrado.unam.mx/historia/wp-content/uploads/2021/12/Reglamento-General-de-Estudios-de-Posgrado.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://derecho.posgrado.unam.mx/site_cpd/public/files/maest.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.uaeh.edu.mx/campus/icshu/oferta/maestrias/derecho-penal-ciencias-penales/" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.uaq.mx/index.php/nivel-posgrados/maestrias/fd/maestria-en-derecho" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.turismomexico.es/estado-de-campeche/" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.turismomexico.es/michoacan/" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ride.org.mx/index.php/RIDE/article/view/857/2982" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.uaem.mx/admision-y-oferta/posgrado/maestria-en-derecho/" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.educaedu.com.mx/maestria-en-docencia-e-investigacion-juridica-master-11512.html" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.turismomexico.es/estado-de-mexico/" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.turismomexico.es/estado-de-oaxaca/" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.turismomexico.es/estado-de-veracruz/" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mexicosocial.org/docentes-de-educacion-superior-pieza-clave-para-el-desarrollo/" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ecorfan.org/proceedings/CDU_XI/TOMO%2011_3.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cndh.org.mx/educacion/maestria-interinstitucional-en-derechos-humanos" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.posder.uson.mx/mdp/" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.educaedu.com.mx/maestria-en-derecho-constitucional-maestria-35609.html" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.turismomexico.es/chiapas/" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.turismomexico.es/hidalgo/" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://posgradoderecho.uagro.mx/wpcontent/uploads/filesprov02/MAESTRIA%20EN%20DERECHO.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ucol.mx/oferta-educativa/oferta-superior-maestria.63.htm" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\elsom\Desktop\C:\Users\AGChi&#241;as\Documents\UV-MTRIA%20EN%20DERECHO-PROGRAMA.html" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.turismomexico.es/baja-california-sur/" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.turismomexico.es/estado-san-luis-potosi/" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://fcays.ens.uabc.mx/convocatoria-para-maestria-en-ciencias-juridicas/" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.posgradoderechoumsnh.com.mx/maestriaenderechoconopcionesterminales.php" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rieoei.org/historico/deloslectores/888Ortiz.PDF" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://derecho.uaemex.mx/est_maestria.html" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://posgrado.uanl.mx/derecho-maestria-en-derecho/" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://derecho.uas.edu.mx/posgrado/maestria.php" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\elsom\Desktop\C:\Users\AGChi&#241;as\Documents\UATAMMTRIA%20EN%20DERECHO.html" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.turismomexico.es/estado-de-aguascalientes/" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.turismomexico.es/estado-de-guerrero/" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.turismomexico.es/estado-de-nayarit/" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.turismomexico.es/queretaro/" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://md.maestrias.unach.mx/index.php/component/k2/item/2-convocatoria-2022-cerrada?tmpl=component&amp;print=1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://posgrado.unam.mx/historia/wp-content/uploads/2021/12/Reglamento-General-de-Estudios-de-Posgrado.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://derecho.posgrado.unam.mx/site_cpd/public/files/maest.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.uaeh.edu.mx/campus/icshu/oferta/maestrias/derecho-penal-ciencias-penales/" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.uaem.mx/admision-y-oferta/posgrado/maestria-en-derecho/" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.uaq.mx/index.php/nivel-posgrados/maestrias/fd/maestria-en-derecho" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.educaedu.com.mx/maestria-en-docencia-e-investigacion-juridica-master-11512.html" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.turismomexico.es/estado-de-campeche/" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.turismomexico.es/michoacan/" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.turismomexico.es/estado-de-veracruz/" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.redalyc.org/journal/5739/573967010005/html/" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.turismomexico.es/estado-de-mexico/" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.redalyc.org/pdf/325/32530724012.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cndh.org.mx/educacion/maestria-interinstitucional-en-derechos-humanos" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.posgrados.ugto.mx/Posgrado/Objetivo.aspx?p=220312" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.educaedu.com.mx/maestria-en-derecho-constitucional-maestria-35609.html" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.posder.uson.mx/mdp/" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.turismomexico.es/estado-baja-california-norte/" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.turismomexico.es/estado-de-oaxaca/" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\elsom\Desktop\C:\Users\52444\Documents\UAdeCOAHUILA-MTRIA.html" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uatx.mx/oferta/maestria/MIDH" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.turismomexico.es/hidalgo/" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.turismomexico.es/quintana-roo/" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://scielo.sld.cu/scielo.php?script=sci_arttext&amp;pid=S1815-76962017000400010" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://congresodurango.gob.mx/Archivos/legislacion/LEY%20ORGANICA%20DE%20LA%20UJED.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.udg.mx/es/oferta-academica/posgrados/maestrias/maestria-en-derecho-cucsh" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.derecho.uaslp.mx/posgrado/Paginas/Maestrias/2717" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.turismomexico.es/chiapas/" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.turismomexico.es/estado-de-morelos/" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ride.org.mx/index.php/RIDE/article/view/857/2982" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.uan.edu.mx/es/maestria-en-derecho" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.educaedu.com.mx/maestria-en-docencia-e-investigacion-juridica-master-11512.html" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.turismomexico.es/guanajuato/" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.turismomexico.es/estado-de-puebla/" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.turismomexico.es/yucatan/" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mexicosocial.org/docentes-de-educacion-superior-pieza-clave-para-el-desarrollo/" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ecorfan.org/proceedings/CDU_XI/TOMO%2011_3.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.uat.edu.mx/SIyP/Documents/Otros/Convocatorias/2021/ConvocatoriaMIDH-2022.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ujat.mx/md/12599" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.viep.buap.mx/posgrado/posgrados-informacion.php?id_prog=00081" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.turismomexico.es/estado-de-chihuahua/" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.turismomexico.es/jalisco/" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.redalyc.org/journal/5739/573967010005/html/" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ecorfan.org/proceedings/CDU_XI/TOMO%2011_3.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ride.org.mx/index.php/RIDE/article/view/857/2982" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.redalyc.org/pdf/325/32530724012.pdf" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rieoei.org/historico/deloslectores/888Ortiz.PDF" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\elsom\Desktop\C:\Users\52444\Documents\PROFESIONALIZACION%20DOCENTE-ITESM.html" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mexicosocial.org/docentes-de-educacion-superior-pieza-clave-para-el-desarrollo/" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://scielo.sld.cu/scielo.php?script=sci_arttext&amp;pid=S1815-76962017000400010" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://posgrado.unam.mx/historia/wp-content/uploads/2021/12/Reglamento-General-de-Estudios-de-Posgrado.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://posgrado.unam.mx/historia/wp-content/uploads/2021/12/Reglamento-General-de-Estudios-de-Posgrado.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ecorfan.org/proceedings/CDU_XI/TOMO%2011_3.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.redalyc.org/journal/5739/573967010005/html/" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.redalyc.org/pdf/325/32530724012.pdf" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rieoei.org/historico/deloslectores/888Ortiz.PDF" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ride.org.mx/index.php/RIDE/article/view/857/2982" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mexicosocial.org/docentes-de-educacion-superior-pieza-clave-para-el-desarrollo/" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://scielo.sld.cu/scielo.php?script=sci_arttext&amp;pid=S1815-76962017000400010" TargetMode="External"/></Relationships>
+</file>
+
+<file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="5B9BD5"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
@@ -25288,56 +27125,56 @@
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{4612D7D4-E0B4-47A7-BAE6-3EC40CD3BDCF}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
-  <Pages>20</Pages>
-[...1 lines deleted...]
-  <Characters>41085</Characters>
+  <Pages>22</Pages>
+  <Words>7485</Words>
+  <Characters>41168</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>342</Lines>
-  <Paragraphs>96</Paragraphs>
+  <Lines>343</Lines>
+  <Paragraphs>97</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>48459</CharactersWithSpaces>
+  <CharactersWithSpaces>48556</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>AGChiñas</dc:creator>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:language>es-MX</dc:language>
 </cp:coreProperties>
 </file>