--- v0 (2025-10-19)
+++ v1 (2026-03-04)
@@ -6,63 +6,92 @@
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="wdp" ContentType="image/vnd.ms-photo"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w14:paraId="08C4E985" w14:textId="77777777" w:rsidR="00D81D3F" w:rsidRDefault="00000000" w:rsidP="00215854">
+    <w:p w14:paraId="7DD3E65D" w14:textId="09F21B9E" w:rsidR="006652E7" w:rsidRDefault="006652E7" w:rsidP="006652E7">
       <w:pPr>
         <w:spacing w:before="77"/>
         <w:ind w:right="-281"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:b/>
           <w:i/>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
+      <w:r w:rsidRPr="006652E7">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>DOI: </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006652E7">
+        <w:rPr>
+          <w:b/>
+          <w:i/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>https://doi.org/10.23913/cagi.v10i19.290</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="08C4E985" w14:textId="7D032CA0" w:rsidR="00D81D3F" w:rsidRDefault="00000000" w:rsidP="00215854">
+      <w:pPr>
+        <w:spacing w:before="77"/>
+        <w:ind w:right="-281"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:b/>
+          <w:i/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:i/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>Artículos</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:i/>
           <w:spacing w:val="-5"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:i/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>científicos</w:t>
       </w:r>
@@ -82,117 +111,95 @@
     <w:p w14:paraId="68D2A8E0" w14:textId="7DE10B2C" w:rsidR="00D81D3F" w:rsidRDefault="00CE7308" w:rsidP="00A92425">
       <w:pPr>
         <w:pStyle w:val="Ttulo"/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:left="258" w:right="-281" w:firstLine="995"/>
       </w:pPr>
       <w:r>
         <w:t>Sistema m</w:t>
       </w:r>
       <w:r w:rsidR="002E4FDD">
         <w:t>ultip</w:t>
       </w:r>
       <w:r w:rsidR="00C02C3C">
         <w:t>lataforma</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="002E4FDD">
         <w:t>para el</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="002E4FDD">
-        <w:t xml:space="preserve">control de lazo abierto de un par de músculos artificiales de </w:t>
-[...5 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t>control de lazo abierto de un par de músculos artificiales de McKibben</w:t>
+      </w:r>
       <w:r w:rsidR="00402B05">
-        <w:t xml:space="preserve"> empleando </w:t>
-[...5 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t xml:space="preserve"> empleando IoT</w:t>
+      </w:r>
       <w:r w:rsidR="002E4FDD">
         <w:t>, en prácticas a distancia</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="74A589C4" w14:textId="77777777" w:rsidR="00D81D3F" w:rsidRPr="00A92425" w:rsidRDefault="00D81D3F" w:rsidP="00A92425">
       <w:pPr>
         <w:pStyle w:val="Textoindependiente"/>
         <w:spacing w:before="8" w:line="276" w:lineRule="auto"/>
         <w:ind w:right="-281"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri"/>
           <w:b/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="439F1F39" w14:textId="6D51702B" w:rsidR="00D81D3F" w:rsidRPr="00A92425" w:rsidRDefault="00CE7308" w:rsidP="00A92425">
       <w:pPr>
         <w:pStyle w:val="HTMLconformatoprevio"/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:right="-281"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri"/>
           <w:b/>
           <w:i/>
           <w:sz w:val="28"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A92425">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:b/>
           <w:i/>
           <w:sz w:val="28"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve">Multiplatform system for open-loop control of a pair of McKibben artificial muscles using IoT, in remote </w:t>
-[...12 lines deleted...]
-      <w:proofErr w:type="gramEnd"/>
+        <w:t>Multiplatform system for open-loop control of a pair of McKibben artificial muscles using IoT, in remote practices</w:t>
+      </w:r>
     </w:p>
     <w:p w14:paraId="4A7DA094" w14:textId="77777777" w:rsidR="00D81D3F" w:rsidRPr="00A92425" w:rsidRDefault="00D81D3F" w:rsidP="00215854">
       <w:pPr>
         <w:pStyle w:val="Textoindependiente"/>
         <w:spacing w:before="10"/>
         <w:ind w:right="-281"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri"/>
           <w:b/>
           <w:i/>
           <w:sz w:val="37"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="5086238F" w14:textId="43AD89D7" w:rsidR="00D81D3F" w:rsidRPr="00C645D2" w:rsidRDefault="00C02C3C" w:rsidP="00A92425">
       <w:pPr>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
@@ -280,167 +287,127 @@
         <w:t>0358</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="42208FDD" w14:textId="77777777" w:rsidR="00C645D2" w:rsidRDefault="00C645D2" w:rsidP="00A92425">
       <w:pPr>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="763BDF53" w14:textId="0CB650DA" w:rsidR="00C645D2" w:rsidRPr="00C645D2" w:rsidRDefault="00C645D2" w:rsidP="00A92425">
       <w:pPr>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00C645D2">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
-        <w:t>Citlalih</w:t>
-[...38 lines deleted...]
-        <w:t xml:space="preserve"> Alejandra Gutiérrez Estrada </w:t>
+        <w:t>Citlalih Yollohtli Alejandra Gutiérrez Estrada </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7FC1A579" w14:textId="77777777" w:rsidR="00BD0470" w:rsidRPr="00C645D2" w:rsidRDefault="00BD0470" w:rsidP="00A92425">
       <w:pPr>
         <w:pStyle w:val="Textoindependiente"/>
         <w:jc w:val="right"/>
       </w:pPr>
       <w:r w:rsidRPr="00C645D2">
         <w:t>TecNM-Instituto Tecnológico de Toluca,</w:t>
       </w:r>
       <w:r w:rsidRPr="00C645D2">
         <w:rPr>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00C645D2">
         <w:t>México</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="70FF70A8" w14:textId="1E0BC68E" w:rsidR="00BD0470" w:rsidRPr="00C645D2" w:rsidRDefault="00BD0470" w:rsidP="00A92425">
       <w:pPr>
         <w:pStyle w:val="Textoindependiente"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C645D2">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:hyperlink r:id="rId8" w:history="1">
         <w:r w:rsidRPr="00C645D2">
           <w:rPr>
             <w:rStyle w:val="Hipervnculo"/>
             <w:rFonts w:ascii="Calibri"/>
             <w:color w:val="auto"/>
             <w:u w:val="none"/>
           </w:rPr>
           <w:t>cgutiereze@toluca.tecnm.mx</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="4BD3A26A" w14:textId="77777777" w:rsidR="00C645D2" w:rsidRDefault="00000000" w:rsidP="00A92425">
+    <w:p w14:paraId="4BD3A26A" w14:textId="77777777" w:rsidR="00C645D2" w:rsidRDefault="00C645D2" w:rsidP="00A92425">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink r:id="rId9" w:history="1">
-        <w:r w:rsidR="00C645D2" w:rsidRPr="00C645D2">
+        <w:r w:rsidRPr="00C645D2">
           <w:rPr>
             <w:rStyle w:val="Hipervnculo"/>
             <w:color w:val="auto"/>
             <w:u w:val="none"/>
           </w:rPr>
           <w:t>https://orcid.org/0000-0001-9586-2903</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidR="00C645D2" w:rsidRPr="00C645D2">
+      <w:r w:rsidRPr="00C645D2">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="609DCA54" w14:textId="77777777" w:rsidR="00C645D2" w:rsidRDefault="00C645D2" w:rsidP="00A92425">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="28A91C21" w14:textId="15556E89" w:rsidR="00C645D2" w:rsidRPr="00A92425" w:rsidRDefault="00C645D2" w:rsidP="00A92425">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
@@ -465,98 +432,98 @@
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>Blanca Noemí Flores Ramírez </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7AA8D86E" w14:textId="77777777" w:rsidR="00C645D2" w:rsidRPr="00C645D2" w:rsidRDefault="00C645D2" w:rsidP="00A92425">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C645D2">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>TecNM-Instituto Tecnológico de Toluca, México </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3A83E7E0" w14:textId="77777777" w:rsidR="00C645D2" w:rsidRPr="00A92425" w:rsidRDefault="00000000" w:rsidP="00A92425">
+    <w:p w14:paraId="3A83E7E0" w14:textId="77777777" w:rsidR="00C645D2" w:rsidRPr="00A92425" w:rsidRDefault="00C645D2" w:rsidP="00A92425">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rStyle w:val="Hipervnculo"/>
           <w:color w:val="auto"/>
           <w:u w:val="none"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink r:id="rId10" w:tgtFrame="_blank" w:history="1">
-        <w:r w:rsidR="00C645D2" w:rsidRPr="00A92425">
+        <w:r w:rsidRPr="00A92425">
           <w:rPr>
             <w:rStyle w:val="Hipervnculo"/>
             <w:rFonts w:ascii="Calibri"/>
             <w:color w:val="auto"/>
             <w:u w:val="none"/>
             <w:lang w:eastAsia="en-US"/>
           </w:rPr>
           <w:t>nfloresr@toluca.tecnm.mx</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidR="00C645D2" w:rsidRPr="00A92425">
+      <w:r w:rsidRPr="00A92425">
         <w:rPr>
           <w:rStyle w:val="Hipervnculo"/>
           <w:color w:val="auto"/>
           <w:u w:val="none"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>  </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="44CCEAC9" w14:textId="71635636" w:rsidR="001C7D8D" w:rsidRPr="00A92425" w:rsidRDefault="00000000" w:rsidP="00A92425">
+    <w:p w14:paraId="44CCEAC9" w14:textId="71635636" w:rsidR="001C7D8D" w:rsidRPr="00A92425" w:rsidRDefault="00C645D2" w:rsidP="00A92425">
       <w:pPr>
         <w:pStyle w:val="Textoindependiente"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rStyle w:val="Hipervnculo"/>
           <w:color w:val="auto"/>
           <w:u w:val="none"/>
           <w:lang w:eastAsia="es-MX"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink r:id="rId11" w:tgtFrame="_blank" w:history="1">
-        <w:r w:rsidR="00C645D2" w:rsidRPr="00A92425">
+        <w:r w:rsidRPr="00A92425">
           <w:rPr>
             <w:rStyle w:val="Hipervnculo"/>
             <w:color w:val="auto"/>
             <w:u w:val="none"/>
             <w:lang w:eastAsia="es-MX"/>
           </w:rPr>
           <w:t>https://orcid.org/0009-0008-7233-0443</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w14:paraId="452EA4D5" w14:textId="77777777" w:rsidR="00C645D2" w:rsidRPr="00C645D2" w:rsidRDefault="00C645D2" w:rsidP="00C645D2">
       <w:pPr>
         <w:pStyle w:val="Textoindependiente"/>
         <w:ind w:right="-281"/>
         <w:jc w:val="right"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="3ABC9377" w14:textId="77777777" w:rsidR="00D81D3F" w:rsidRDefault="00D81D3F" w:rsidP="00215854">
       <w:pPr>
         <w:pStyle w:val="Textoindependiente"/>
         <w:spacing w:before="8"/>
         <w:ind w:right="-281"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="6F72165E" w14:textId="77777777" w:rsidR="00D81D3F" w:rsidRPr="00A92425" w:rsidRDefault="00000000" w:rsidP="00A92425">
@@ -577,69 +544,51 @@
     </w:p>
     <w:p w14:paraId="3A58AA4E" w14:textId="71968525" w:rsidR="00125422" w:rsidRPr="00BD0470" w:rsidRDefault="00000000" w:rsidP="00A92425">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:right="-281"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00BD0470">
         <w:rPr>
           <w:color w:val="000009"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">El objetivo de este trabajo fue </w:t>
       </w:r>
       <w:r w:rsidR="00CE7308" w:rsidRPr="00BD0470">
         <w:rPr>
           <w:color w:val="000009"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">desarrollar una herramienta de apoyo para las asignaturas de control, robótica e </w:t>
-[...17 lines deleted...]
-        <w:t xml:space="preserve">, mediante un sistema multiplataforma, que se adapta a cualquier dispositivo móvil, sea computadora, laptop, tableta o teléfono celular, </w:t>
+        <w:t xml:space="preserve">desarrollar una herramienta de apoyo para las asignaturas de control, robótica e IoT, mediante un sistema multiplataforma, que se adapta a cualquier dispositivo móvil, sea computadora, laptop, tableta o teléfono celular, </w:t>
       </w:r>
       <w:r w:rsidR="00125422" w:rsidRPr="00BD0470">
         <w:rPr>
           <w:color w:val="000009"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">que permite reforzar la teoría </w:t>
       </w:r>
       <w:r w:rsidR="001F79AE" w:rsidRPr="00BD0470">
         <w:rPr>
           <w:color w:val="000009"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>vista en las aulas,</w:t>
       </w:r>
       <w:r w:rsidR="00125422" w:rsidRPr="00BD0470">
         <w:rPr>
           <w:color w:val="000009"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
@@ -784,81 +733,73 @@
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidR="00125422" w:rsidRPr="00BD0470">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> la arquitectura del control de un </w:t>
       </w:r>
       <w:r w:rsidR="00D455CE" w:rsidRPr="00BD0470">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>par de</w:t>
       </w:r>
       <w:r w:rsidR="00125422" w:rsidRPr="00BD0470">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> músculos artificiales de </w:t>
-[...15 lines deleted...]
-        <w:t xml:space="preserve"> vía web. Se planteó la estrategia de integrar el sistema sobre LabVIEW y tecnología web a través del marco de trabajo basado en la Metodología cascada e incremental. Estas herramientas se emplearon iniciando con un modelo abstracto, para obtener resultados satisfactorios en cuanto a la especificación de requerimientos y el modelado final del sistema.</w:t>
+        <w:t xml:space="preserve"> músculos artificiales de Mckibben vía web. Se planteó la estrategia de integrar el sistema sobre LabVIEW y tecnología web a través del marco de trabajo basado en la Metodología cascada e incremental. Estas herramientas se emplearon iniciando con un modelo abstracto, para obtener resultados satisfactorios en cuanto a la especificación de requerimientos y el modelado final del sistema.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="06D101B3" w14:textId="3D15EA2C" w:rsidR="00D81D3F" w:rsidRDefault="00125422" w:rsidP="00A92425">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:right="-281"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="00BD0470">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Entre los aportes más significativos que se lograron fueron la interacción del usuario con el sistema en tiempo de ejecución sobre LabVIEW a través de diferentes navegadores y dispositivos, sin necesidad de una aplicación por parte del usuario, presentando un ahorro económico al trabajar con una licencia de LabVIEW para una mayor cantidad de usuarios.</w:t>
+        <w:t xml:space="preserve">Entre los aportes más significativos que se lograron fueron la interacción del usuario con el sistema en tiempo de ejecución sobre LabVIEW a través de diferentes navegadores y dispositivos, sin necesidad de una aplicación por parte del usuario, presentando un ahorro </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BD0470">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>económico al trabajar con una licencia de LabVIEW para una mayor cantidad de usuarios.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1B3AD2B9" w14:textId="4CEBAE63" w:rsidR="00D81D3F" w:rsidRDefault="00000000" w:rsidP="00A92425">
       <w:pPr>
         <w:spacing w:before="3" w:line="360" w:lineRule="auto"/>
         <w:ind w:right="-281"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000009"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A92425">
         <w:rPr>
           <w:rFonts w:ascii="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>Palabras clave:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
@@ -906,916 +847,257 @@
       <w:r w:rsidR="00D455CE" w:rsidRPr="00BD0470">
         <w:rPr>
           <w:color w:val="000009"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>web</w:t>
       </w:r>
       <w:r w:rsidRPr="00BD0470">
         <w:rPr>
           <w:color w:val="000009"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidRPr="00BD0470">
         <w:rPr>
           <w:color w:val="000009"/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="00F50E65" w:rsidRPr="00BD0470">
         <w:rPr>
           <w:color w:val="000009"/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>l</w:t>
       </w:r>
       <w:r w:rsidR="00D455CE" w:rsidRPr="00BD0470">
         <w:rPr>
           <w:color w:val="000009"/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>abview</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00BD0470">
         <w:rPr>
           <w:color w:val="000009"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r w:rsidR="00D455CE" w:rsidRPr="00BD0470">
         <w:rPr>
           <w:color w:val="000009"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>músculo, control</w:t>
       </w:r>
       <w:r w:rsidR="006019C2" w:rsidRPr="00BD0470">
         <w:rPr>
           <w:color w:val="000009"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0EDF2CFB" w14:textId="77777777" w:rsidR="00A92425" w:rsidRDefault="00A92425" w:rsidP="00A92425">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:right="-281"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="75A9C2A6" w14:textId="77777777" w:rsidR="00D81D3F" w:rsidRPr="00A92425" w:rsidRDefault="00000000" w:rsidP="00A92425">
       <w:pPr>
         <w:pStyle w:val="Ttulo2"/>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="-281"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A92425">
         <w:rPr>
           <w:rFonts w:ascii="Calibri"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>Abstract</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7DAEDE96" w14:textId="72B15B22" w:rsidR="004F6540" w:rsidRDefault="00000000" w:rsidP="00A92425">
       <w:pPr>
         <w:pStyle w:val="Textoindependiente"/>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:right="-281"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A92425">
         <w:rPr>
           <w:color w:val="000009"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">The </w:t>
       </w:r>
       <w:r w:rsidR="004F6540" w:rsidRPr="00A92425">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve">objective of this work was to develop a support tool for the subjects of control, robotics and IoT, through a multiplatform system, which adapts to any mobile device, be it computer, laptop, </w:t>
+        <w:t xml:space="preserve">objective of this work was to develop a support tool for the subjects of control, robotics and IoT, through a multiplatform system, which adapts to any mobile device, be it computer, laptop, tablet or cell phone, which allows to reinforce the theory seen in the classrooms, through practices programmed by the teacher according to the topic seen. In this tool, the architecture of the control of a pair of Mckibben´s artificial muscles via the web </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidR="004F6540" w:rsidRPr="00A92425">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>tablet</w:t>
+        <w:t>was</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidR="004F6540" w:rsidRPr="00A92425">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve"> or cell phone, which allows to reinforce the theory seen in the classrooms, through practices programmed by the teacher according to the topic seen. In this tool, the architecture of the control of a pair of </w:t>
-[...26 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve"> analyzed, designed, developed, validated theoretically and experimentally for remote experimentation. </w:t>
       </w:r>
       <w:r w:rsidR="004F6540" w:rsidRPr="004F6540">
         <w:rPr>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
-        <w:t xml:space="preserve">The </w:t>
-[...321 lines deleted...]
-        <w:t xml:space="preserve"> and final system modeling.</w:t>
+        <w:t>The strategy of integrating the system on LabVIEW and web technology through the framework based on the waterfall and incremental methodology was proposed. These tools were used starting with an abstract model, to obtain satisfactory results in terms of requirements specification and final system modeling.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7E4767D9" w14:textId="25611E85" w:rsidR="004F6540" w:rsidRPr="00C02C3C" w:rsidRDefault="004F6540" w:rsidP="00A92425">
       <w:pPr>
         <w:pStyle w:val="Textoindependiente"/>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:right="-281"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="004F6540">
         <w:rPr>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
-        <w:t>Among</w:t>
-[...300 lines deleted...]
-        <w:t>.</w:t>
+        <w:t>Among the most significant contributions that were achieved were the interaction of the user with the system at runtime on LabVIEW through different browsers and devices, without the need for an application by the user, presenting an economic saving by working with a LabVIEW license for a greater number of users.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3EADED43" w14:textId="34E0CC59" w:rsidR="00A92425" w:rsidRDefault="00000000" w:rsidP="00A92425">
       <w:pPr>
         <w:pStyle w:val="Textoindependiente"/>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:right="-281"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000009"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
       </w:pPr>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="00C02C3C">
         <w:rPr>
           <w:rFonts w:ascii="Calibri"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
         <w:t>Keywords:</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="00C02C3C">
         <w:rPr>
           <w:rFonts w:ascii="Calibri"/>
           <w:b/>
           <w:spacing w:val="-6"/>
           <w:sz w:val="28"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="00B20960">
         <w:rPr>
           <w:color w:val="000009"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
         <w:t>multiplatform</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00C02C3C">
         <w:rPr>
           <w:color w:val="000009"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r w:rsidR="00B20960">
         <w:rPr>
           <w:color w:val="000009"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
         <w:t>web</w:t>
       </w:r>
       <w:r w:rsidRPr="00C02C3C">
         <w:rPr>
           <w:color w:val="000009"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidRPr="00C02C3C">
         <w:rPr>
           <w:color w:val="000009"/>
           <w:spacing w:val="-1"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="00B20960">
         <w:rPr>
           <w:color w:val="000009"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
         <w:t>labview</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00C02C3C">
         <w:rPr>
           <w:color w:val="000009"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidRPr="00C02C3C">
         <w:rPr>
           <w:color w:val="000009"/>
           <w:spacing w:val="-1"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00B20960">
         <w:rPr>
           <w:color w:val="000009"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
         <w:t>Muscle</w:t>
       </w:r>
       <w:r w:rsidRPr="00C02C3C">
         <w:rPr>
           <w:color w:val="000009"/>
@@ -1881,60 +1163,68 @@
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>2</w:t>
       </w:r>
       <w:r w:rsidRPr="00277F61">
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">    </w:t>
       </w:r>
       <w:r w:rsidRPr="00277F61">
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>Fecha Aceptación:</w:t>
       </w:r>
       <w:r w:rsidRPr="00277F61">
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
+      <w:proofErr w:type="gramStart"/>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
-        <w:t>Enero 2023</w:t>
+        <w:t>Enero</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2023</w:t>
       </w:r>
       <w:r w:rsidRPr="00277F61">
         <w:br/>
       </w:r>
-      <w:r>
+      <w:r w:rsidR="00000000">
         <w:pict w14:anchorId="792A8CB9">
           <v:rect id="_x0000_i1025" style="width:446.5pt;height:1.5pt" o:hralign="center" o:hrstd="t" o:hr="t" fillcolor="#a0a0a0" stroked="f"/>
         </w:pict>
       </w:r>
     </w:p>
     <w:p w14:paraId="7DC25736" w14:textId="0C1D6807" w:rsidR="00D81D3F" w:rsidRPr="001C7D8D" w:rsidRDefault="00000000" w:rsidP="00215854">
       <w:pPr>
         <w:pStyle w:val="Ttulo1"/>
         <w:spacing w:before="138"/>
         <w:ind w:left="0" w:right="-281"/>
       </w:pPr>
       <w:r w:rsidRPr="001C7D8D">
         <w:rPr>
           <w:color w:val="000009"/>
         </w:rPr>
         <w:t>Introducción</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6F3A5CAD" w14:textId="48EAA2D1" w:rsidR="00F87792" w:rsidRPr="00EC0F1C" w:rsidRDefault="00F87792" w:rsidP="00215854">
       <w:pPr>
         <w:spacing w:before="184" w:line="360" w:lineRule="auto"/>
         <w:ind w:right="-281" w:firstLine="420"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
@@ -2038,152 +1328,136 @@
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>El</w:t>
       </w:r>
       <w:r w:rsidR="009445EC" w:rsidRPr="00EC0F1C">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> boletín publicado por la UNAM, el 16 de </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidR="009445EC" w:rsidRPr="00EC0F1C">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Mayo</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidR="009445EC" w:rsidRPr="00EC0F1C">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> de 2021, menciona que la pandemia surgida por covid-19, ha acelerado 10 años las tecnologías digitales, si bien es cierto que no estábamos preparados para esta contingencia en la educación, se ha tenido que adaptar para quedarse</w:t>
+        <w:t xml:space="preserve"> de 2021, menciona que la pandemia </w:t>
+      </w:r>
+      <w:r w:rsidR="009445EC" w:rsidRPr="00EC0F1C">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>surgida por covid-19, ha acelerado 10 años las tecnologías digitales, si bien es cierto que no estábamos preparados para esta contingencia en la educación, se ha tenido que adaptar para quedarse</w:t>
       </w:r>
       <w:r w:rsidR="00533B2B" w:rsidRPr="00EC0F1C">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidR="009445EC" w:rsidRPr="00EC0F1C">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> hoy en día la educación a distancia </w:t>
       </w:r>
       <w:r w:rsidR="004D7A80" w:rsidRPr="00EC0F1C">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">surge </w:t>
       </w:r>
       <w:r w:rsidR="009445EC" w:rsidRPr="00EC0F1C">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">como una alternativa más empleando las </w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellStart"/>
+        <w:t xml:space="preserve">como una alternativa más empleando las TIC’s </w:t>
+      </w:r>
+      <w:r w:rsidR="009E5F7B" w:rsidRPr="00EC0F1C">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
       <w:r w:rsidR="009445EC" w:rsidRPr="00EC0F1C">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>TIC’s</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t>UNAM</w:t>
+      </w:r>
+      <w:r w:rsidR="00C5044E">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
       <w:r w:rsidR="009445EC" w:rsidRPr="00EC0F1C">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
+        <w:t xml:space="preserve"> 2021</w:t>
       </w:r>
       <w:r w:rsidR="009E5F7B" w:rsidRPr="00EC0F1C">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>(</w:t>
+        <w:t>)</w:t>
       </w:r>
       <w:r w:rsidR="009445EC" w:rsidRPr="00EC0F1C">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>UNAM</w:t>
-[...26 lines deleted...]
-        </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="004D7A80" w:rsidRPr="00EC0F1C">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> De la misma manera se ha tenido que pensar en la Industria 4.0, como una alternativa para acelerar el desarrollo de los laboratorios virtuales como complemento de la </w:t>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">educación a distancia, para que los alumnos puedan realizar prácticas sus prácticas. </w:t>
+        <w:t xml:space="preserve"> De la misma manera se ha tenido que pensar en la Industria 4.0, como una alternativa para acelerar el desarrollo de los laboratorios virtuales como complemento de la educación a distancia, para que los alumnos puedan realizar prácticas sus prácticas. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2D023CBB" w14:textId="7567D598" w:rsidR="00F87792" w:rsidRPr="00EC0F1C" w:rsidRDefault="00F87792" w:rsidP="00215854">
       <w:pPr>
         <w:spacing w:before="184" w:line="360" w:lineRule="auto"/>
         <w:ind w:right="-281" w:firstLine="420"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00EC0F1C">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">La implementación de este modelo de educación no resulta ser un problema cuando el objetivo de aplicación es en la enseñanza de ciencias sociales y humanistas, donde los recursos existentes como multimedia y </w:t>
       </w:r>
       <w:r w:rsidR="000E5CFA" w:rsidRPr="00EC0F1C">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
@@ -2280,69 +1554,51 @@
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00EC0F1C">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> Los inconvenientes que presentan los laboratorios tradicionales son solventados con la implementación de laboratorios remotos, la cual no implica reemplazar las prácticas presenciales, sino que pretenden completar la educación a través de experiencias remotas</w:t>
       </w:r>
       <w:r w:rsidRPr="00D72BB9">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00EC0F1C">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">con equipos reales, es decir </w:t>
-[...17 lines deleted...]
-        <w:t>, con la flexibilidad de poder elegir tiempo y lugar para realizar la práctica.</w:t>
+        <w:t>con equipos reales, es decir tele-presencia, con la flexibilidad de poder elegir tiempo y lugar para realizar la práctica.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2E6071D8" w14:textId="7C3BD6DD" w:rsidR="009E5F7B" w:rsidRPr="00EC0F1C" w:rsidRDefault="009E5F7B" w:rsidP="00215854">
       <w:pPr>
         <w:spacing w:before="184" w:line="360" w:lineRule="auto"/>
         <w:ind w:right="-281" w:firstLine="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00EC0F1C">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Derivado de lo anterior, actualmente los estudiantes de Ingeniería Mecatrónica del Instituto Tecnológico de Toluca buscan nuevas herramientas que les ayuden a adquirir conocimientos prácticos para la comprensión de los conocimientos teóricos. En cada semestre se enfrentan a las limitantes que conllevan los laboratorios tradicionales, como lo es la falta de equipo didáctico, problemas de tiempo, o simplemente no es suficiente una simulación a través de una computadora.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="36502D85" w14:textId="12300393" w:rsidR="00C96AD2" w:rsidRPr="00EC0F1C" w:rsidRDefault="00A1257E" w:rsidP="00215854">
       <w:pPr>
         <w:spacing w:before="184" w:line="360" w:lineRule="auto"/>
@@ -2354,78 +1610,60 @@
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00EC0F1C">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Bajo el mismo tenor</w:t>
       </w:r>
       <w:r w:rsidR="00B4070C" w:rsidRPr="00EC0F1C">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>, l</w:t>
       </w:r>
       <w:r w:rsidR="00C96AD2" w:rsidRPr="00EC0F1C">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">a investigación en el control de músculos artificiales basados en el modelo de </w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellStart"/>
+        <w:t xml:space="preserve">a investigación en el control de músculos artificiales basados en el modelo de McKibben comenzó hace más de 25 años, no se ha concluido aún, por la dinámica de su sistema, debido a que requiere de un diseño preciso para ofrecer el acoplamiento adicional del efector final (cuya adaptación tiene un rango de estudio bastante amplio, ya que al ser un brazo, </w:t>
+      </w:r>
       <w:r w:rsidR="00C96AD2" w:rsidRPr="00EC0F1C">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>McKibben</w:t>
-[...15 lines deleted...]
-        </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t>y los estándares de los materiales a utilizar, así mismo el control, el costo y ergonomía que ofrecería a nivel general ya que debe regirse por normas que permiten acotar el sistema bajo lineamientos.</w:t>
+        <w:t>debido a una aproximación de índole protésico) para ello, integrar la mayor cantidad de información actual de la biofísica que implica el desarrollo de un brazo debe ser en parte una columna firme en el desarrollo de esta investigación, junto con los detalles del diseño del ensamblaje y la construcción del mismo, tomando en cuenta el alcance limitado del entorno y los estándares de los materiales a utilizar, así mismo el control, el costo y ergonomía que ofrecería a nivel general ya que debe regirse por normas que permiten acotar el sistema bajo lineamientos.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="65C4A329" w14:textId="77777777" w:rsidR="00C96AD2" w:rsidRPr="00EC0F1C" w:rsidRDefault="00C96AD2" w:rsidP="00215854">
       <w:pPr>
         <w:spacing w:before="184" w:line="360" w:lineRule="auto"/>
         <w:ind w:right="-281" w:firstLine="420"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00EC0F1C">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Uno de los problemas que se ha enfrentado los alumnos de la carrera de mecatrónica, es la limitación del equipo para desarrollar y aplicar los conocimientos adquiridos en la asignatura de control, teniendo solo como herramienta de prácticas motores de cd, de la misma manera resulta casi imposible aplicar control a brazo de robots, donde la programación en cerrada, es decir cuentan con software comercial, donde resulta difícil tener accesos a los códigos, solo lo hacen a través de bloques ya programados.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="43B43DAD" w14:textId="77777777" w:rsidR="00C96AD2" w:rsidRPr="00EC0F1C" w:rsidRDefault="00C96AD2" w:rsidP="00215854">
       <w:pPr>
         <w:spacing w:before="184" w:line="360" w:lineRule="auto"/>
@@ -2485,62 +1723,52 @@
         </w:rPr>
         <w:t>El desarrollo de</w:t>
       </w:r>
       <w:r w:rsidR="00A1257E" w:rsidRPr="00EC0F1C">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00EC0F1C">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>l</w:t>
       </w:r>
       <w:r w:rsidR="00A1257E" w:rsidRPr="00EC0F1C">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">a plataforma del par de músculo de </w:t>
-[...10 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t>a plataforma del par de músculo de Mckibben</w:t>
+      </w:r>
       <w:r w:rsidRPr="00EC0F1C">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> estará formalizado haciendo uso de metodologías tradicionales como el Modelo en Cascada y el Modelo Incremental-Evolutivo para el ciclo de vida del brazo de robot. Esto permitirá implementar una nueva modalidad laboral acorde con las nuevas tecnologías, hacer posible la disminución de costos operativos y el aumento de la productividad.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6A3A5DD7" w14:textId="77777777" w:rsidR="00C96AD2" w:rsidRPr="00EC0F1C" w:rsidRDefault="00C96AD2" w:rsidP="00215854">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="709"/>
         </w:tabs>
         <w:spacing w:before="184" w:line="360" w:lineRule="auto"/>
         <w:ind w:right="-281" w:firstLine="420"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00EC0F1C">
         <w:rPr>
@@ -2573,146 +1801,128 @@
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:color w:val="auto"/>
         </w:rPr>
         <w:t>a</w:t>
       </w:r>
       <w:r w:rsidRPr="00EC0F1C">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:color w:val="auto"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="007F7D7D" w:rsidRPr="00EC0F1C">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:color w:val="auto"/>
         </w:rPr>
         <w:t>investigación</w:t>
       </w:r>
       <w:r w:rsidRPr="00EC0F1C">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:color w:val="auto"/>
         </w:rPr>
-        <w:t xml:space="preserve"> impactará en la carrera de Ingeniería Mecatrónica del Instituto Tecnológico de Toluca, en las materias de Microcontroladores, Internet de las cosas, Control y por supuesto continuar con las investigaciones de control, en donde se atenderán al menos 2 grupos por materias con 35 alumnos en cada grupo, beneficiando un total de 210 alumnos por semestre, además de ayudar a profesores a desarrollar investigaciones.</w:t>
+        <w:t xml:space="preserve"> impactará en la carrera de Ingeniería Mecatrónica del Instituto Tecnológico de Toluca, en las materias de Microcontroladores, Internet de las cosas, Control y por supuesto continuar con las investigaciones de control, en donde se atenderán al menos 2 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EC0F1C">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>grupos por materias con 35 alumnos en cada grupo, beneficiando un total de 210 alumnos por semestre, además de ayudar a profesores a desarrollar investigaciones.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1CB85B40" w14:textId="1B65290F" w:rsidR="00C96AD2" w:rsidRPr="00EC0F1C" w:rsidRDefault="00B4070C" w:rsidP="00215854">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:spacing w:before="184" w:line="360" w:lineRule="auto"/>
         <w:ind w:right="-281" w:firstLine="420"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:color w:val="auto"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00EC0F1C">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:color w:val="auto"/>
         </w:rPr>
         <w:t>Bajo el mismo contexto</w:t>
       </w:r>
       <w:r w:rsidR="00C96AD2" w:rsidRPr="00EC0F1C">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:color w:val="auto"/>
         </w:rPr>
-        <w:t xml:space="preserve">, el TecNM, se beneficiará con obtener un prototipo que se podrá replicar en todo el sistema y beneficiar a más tecnológicos, para que los alumnos de las carreras </w:t>
-[...7 lines deleted...]
-        <w:t>donde tenga que ver con automatización, internet de la cosas, Microcontroladores, control y robótica, puedan emplearlo</w:t>
+        <w:t>, el TecNM, se beneficiará con obtener un prototipo que se podrá replicar en todo el sistema y beneficiar a más tecnológicos, para que los alumnos de las carreras donde tenga que ver con automatización, internet de la cosas, Microcontroladores, control y robótica, puedan emplearlo</w:t>
       </w:r>
       <w:r w:rsidR="00C96AD2" w:rsidRPr="00EC0F1C">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:color w:val="0070C0"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="10608411" w14:textId="393F5297" w:rsidR="00BA3668" w:rsidRPr="00EC0F1C" w:rsidRDefault="00BA3668" w:rsidP="00215854">
       <w:pPr>
         <w:spacing w:before="184" w:line="360" w:lineRule="auto"/>
         <w:ind w:right="-281" w:firstLine="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00EC0F1C">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Los laboratorio</w:t>
       </w:r>
       <w:r w:rsidR="00C96AD2" w:rsidRPr="00EC0F1C">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>s</w:t>
       </w:r>
       <w:r w:rsidRPr="00EC0F1C">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> virtuales en México ya se tenía conocimiento de ellos, incluso algunas universidades en conjunto se habían unido y experimentado el compartir su equipo de manera remota, sin embargo con la pandemia covid-19, algunas universidades, han acelerado su desarrollo, debido a la necesidad de aprendizaje en las asignaturas teóricas-</w:t>
-[...17 lines deleted...]
-        <w:t xml:space="preserve"> en las carreras de ingenierías, en la pandemia de covid-19, en México</w:t>
+        <w:t xml:space="preserve"> virtuales en México ya se tenía conocimiento de ellos, incluso algunas universidades en conjunto se habían unido y experimentado el compartir su equipo de manera remota, sin embargo con la pandemia covid-19, algunas universidades, han acelerado su desarrollo, debido a la necesidad de aprendizaje en las asignaturas teóricas-practicas en las carreras de ingenierías, en la pandemia de covid-19, en México</w:t>
       </w:r>
       <w:r w:rsidR="00B4070C" w:rsidRPr="00EC0F1C">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>, a continuación algunos trabajos de laboratorio virtual se presentan a continuación</w:t>
       </w:r>
       <w:r w:rsidRPr="00EC0F1C">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6FE97D77" w14:textId="34096000" w:rsidR="00301C01" w:rsidRPr="00EC0F1C" w:rsidRDefault="00301C01" w:rsidP="00215854">
       <w:pPr>
         <w:pStyle w:val="Ttulo1"/>
         <w:spacing w:before="138"/>
         <w:ind w:left="0" w:right="-281"/>
         <w:jc w:val="both"/>
         <w:rPr>
@@ -2826,96 +2036,103 @@
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Lara de la universidad de Guadalajara, en su trabajo de investigación,  </w:t>
       </w:r>
       <w:r w:rsidR="00462571" w:rsidRPr="00EC0F1C">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>realizó un experimento en un grupo con material didáctico, analizando la contribución del uso de laboratorios virtuales, diseñando instrumentos y actividades para medir el conocimiento de la tecnología digital y medir el impacto del uso de laboratorios virtuales, el 100% de sus alumnos tenían conocimiento de ellos, sin embargo en la parte experimental disminuyó a 80%, al fina</w:t>
       </w:r>
       <w:r w:rsidR="002E6811">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>l</w:t>
       </w:r>
       <w:r w:rsidR="00462571" w:rsidRPr="00EC0F1C">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> en su análisis menciona que casi el 50% de sus alumnos mencionaron que el uso de laboratorios si les ayudó en su aprendizaje, mientras el resto mencionaron que nos les ayudo, en conclusión se puede decir que un laboratorio virtual como ya se ha ido mencionando, solo es una herramienta de apoyo, la otra parte lo tiene que realizar profesor-alumno (Lara,2022).</w:t>
+        <w:t xml:space="preserve"> en </w:t>
+      </w:r>
+      <w:r w:rsidR="00462571" w:rsidRPr="00EC0F1C">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>su análisis menciona que casi el 50% de sus alumnos mencionaron que el uso de laboratorios si les ayudó en su aprendizaje, mientras el resto mencionaron que nos les ayudo, en conclusión se puede decir que un laboratorio virtual como ya se ha ido mencionando, solo es una herramienta de apoyo, la otra parte lo tiene que realizar profesor-alumno (Lara,2022).</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7FE28C32" w14:textId="77777777" w:rsidR="00A92425" w:rsidRDefault="00A92425" w:rsidP="00215854">
       <w:pPr>
         <w:spacing w:before="184" w:line="360" w:lineRule="auto"/>
         <w:ind w:right="-281" w:firstLine="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="1B3A515D" w14:textId="77777777" w:rsidR="00A92425" w:rsidRPr="00EC0F1C" w:rsidRDefault="00A92425" w:rsidP="00215854">
       <w:pPr>
         <w:spacing w:before="184" w:line="360" w:lineRule="auto"/>
         <w:ind w:right="-281" w:firstLine="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="307C145C" w14:textId="4E8E0F9B" w:rsidR="00462571" w:rsidRPr="00EC0F1C" w:rsidRDefault="00462571" w:rsidP="00215854">
       <w:pPr>
         <w:pStyle w:val="Ttulo1"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="7938"/>
         </w:tabs>
         <w:spacing w:before="138"/>
         <w:ind w:left="0" w:right="-281"/>
         <w:rPr>
           <w:color w:val="000009"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00EC0F1C">
         <w:rPr>
           <w:color w:val="000009"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>SecuenciaLab: laboratorio de simulación para</w:t>
       </w:r>
       <w:r w:rsidR="00344645" w:rsidRPr="00EC0F1C">
         <w:rPr>
           <w:color w:val="000009"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00EC0F1C">
         <w:rPr>
           <w:color w:val="000009"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>entrenamiento en</w:t>
       </w:r>
       <w:r w:rsidR="00344645" w:rsidRPr="00EC0F1C">
         <w:rPr>
           <w:color w:val="000009"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
@@ -3128,66 +2345,70 @@
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:r w:rsidRPr="00EC0F1C">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Beltrán, 2017</w:t>
       </w:r>
       <w:r w:rsidR="00D125EC" w:rsidRPr="00EC0F1C">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
       <w:r w:rsidRPr="00EC0F1C">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">, de la Universidad Militar Nueva Granada, presento el proyecto “Diseño y construcción de prototipo de un miembro superior humano accionado por músculos neumáticos” el cual consistió en la construcción de un prototipo de robot antropomórfico con tres grados de libertad y articulaciones rotativas con el fin de mostrar a manera general la aplicación de los músculos neumáticos </w:t>
+        <w:t xml:space="preserve">, de la Universidad Militar Nueva Granada, presento el proyecto “Diseño y construcción de prototipo de un miembro superior humano accionado por músculos neumáticos” el cual consistió en la construcción de un prototipo de robot antropomórfico con tres grados de libertad y articulaciones rotativas con el fin de </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EC0F1C">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">mostrar a manera general la aplicación de los músculos neumáticos </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="428158E9" w14:textId="300953FA" w:rsidR="00F87792" w:rsidRPr="00EC0F1C" w:rsidRDefault="007B0C37" w:rsidP="00215854">
       <w:pPr>
         <w:pStyle w:val="Textoindependiente"/>
         <w:spacing w:beforeLines="184" w:before="441" w:line="360" w:lineRule="auto"/>
         <w:ind w:rightChars="150" w:right="330" w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="00EC0F1C">
-        <w:t xml:space="preserve">El prototipo diseñado implementa un desarrollo mecánico, electrónico y computacional manejando un nivel intermedio de programación. En el diseño mecánico se tiene en cuenta la morfología del brazo humano promedio para desarrollar un prototipo similar, los movimientos que se es capaz de realizar y los grados de libertad delimitados por los ángulos de rotación, la parte computacional involucra la simulación en CAD del sistema , junto con la simulación de movimiento a partir de un software especializado MATLAB que cuenta con las indicaciones necesarias para poder </w:t>
-[...3 lines deleted...]
-        <w:t xml:space="preserve">comprender como se desarrolla el movimiento del brazo, </w:t>
+        <w:t xml:space="preserve">El prototipo diseñado implementa un desarrollo mecánico, electrónico y computacional manejando un nivel intermedio de programación. En el diseño mecánico se tiene en cuenta la morfología del brazo humano promedio para desarrollar un prototipo similar, los movimientos que se es capaz de realizar y los grados de libertad delimitados por los ángulos de rotación, la parte computacional involucra la simulación en CAD del sistema , junto con la simulación de movimiento a partir de un software especializado MATLAB que cuenta con las indicaciones necesarias para poder comprender como se desarrolla el movimiento del brazo, </w:t>
       </w:r>
       <w:r w:rsidR="008E42D2" w:rsidRPr="00EC0F1C">
         <w:t>cuáles</w:t>
       </w:r>
       <w:r w:rsidRPr="00EC0F1C">
         <w:t xml:space="preserve"> son los músculos antagónicos y las presiones necesarias para lograr, bajo unas condiciones ideales, el control de posición angular, además de una retroalimentación visual para identificar la posición a la que el brazo lleva con la variación de los ángulos.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1F5BF2CC" w14:textId="77777777" w:rsidR="001755F8" w:rsidRPr="00EC0F1C" w:rsidRDefault="001755F8" w:rsidP="00215854">
       <w:pPr>
         <w:pStyle w:val="Ttulo1"/>
         <w:spacing w:before="138"/>
         <w:ind w:left="0" w:right="-281"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00EC0F1C">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Desarrollo de un brazo mecánico articulado electro-neumático</w:t>
       </w:r>
@@ -3241,67 +2462,51 @@
         <w:t>)</w:t>
       </w:r>
       <w:r w:rsidRPr="00EC0F1C">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> de la Universidad Autónoma de Madrid, presenta el diseño, desarrollo y montaje de un brazo antropomórfico articulado electro-neumático. Cada articulación requiere una solución particular y la necesidad de usar diferentes actuadores, así como la implementación de un diseño de control adaptado. Tales circunstancias enriquecieron el proyecto ante la necesidad de abordar distintas disciplinas, como mecánica, electrónica y programación.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="78C5B331" w14:textId="77777777" w:rsidR="001755F8" w:rsidRPr="00EC0F1C" w:rsidRDefault="001755F8" w:rsidP="00215854">
       <w:pPr>
         <w:spacing w:before="184" w:line="360" w:lineRule="auto"/>
         <w:ind w:right="-281" w:firstLine="420"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00EC0F1C">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">El diseño se basó en un estudio inicial de la anatomía del brazo, permitiendo así acercarse lo máximo posible a la fisionomía que presenta un brazo humano. Tras el montaje, se lleva a cabo del control de los diferentes elementos a través de la placa </w:t>
-[...15 lines deleted...]
-        <w:t xml:space="preserve"> que permite un sencillo control de todos los actuadores y dispositivos.</w:t>
+        <w:t>El diseño se basó en un estudio inicial de la anatomía del brazo, permitiendo así acercarse lo máximo posible a la fisionomía que presenta un brazo humano. Tras el montaje, se lleva a cabo del control de los diferentes elementos a través de la placa BeagleBone que permite un sencillo control de todos los actuadores y dispositivos.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="53784A79" w14:textId="77777777" w:rsidR="001755F8" w:rsidRPr="00EC0F1C" w:rsidRDefault="001755F8" w:rsidP="00215854">
       <w:pPr>
         <w:spacing w:before="184" w:line="360" w:lineRule="auto"/>
         <w:ind w:right="-281" w:firstLine="420"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00EC0F1C">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Habiendo realizado el control, se realizan las pruebas que validan el diseño, montaje y control de manera efectiva. Se consigue finalmente un sistema funcional capaz de realizar movimientos con siete grados de libertad similares a los que podría realizar un brazo humano.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2A8F9CA3" w14:textId="77777777" w:rsidR="001755F8" w:rsidRPr="00EC0F1C" w:rsidRDefault="001755F8" w:rsidP="00215854">
       <w:pPr>
         <w:spacing w:before="184" w:line="360" w:lineRule="auto"/>
         <w:ind w:right="-281" w:firstLine="420"/>
         <w:jc w:val="both"/>
@@ -3351,69 +2556,52 @@
       <w:pPr>
         <w:pStyle w:val="Prrafodelista"/>
         <w:widowControl/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:autoSpaceDE/>
         <w:autoSpaceDN/>
         <w:spacing w:before="184" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="-281" w:firstLine="420"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00EC0F1C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">El uso de músculos neumáticos de </w:t>
-[...17 lines deleted...]
-        <w:t xml:space="preserve"> implementados en un módulo de antebrazo de robot, ya que en la actualidad están tomando gran presencia en diversos procesos y/o aplicaciones y que su uso en laboratorios remotos es casi nulo.</w:t>
+        <w:lastRenderedPageBreak/>
+        <w:t>El uso de músculos neumáticos de Mckibben implementados en un módulo de antebrazo de robot, ya que en la actualidad están tomando gran presencia en diversos procesos y/o aplicaciones y que su uso en laboratorios remotos es casi nulo.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5936A402" w14:textId="77777777" w:rsidR="001755F8" w:rsidRPr="00EC0F1C" w:rsidRDefault="001755F8" w:rsidP="00215854">
       <w:pPr>
         <w:pStyle w:val="Prrafodelista"/>
         <w:widowControl/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:autoSpaceDE/>
         <w:autoSpaceDN/>
         <w:spacing w:before="184" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="-281" w:firstLine="420"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00EC0F1C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
@@ -3485,51 +2673,50 @@
       <w:pPr>
         <w:pStyle w:val="Prrafodelista"/>
         <w:widowControl/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:autoSpaceDE/>
         <w:autoSpaceDN/>
         <w:spacing w:before="184" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="-281" w:firstLine="420"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00EC0F1C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>Añadir recursos digitales que puedan apoyar a los estudiantes en el control de su propio entendimiento y progreso, y por lo tanto proporcionar información para guiar el aprendizaje mientras se hace el trabajo de laboratorio.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5E5F6D51" w14:textId="77777777" w:rsidR="001755F8" w:rsidRPr="00EC0F1C" w:rsidRDefault="001755F8" w:rsidP="00215854">
       <w:pPr>
         <w:pStyle w:val="Prrafodelista"/>
         <w:widowControl/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:autoSpaceDE/>
         <w:autoSpaceDN/>
         <w:spacing w:before="184" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="-281" w:firstLine="420"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00EC0F1C">
         <w:rPr>
@@ -3829,69 +3016,51 @@
       </w:r>
       <w:r w:rsidRPr="00E46938">
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> en comprender en su totalidad la problemática a solucionar. Se conocerán las especificaciones técnicas necesarias para el desarrollo del panel remoto el cual será incrustado en un ambiente web. Se empezarán a tomar en cuenta las tareas de análisis de robótica suave y demás conocimientos que se requieran para interactuar con el antebrazo de robot.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="01280825" w14:textId="53EE8BF5" w:rsidR="007464CD" w:rsidRPr="00E46938" w:rsidRDefault="007464CD" w:rsidP="00215854">
       <w:pPr>
         <w:spacing w:beforeLines="184" w:before="441" w:line="360" w:lineRule="auto"/>
         <w:ind w:right="-281" w:firstLine="420"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-ES" w:eastAsia="es-MX"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E46938">
         <w:rPr>
           <w:color w:val="0D0D0D" w:themeColor="text1" w:themeTint="F2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">Para la etapa de requerimientos, se realizó la investigación de conceptos y se analizaron distintas referencias para determinar los requerimientos que de cumplir el módulo de músculos artificiales de </w:t>
-[...17 lines deleted...]
-        <w:t>.</w:t>
+        <w:t>Para la etapa de requerimientos, se realizó la investigación de conceptos y se analizaron distintas referencias para determinar los requerimientos que de cumplir el módulo de músculos artificiales de Mckibben.</w:t>
       </w:r>
       <w:r w:rsidR="009D100C">
         <w:rPr>
           <w:color w:val="0D0D0D" w:themeColor="text1" w:themeTint="F2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00E46938">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-ES" w:eastAsia="es-MX"/>
         </w:rPr>
         <w:t xml:space="preserve">A </w:t>
       </w:r>
       <w:r w:rsidR="00814FDB" w:rsidRPr="00E46938">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-ES" w:eastAsia="es-MX"/>
         </w:rPr>
         <w:t>continuación,</w:t>
       </w:r>
@@ -3941,82 +3110,82 @@
         <w:widowControl/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:autoSpaceDE/>
         <w:autoSpaceDN/>
         <w:spacing w:beforeLines="184" w:before="441" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="-281" w:firstLine="420"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-ES" w:eastAsia="es-MX"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E46938">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-ES" w:eastAsia="es-MX"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>Según los controles de posición y dimensiones del antebrazo, la interfaz gráfica mostrara la posición en la que se encuentra el antebrazo comparando los datos ingresados con los valores obtenidos a través de un sensor de posición angular.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1B7EECFC" w14:textId="77777777" w:rsidR="007464CD" w:rsidRPr="00E46938" w:rsidRDefault="007464CD" w:rsidP="00215854">
       <w:pPr>
         <w:pStyle w:val="Prrafodelista"/>
         <w:widowControl/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:autoSpaceDE/>
         <w:autoSpaceDN/>
         <w:spacing w:beforeLines="184" w:before="441" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="-281" w:firstLine="420"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-ES" w:eastAsia="es-MX"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E46938">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-ES" w:eastAsia="es-MX"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>El antebrazo debe ejecutar los movimientos que le responden a los valores enviados de las reguladoras electro-neumáticas.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6F565051" w14:textId="77777777" w:rsidR="007464CD" w:rsidRPr="00E46938" w:rsidRDefault="007464CD" w:rsidP="00215854">
       <w:pPr>
         <w:pStyle w:val="Prrafodelista"/>
         <w:widowControl/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:autoSpaceDE/>
         <w:autoSpaceDN/>
         <w:spacing w:beforeLines="184" w:before="441" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="-281" w:firstLine="420"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-ES" w:eastAsia="es-MX"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E46938">
@@ -4344,51 +3513,50 @@
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="09222F4E" w14:textId="1D8B3361" w:rsidR="000E5CFA" w:rsidRPr="000E5CFA" w:rsidRDefault="000E5CFA" w:rsidP="00C404BC">
       <w:pPr>
         <w:spacing w:beforeLines="380" w:before="912"/>
         <w:ind w:left="232" w:right="930"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000E5CFA">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>Figura 2.</w:t>
       </w:r>
       <w:r w:rsidRPr="000E5CFA">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> Arquitectura del Sistema</w:t>
       </w:r>
       <w:r w:rsidR="00C404BC">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5C440201" w14:textId="6B13CD04" w:rsidR="000E5CFA" w:rsidRPr="00B45F2F" w:rsidRDefault="000E5CFA" w:rsidP="00C404BC">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1475"/>
         </w:tabs>
         <w:spacing w:before="106"/>
@@ -4786,179 +3954,167 @@
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="6"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1475"/>
         </w:tabs>
         <w:autoSpaceDE/>
         <w:autoSpaceDN/>
         <w:spacing w:before="184" w:after="160" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="-281" w:firstLine="420"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00215854">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>Reguladores electro-neumáticos: regulan la presión entregada a los músculos artificiales y son controlados por medio de la variación de voltaje que viene de la señal del sistema embebido.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="288F695B" w14:textId="232E6662" w:rsidR="00C3729D" w:rsidRPr="00C3729D" w:rsidRDefault="00C3729D" w:rsidP="00215854">
       <w:pPr>
         <w:pStyle w:val="Prrafodelista"/>
         <w:widowControl/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="6"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1475"/>
         </w:tabs>
         <w:autoSpaceDE/>
         <w:autoSpaceDN/>
         <w:spacing w:before="184" w:after="160" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="-281" w:firstLine="420"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B45F2F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">Músculos artificiales de </w:t>
-[...10 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t>Músculos artificiales de Mckibben</w:t>
+      </w:r>
       <w:r w:rsidRPr="00C3729D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>: transforman la presión en movimiento lineal al expandirse o contraerse dependiendo de la presión entregada, por lo general el trabajo del par de músculos será de forma inversamente proporcional; es decir, mientas un músculo se contrae el otro se expande y viceversa ayudando a transmitir el movimiento.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4A843626" w14:textId="77777777" w:rsidR="00B45F2F" w:rsidRPr="00C3729D" w:rsidRDefault="00B45F2F" w:rsidP="00215854">
       <w:pPr>
         <w:pStyle w:val="Prrafodelista"/>
         <w:widowControl/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="6"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1475"/>
         </w:tabs>
         <w:autoSpaceDE/>
         <w:autoSpaceDN/>
         <w:spacing w:before="184" w:after="160" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="-281" w:firstLine="420"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C3729D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>Mecanismo de antebrazo</w:t>
       </w:r>
       <w:r w:rsidRPr="00C3729D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>: el movimiento lineal que proviene de los músculos artificiales es transmitido a través de una cadena que convierte el movimiento lineal a movimiento angular con ayuda de una rueda dentada (Catarina) haciendo que el antebrazo suba o baje.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4D1E1E7B" w14:textId="77777777" w:rsidR="00B45F2F" w:rsidRPr="00C3729D" w:rsidRDefault="00B45F2F" w:rsidP="00215854">
       <w:pPr>
         <w:pStyle w:val="Prrafodelista"/>
         <w:widowControl/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="6"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1475"/>
         </w:tabs>
         <w:autoSpaceDE/>
         <w:autoSpaceDN/>
         <w:spacing w:before="184" w:after="160" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="-281" w:firstLine="420"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00C3729D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Encoder</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00C3729D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>: convierte el movimiento angular en una señal digital que será leída por el sistema embebido y mostrada en la interfaz de cliente/servidor.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="178423E3" w14:textId="77777777" w:rsidR="00B45F2F" w:rsidRPr="00C3729D" w:rsidRDefault="00B45F2F" w:rsidP="00215854">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1475"/>
         </w:tabs>
         <w:spacing w:before="184" w:line="360" w:lineRule="auto"/>
         <w:ind w:right="-281" w:firstLine="420"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C3729D">
         <w:rPr>
           <w:sz w:val="24"/>
@@ -5304,116 +4460,81 @@
       <w:pPr>
         <w:pStyle w:val="Prrafodelista"/>
         <w:widowControl/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="8"/>
         </w:numPr>
         <w:autoSpaceDE/>
         <w:autoSpaceDN/>
         <w:spacing w:before="184" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="-281" w:firstLine="420"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C3729D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">Entorno de programación para control del módulo (interfaz gráfica): </w:t>
-[...17 lines deleted...]
-        <w:t>.</w:t>
+        <w:t>Entorno de programación para control del módulo (interfaz gráfica): Labview.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3FA45627" w14:textId="77777777" w:rsidR="007464CD" w:rsidRPr="00C3729D" w:rsidRDefault="007464CD" w:rsidP="00215854">
       <w:pPr>
         <w:pStyle w:val="Prrafodelista"/>
         <w:widowControl/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="8"/>
         </w:numPr>
         <w:autoSpaceDE/>
         <w:autoSpaceDN/>
         <w:spacing w:before="184" w:after="160" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="-281" w:firstLine="420"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C3729D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">Lenguaje de programación sistema embebido Arduino Uno: Lenguaje de programación </w:t>
-[...17 lines deleted...]
-        <w:t>.</w:t>
+        <w:lastRenderedPageBreak/>
+        <w:t>Lenguaje de programación sistema embebido Arduino Uno: Lenguaje de programación wiring.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1E89E897" w14:textId="77777777" w:rsidR="007464CD" w:rsidRPr="00C3729D" w:rsidRDefault="007464CD" w:rsidP="00215854">
       <w:pPr>
         <w:spacing w:before="184" w:line="360" w:lineRule="auto"/>
         <w:ind w:right="-281" w:firstLine="420"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C3729D">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>La clave para lograr la comunicación vía web se logra utilizando el código JavaScript y HTML5 permitiendo una comunicación bidireccional continua con un navegador web, además del uso de un servidor HTTP.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2BACBB34" w14:textId="3B6C0EB5" w:rsidR="007464CD" w:rsidRPr="00C3729D" w:rsidRDefault="007464CD" w:rsidP="00215854">
       <w:pPr>
         <w:spacing w:before="184" w:line="360" w:lineRule="auto"/>
         <w:ind w:right="-281" w:firstLine="420"/>
         <w:jc w:val="both"/>
@@ -5423,60 +4544,51 @@
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C3729D">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Por la naturaleza del panel de control y la necesidad que resuelve, concluye que no es necesario crear un modelo de datos, ya que el </w:t>
       </w:r>
       <w:r w:rsidR="006D10A1" w:rsidRPr="00C3729D">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>sistema,</w:t>
       </w:r>
       <w:r w:rsidRPr="00C3729D">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> aunque va a manejar información, el </w:t>
-[...8 lines deleted...]
-        <w:t>almacenamiento de ésta no será parte de su responsabilidad. Esa responsabilidad será del software al que se le va a incrustar el sistema actual.</w:t>
+        <w:t xml:space="preserve"> aunque va a manejar información, el almacenamiento de ésta no será parte de su responsabilidad. Esa responsabilidad será del software al que se le va a incrustar el sistema actual.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="44C9AE8D" w14:textId="6108965F" w:rsidR="00C3729D" w:rsidRPr="00C3729D" w:rsidRDefault="00C3729D" w:rsidP="00C404BC">
       <w:pPr>
         <w:spacing w:before="76"/>
         <w:ind w:left="232" w:right="930"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001C7D8D">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Figura </w:t>
       </w:r>
       <w:r w:rsidRPr="001C7D8D">
         <w:rPr>
           <w:b/>
@@ -5726,92 +4838,187 @@
       <w:r w:rsidRPr="00C3729D">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> que es la descripción escrita del comportamiento del sistema al afrontar una tarea. Todos los Casos de Uso y Actores estarán definidos y reflejados en el Modelo de Casos de Uso. Esta </w:t>
       </w:r>
       <w:r w:rsidRPr="00C3729D">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>descripción se enfoca en el valor suministrado por el sistema a entidades externas tales como usuarios humanos u otros sistemas Se definen los actores y las actividades identificados en la dinámica que desarrolla el sistema.</w:t>
       </w:r>
       <w:bookmarkStart w:id="3" w:name="_Toc507486259"/>
       <w:r w:rsidR="006D10A1" w:rsidRPr="00C3729D">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="3"/>
-    <w:p w14:paraId="5AF24959" w14:textId="052A4C38" w:rsidR="007464CD" w:rsidRPr="00854421" w:rsidRDefault="00000000" w:rsidP="00215854">
+    <w:p w14:paraId="5AF24959" w14:textId="196F5B14" w:rsidR="007464CD" w:rsidRPr="00854421" w:rsidRDefault="004C50B9" w:rsidP="00215854">
       <w:pPr>
         <w:spacing w:before="184" w:line="360" w:lineRule="auto"/>
         <w:ind w:right="-281" w:firstLine="420"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="es-MX"/>
         </w:rPr>
-        <w:pict w14:anchorId="5C673EC7">
-[...27 lines deleted...]
-        </w:pict>
+        <mc:AlternateContent>
+          <mc:Choice Requires="wps">
+            <w:drawing>
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251673088" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="5C673EC7" wp14:editId="70E1971E">
+                <wp:simplePos x="0" y="0"/>
+                <wp:positionH relativeFrom="column">
+                  <wp:posOffset>3246755</wp:posOffset>
+                </wp:positionH>
+                <wp:positionV relativeFrom="paragraph">
+                  <wp:posOffset>231775</wp:posOffset>
+                </wp:positionV>
+                <wp:extent cx="293370" cy="197485"/>
+                <wp:effectExtent l="0" t="0" r="0" b="0"/>
+                <wp:wrapNone/>
+                <wp:docPr id="219737044" name="Text Box 27"/>
+                <wp:cNvGraphicFramePr>
+                  <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
+                </wp:cNvGraphicFramePr>
+                <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                    <wps:wsp>
+                      <wps:cNvSpPr txBox="1">
+                        <a:spLocks noChangeArrowheads="1"/>
+                      </wps:cNvSpPr>
+                      <wps:spPr bwMode="auto">
+                        <a:xfrm>
+                          <a:off x="0" y="0"/>
+                          <a:ext cx="293370" cy="197485"/>
+                        </a:xfrm>
+                        <a:prstGeom prst="rect">
+                          <a:avLst/>
+                        </a:prstGeom>
+                        <a:noFill/>
+                        <a:ln>
+                          <a:noFill/>
+                        </a:ln>
+                        <a:extLst>
+                          <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+                            <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+                              <a:solidFill>
+                                <a:srgbClr val="FFFFFF"/>
+                              </a:solidFill>
+                            </a14:hiddenFill>
+                          </a:ext>
+                          <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+                            <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+                              <a:solidFill>
+                                <a:srgbClr val="000000"/>
+                              </a:solidFill>
+                              <a:miter lim="800000"/>
+                              <a:headEnd/>
+                              <a:tailEnd/>
+                            </a14:hiddenLine>
+                          </a:ext>
+                        </a:extLst>
+                      </wps:spPr>
+                      <wps:txbx>
+                        <w:txbxContent>
+                          <w:p w14:paraId="7FE030DB" w14:textId="77777777" w:rsidR="007464CD" w:rsidRPr="00FA32DD" w:rsidRDefault="007464CD" w:rsidP="007464CD">
+                            <w:pPr>
+                              <w:rPr>
+                                <w:b/>
+                                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                                <w:sz w:val="18"/>
+                              </w:rPr>
+                            </w:pPr>
+                            <w:r w:rsidRPr="00FA32DD">
+                              <w:rPr>
+                                <w:b/>
+                                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                                <w:sz w:val="18"/>
+                              </w:rPr>
+                              <w:t>´</w:t>
+                            </w:r>
+                          </w:p>
+                        </w:txbxContent>
+                      </wps:txbx>
+                      <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
+                        <a:noAutofit/>
+                      </wps:bodyPr>
+                    </wps:wsp>
+                  </a:graphicData>
+                </a:graphic>
+                <wp14:sizeRelH relativeFrom="margin">
+                  <wp14:pctWidth>0</wp14:pctWidth>
+                </wp14:sizeRelH>
+                <wp14:sizeRelV relativeFrom="margin">
+                  <wp14:pctHeight>0</wp14:pctHeight>
+                </wp14:sizeRelV>
+              </wp:anchor>
+            </w:drawing>
+          </mc:Choice>
+          <mc:Fallback>
+            <w:pict>
+              <v:shapetype w14:anchorId="5C673EC7" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
+                <v:stroke joinstyle="miter"/>
+                <v:path gradientshapeok="t" o:connecttype="rect"/>
+              </v:shapetype>
+              <v:shape id="Text Box 27" o:spid="_x0000_s1026" type="#_x0000_t202" style="position:absolute;left:0;text-align:left;margin-left:255.65pt;margin-top:18.25pt;width:23.1pt;height:15.55pt;z-index:251673088;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDMXQZS4AEAAKADAAAOAAAAZHJzL2Uyb0RvYy54bWysU9tu2zAMfR+wfxD0vjhO06Ux4hRdiw4D&#10;ugvQ9QNkWbKF2aJGKbGzrx8lp2m2vg17ESSSPjznkN5cj33H9gq9AVvyfDbnTFkJtbFNyZ++37+7&#10;4swHYWvRgVUlPyjPr7dv32wGV6gFtNDVChmBWF8MruRtCK7IMi9b1Qs/A6csJTVgLwI9sclqFAOh&#10;9122mM/fZwNg7RCk8p6id1OSbxO+1kqGr1p7FVhXcuIW0onprOKZbTeiaFC41sgjDfEPLHphLDU9&#10;Qd2JINgOzSuo3kgEDzrMJPQZaG2kShpITT7/S81jK5xKWsgc7042+f8HK7/sH903ZGH8ACMNMInw&#10;7gHkD88s3LbCNuoGEYZWiZoa59GybHC+OH4arfaFjyDV8BlqGrLYBUhAo8Y+ukI6GaHTAA4n09UY&#10;mKTgYn1xsaKMpFS+Xi2vLlMHUTx/7NCHjwp6Fi8lR5ppAhf7Bx8iGVE8l8ReFu5N16W5dvaPABXG&#10;SCIf+U7Mw1iNVB1FVFAfSAbCtCa01nRpAX9xNtCKlNz/3AlUnHWfLFmxzpfLuFPpsbxcLeiB55nq&#10;PCOsJKiSB86m622Y9nDn0DQtdZrMt3BD9mmTpL2wOvKmNUiKjysb9+z8napefqztbwAAAP//AwBQ&#10;SwMEFAAGAAgAAAAhAPnkm1HdAAAACQEAAA8AAABkcnMvZG93bnJldi54bWxMj8FOwzAMhu9IvENk&#10;JG4sKSMdlKYTAnEFMdgkblnjtRWNUzXZWt4ec4KbLX/6/f3leva9OOEYu0AGsoUCgVQH11Fj4OP9&#10;+eoWREyWnO0DoYFvjLCuzs9KW7gw0RueNqkRHEKxsAbalIZCyli36G1chAGJb4cwept4HRvpRjtx&#10;uO/ltVK59LYj/tDaAR9brL82R29g+3L43N2o1+bJ62EKs5Lk76Qxlxfzwz2IhHP6g+FXn9WhYqd9&#10;OJKLojegs2zJqIFlrkEwoPWKh72BfJWDrEr5v0H1AwAA//8DAFBLAQItABQABgAIAAAAIQC2gziS&#10;/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgA&#10;AAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgA&#10;AAAhAMxdBlLgAQAAoAMAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAG&#10;AAgAAAAhAPnkm1HdAAAACQEAAA8AAAAAAAAAAAAAAAAAOgQAAGRycy9kb3ducmV2LnhtbFBLBQYA&#10;AAAABAAEAPMAAABEBQAAAAA=&#10;" filled="f" stroked="f">
+                <v:textbox>
+                  <w:txbxContent>
+                    <w:p w14:paraId="7FE030DB" w14:textId="77777777" w:rsidR="007464CD" w:rsidRPr="00FA32DD" w:rsidRDefault="007464CD" w:rsidP="007464CD">
+                      <w:pPr>
+                        <w:rPr>
+                          <w:b/>
+                          <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                          <w:sz w:val="18"/>
+                        </w:rPr>
+                      </w:pPr>
+                      <w:r w:rsidRPr="00FA32DD">
+                        <w:rPr>
+                          <w:b/>
+                          <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                          <w:sz w:val="18"/>
+                        </w:rPr>
+                        <w:t>´</w:t>
+                      </w:r>
+                    </w:p>
+                  </w:txbxContent>
+                </v:textbox>
+              </v:shape>
+            </w:pict>
+          </mc:Fallback>
+        </mc:AlternateContent>
       </w:r>
       <w:r w:rsidR="007464CD" w:rsidRPr="00C3729D">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Los dos actores a tener en cuenta, son el usuario final (Estudiante, Profesor o Investigador), quien tendrá las opciones de iniciar el sistema, ingresar los datos de control deseados, validar la respuesta según la práctica y salir del sistema y el software de control (Sistema) que tendrá la funcionalidad de verificar las reservas, y hacer validación del movimiento de cada uno de los datos.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4A87D31B" w14:textId="56D9E450" w:rsidR="00814FDB" w:rsidRPr="000E5CFA" w:rsidRDefault="007464CD" w:rsidP="00215854">
       <w:pPr>
         <w:pStyle w:val="Ttulo1"/>
         <w:spacing w:before="138" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="-281"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000E5CFA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
@@ -5856,51 +5063,59 @@
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>5,</w:t>
       </w:r>
       <w:r w:rsidRPr="000E5CFA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="000E5CFA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>se observa el prototipo d</w:t>
       </w:r>
       <w:r w:rsidRPr="000E5CFA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>e la interfaz gráfica que controla el módulo de antebrazo de robot.</w:t>
+        <w:t xml:space="preserve">e la interfaz gráfica que controla el módulo de </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000E5CFA">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>antebrazo de robot.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5B664102" w14:textId="089DF36A" w:rsidR="00955D96" w:rsidRPr="000E5CFA" w:rsidRDefault="00955D96" w:rsidP="00215854">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="8789"/>
         </w:tabs>
         <w:spacing w:before="184" w:line="360" w:lineRule="auto"/>
         <w:ind w:right="-281" w:firstLine="420"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000E5CFA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">El cliente puede solicitar permiso para poder manipular el control del módulo y el servidor se encarga de liberar el permiso o retenerlo como se muestra en la Figura </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
@@ -5921,51 +5136,50 @@
         <w:pStyle w:val="Descripcin"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="7797"/>
           <w:tab w:val="left" w:pos="8789"/>
         </w:tabs>
         <w:spacing w:before="106" w:after="0"/>
         <w:ind w:left="244" w:right="930"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="0"/>
           <w:color w:val="auto"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc507486262"/>
       <w:r w:rsidRPr="000E5CFA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:noProof/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="es-MX"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:drawing>
           <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251654144" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="7E418EB1" wp14:editId="3D08522A">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="column">
               <wp:posOffset>320040</wp:posOffset>
             </wp:positionH>
             <wp:positionV relativeFrom="paragraph">
               <wp:posOffset>331374</wp:posOffset>
             </wp:positionV>
             <wp:extent cx="4550410" cy="2263140"/>
             <wp:effectExtent l="57150" t="57150" r="78740" b="80010"/>
             <wp:wrapTopAndBottom/>
             <wp:docPr id="734" name="734 Imagen"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="734" name="734 Imagen"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
@@ -6436,51 +5650,60 @@
         <w:rPr>
           <w:color w:val="000009"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7D30B7AC" w14:textId="332DC386" w:rsidR="007464CD" w:rsidRDefault="007464CD" w:rsidP="00215854">
       <w:pPr>
         <w:spacing w:before="184" w:line="360" w:lineRule="auto"/>
         <w:ind w:right="-281" w:firstLine="420"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="es-MX"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000E5CFA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="es-MX"/>
         </w:rPr>
-        <w:t>Una vez definidos los módulos que conforman el sistema, se presentan los incrementos necesarios para el desarrollo del proyecto. Se plantea</w:t>
+        <w:t xml:space="preserve">Una vez definidos los módulos que conforman el sistema, se presentan los incrementos </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000E5CFA">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="es-MX"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>necesarios para el desarrollo del proyecto. Se plantea</w:t>
       </w:r>
       <w:r w:rsidR="00955D96">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="es-MX"/>
         </w:rPr>
         <w:t>ro</w:t>
       </w:r>
       <w:r w:rsidRPr="000E5CFA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="es-MX"/>
         </w:rPr>
         <w:t xml:space="preserve">n 3 incrementos como se muestran en la figura </w:t>
       </w:r>
       <w:r w:rsidR="00955D96">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="es-MX"/>
         </w:rPr>
         <w:t>7</w:t>
       </w:r>
@@ -6488,51 +5711,50 @@
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="es-MX"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="25A557E1" w14:textId="7DB2BEEC" w:rsidR="00955D96" w:rsidRPr="00955D96" w:rsidRDefault="00215854" w:rsidP="006E72C1">
       <w:pPr>
         <w:spacing w:before="106"/>
         <w:ind w:left="232" w:right="930" w:firstLine="420"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="es-MX"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="6" w:name="_Toc507486267"/>
       <w:r>
         <w:rPr>
           <w:noProof/>
           <w:lang w:eastAsia="es-MX"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:drawing>
           <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251656192" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="0A41D151" wp14:editId="79B7B65B">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="column">
               <wp:posOffset>958215</wp:posOffset>
             </wp:positionH>
             <wp:positionV relativeFrom="paragraph">
               <wp:posOffset>340156</wp:posOffset>
             </wp:positionV>
             <wp:extent cx="3076575" cy="3358515"/>
             <wp:effectExtent l="57150" t="57150" r="85725" b="70485"/>
             <wp:wrapTopAndBottom/>
             <wp:docPr id="680" name="Imagen 680"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill rotWithShape="1">
                     <a:blip r:embed="rId24" cstate="print">
@@ -6765,69 +5987,51 @@
         <w:t>Core(</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="00AB5DDD">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="es-MX"/>
         </w:rPr>
         <w:t>TM) i3 CPU 2.13GHz</w:t>
       </w:r>
       <w:r w:rsidR="00955D96" w:rsidRPr="00AB5DDD">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="es-MX"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r w:rsidRPr="00AB5DDD">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="es-MX"/>
         </w:rPr>
-        <w:t>Sistema Operativo: Windows 7 Ultimate (</w:t>
-[...17 lines deleted...]
-        <w:t xml:space="preserve"> Pack 1)</w:t>
+        <w:t>Sistema Operativo: Windows 7 Ultimate (Service Pack 1)</w:t>
       </w:r>
       <w:r w:rsidR="00955D96" w:rsidRPr="00AB5DDD">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="es-MX"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r w:rsidRPr="00AB5DDD">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="es-MX"/>
         </w:rPr>
         <w:t>Tipo de Sistema: Sistema operativo de 64 bits</w:t>
       </w:r>
       <w:r w:rsidR="00955D96" w:rsidRPr="00AB5DDD">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="es-MX"/>
         </w:rPr>
         <w:t xml:space="preserve"> y</w:t>
       </w:r>
@@ -6979,155 +6183,145 @@
         </w:rPr>
         <w:t>ó</w:t>
       </w:r>
       <w:r w:rsidRPr="00AB5DDD">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="es-MX"/>
         </w:rPr>
         <w:t xml:space="preserve"> ninguna interfaz o página Web </w:t>
       </w:r>
       <w:r w:rsidR="003E5C1C">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="es-MX"/>
         </w:rPr>
         <w:t>con</w:t>
       </w:r>
       <w:r w:rsidRPr="00AB5DDD">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="es-MX"/>
         </w:rPr>
-        <w:t xml:space="preserve"> el panel de control del antebrazo. Cabe mencionar que la parte de administración, formularios, bases de datos, la gestión de las prácticas, etcétera; ya que solo se enfoca en el control de lazo abierto del módulo de antebrazo de robot con músculos artificiales de </w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellStart"/>
+        <w:t xml:space="preserve"> el panel de control del antebrazo. Cabe mencionar que la parte de administración, formularios, bases de datos, la gestión de las prácticas, etcétera; ya que solo se enfoca en el control de lazo abierto del módulo de antebrazo de robot con músculos artificiales de Mckibben vía web.</w:t>
+      </w:r>
+      <w:r w:rsidR="003E5C1C">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="es-MX"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
       <w:r w:rsidRPr="00AB5DDD">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="es-MX"/>
         </w:rPr>
-        <w:t>Mckibben</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t xml:space="preserve">Se </w:t>
+      </w:r>
+      <w:r w:rsidR="00AB5DDD">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="es-MX"/>
+        </w:rPr>
+        <w:t>rea</w:t>
+      </w:r>
       <w:r w:rsidRPr="00AB5DDD">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="es-MX"/>
         </w:rPr>
-        <w:t xml:space="preserve"> vía web.</w:t>
+        <w:t>liza</w:t>
+      </w:r>
+      <w:r w:rsidR="00AB5DDD">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="es-MX"/>
+        </w:rPr>
+        <w:t>ro</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AB5DDD">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="es-MX"/>
+        </w:rPr>
+        <w:t xml:space="preserve">n pruebas </w:t>
       </w:r>
       <w:r w:rsidR="003E5C1C">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="es-MX"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
+        <w:t>a</w:t>
       </w:r>
       <w:r w:rsidRPr="00AB5DDD">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="es-MX"/>
         </w:rPr>
-        <w:t xml:space="preserve">Se </w:t>
-[...7 lines deleted...]
-        <w:t>rea</w:t>
+        <w:t xml:space="preserve"> nivel de desarrollo, buscando efectividad y agilidad ayudando a la implementación. Las pruebas van dirigidas a componentes del antebrazo de robot y al sistema de control en su totalidad, con el objetivo de medir el grado en que la interfaz </w:t>
       </w:r>
       <w:r w:rsidRPr="00AB5DDD">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="es-MX"/>
         </w:rPr>
-        <w:t>liza</w:t>
-[...31 lines deleted...]
-        <w:t xml:space="preserve"> nivel de desarrollo, buscando efectividad y agilidad ayudando a la implementación. Las pruebas van dirigidas a componentes del antebrazo de robot y al sistema de control en su totalidad, con el objetivo de medir el grado en que la interfaz gráfica cumple con los requerimientos.</w:t>
+        <w:lastRenderedPageBreak/>
+        <w:t>gráfica cumple con los requerimientos.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="757A114F" w14:textId="14241847" w:rsidR="003E5C1C" w:rsidRPr="003E5C1C" w:rsidRDefault="006E72C1" w:rsidP="006E72C1">
       <w:pPr>
         <w:spacing w:before="106"/>
         <w:ind w:left="232" w:right="930"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="es-MX"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="7" w:name="_Toc507486311"/>
       <w:r w:rsidRPr="00996578">
         <w:rPr>
           <w:b/>
           <w:noProof/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="es-MX"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:drawing>
           <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658240" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="33ADB3B8" wp14:editId="2E0C9924">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="column">
               <wp:posOffset>441133</wp:posOffset>
             </wp:positionH>
             <wp:positionV relativeFrom="paragraph">
               <wp:posOffset>341630</wp:posOffset>
             </wp:positionV>
             <wp:extent cx="3988435" cy="2060575"/>
             <wp:effectExtent l="57150" t="57150" r="69215" b="73025"/>
             <wp:wrapTopAndBottom/>
             <wp:docPr id="673" name="Imagen 673"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill rotWithShape="1">
                     <a:blip r:embed="rId26" cstate="print">
@@ -7262,146 +6456,94 @@
         <w:rPr>
           <w:color w:val="000009"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="413D5A79" w14:textId="69C4A8B3" w:rsidR="00215854" w:rsidRDefault="00215854" w:rsidP="00215854">
       <w:pPr>
         <w:spacing w:before="184" w:line="360" w:lineRule="auto"/>
         <w:ind w:right="-281" w:firstLine="420"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AB5DDD">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="es-MX"/>
         </w:rPr>
-        <w:t xml:space="preserve">Para realizar la implementación del sistema se presenta una serie de obstáculos, siendo el de mayor impacto los costos tanto del hardware como de software ya que el equipamiento de cómputo y electrónico es costoso, añadiéndole el pago de la licencia de la herramienta </w:t>
-[...17 lines deleted...]
-        <w:t>. La ventaja está en que el sistema se diseñó para que del lado del cliente/usuario no tuviera necesidad de instalar alguna aplicación para poder usar el control, solo basta con tener instalado un navegador web.</w:t>
+        <w:t>Para realizar la implementación del sistema se presenta una serie de obstáculos, siendo el de mayor impacto los costos tanto del hardware como de software ya que el equipamiento de cómputo y electrónico es costoso, añadiéndole el pago de la licencia de la herramienta WebPager. La ventaja está en que el sistema se diseñó para que del lado del cliente/usuario no tuviera necesidad de instalar alguna aplicación para poder usar el control, solo basta con tener instalado un navegador web.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3DEDAFBD" w14:textId="7E669A60" w:rsidR="00B97672" w:rsidRPr="002427FF" w:rsidRDefault="00B97672" w:rsidP="007D5007">
       <w:pPr>
         <w:spacing w:before="184" w:line="360" w:lineRule="auto"/>
         <w:ind w:right="-281" w:firstLine="420"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="es-MX"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002427FF">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">El antebrazo de robot cuenta con un transportador, esto con el fin de poder ver la posición del movimiento angular realizado y así comparar los valores indicados en el trasportador con los arrojados por el </w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellStart"/>
+        <w:t>El antebrazo de robot cuenta con un transportador, esto con el fin de poder ver la posición del movimiento angular realizado y así comparar los valores indicados en el trasportador con los arrojados por el encoder.</w:t>
+      </w:r>
+      <w:r w:rsidR="00426B62" w:rsidRPr="002427FF">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
       <w:r w:rsidRPr="002427FF">
         <w:rPr>
-          <w:color w:val="000000"/>
-[...12 lines deleted...]
-        <w:t>.</w:t>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>El sistema está conectado a una fuente de presión neumática que se apaga y enciende automáticamente para entregar la presión requerida por los músculos neumáticos de Mckibbe</w:t>
       </w:r>
       <w:r w:rsidR="00426B62" w:rsidRPr="002427FF">
         <w:rPr>
-          <w:color w:val="000000"/>
-[...33 lines deleted...]
-        <w:t>.</w:t>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>n.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1BFF1F21" w14:textId="1A6BEE0C" w:rsidR="00B97672" w:rsidRPr="002754D4" w:rsidRDefault="00B97672" w:rsidP="00344E62">
       <w:pPr>
         <w:pStyle w:val="Ttulo1"/>
         <w:spacing w:before="138"/>
         <w:ind w:left="0" w:right="-43"/>
       </w:pPr>
       <w:bookmarkStart w:id="8" w:name="_Toc507486216"/>
       <w:r w:rsidRPr="002754D4">
         <w:t>RESULTADOS</w:t>
       </w:r>
       <w:bookmarkEnd w:id="8"/>
     </w:p>
     <w:p w14:paraId="4D395BC6" w14:textId="33CEC65A" w:rsidR="00B97672" w:rsidRDefault="00E80776" w:rsidP="007D5007">
       <w:pPr>
         <w:spacing w:before="184" w:line="360" w:lineRule="auto"/>
         <w:ind w:right="-281" w:firstLine="420"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="es-MX"/>
         </w:rPr>
       </w:pPr>
@@ -7441,50 +6583,51 @@
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="es-MX"/>
         </w:rPr>
         <w:t xml:space="preserve"> muestra la deformación en el diámetro de los músculos artificiales de forma unitaria al aplicar una presión de 0 a 2 bares.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4D377734" w14:textId="339A4BC1" w:rsidR="00344E62" w:rsidRPr="002427FF" w:rsidRDefault="006E72C1" w:rsidP="006E72C1">
       <w:pPr>
         <w:spacing w:before="106"/>
         <w:ind w:left="232" w:right="930"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="es-MX"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="9" w:name="_Toc507486313"/>
       <w:r>
         <w:rPr>
           <w:noProof/>
           <w:lang w:eastAsia="es-MX"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:drawing>
           <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251660288" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="31C886FA" wp14:editId="2AAAD083">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="column">
               <wp:posOffset>969274</wp:posOffset>
             </wp:positionH>
             <wp:positionV relativeFrom="paragraph">
               <wp:posOffset>311150</wp:posOffset>
             </wp:positionV>
             <wp:extent cx="3244850" cy="2090420"/>
             <wp:effectExtent l="57150" t="57150" r="69850" b="81280"/>
             <wp:wrapTopAndBottom/>
             <wp:docPr id="701" name="Imagen 701"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill rotWithShape="1">
                     <a:blip r:embed="rId28" cstate="print">
@@ -7644,51 +6787,50 @@
           <w:color w:val="000009"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7B7F1D15" w14:textId="77777777" w:rsidR="00A92425" w:rsidRPr="00A92425" w:rsidRDefault="00A92425" w:rsidP="00A92425"/>
     <w:p w14:paraId="0C449FD2" w14:textId="77777777" w:rsidR="00B97672" w:rsidRPr="002427FF" w:rsidRDefault="00B97672" w:rsidP="007D5007">
       <w:pPr>
         <w:spacing w:before="184" w:line="360" w:lineRule="auto"/>
         <w:ind w:right="-281" w:firstLine="420"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="es-MX"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002427FF">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="es-MX"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>Realizando el análisis de la relación presión-deformación, se observa que existe un nivel apropiado de trabajo que se encuentra entre 0.48 y 2 bares, debido a que el cambio de estado es muy suave en este rango.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3FB4022C" w14:textId="7BD33A81" w:rsidR="00B97672" w:rsidRPr="002427FF" w:rsidRDefault="00B97672" w:rsidP="007D5007">
       <w:pPr>
         <w:spacing w:before="184" w:line="360" w:lineRule="auto"/>
         <w:ind w:right="-281" w:firstLine="420"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002427FF">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Sabiendo </w:t>
       </w:r>
       <w:r w:rsidR="001F505E" w:rsidRPr="002427FF">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
@@ -7906,51 +7048,59 @@
       </w:r>
       <w:r w:rsidR="00FE19CD">
         <w:rPr>
           <w:color w:val="000009"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="458A1D01" w14:textId="77777777" w:rsidR="00B97672" w:rsidRPr="002427FF" w:rsidRDefault="00B97672" w:rsidP="007D5007">
       <w:pPr>
         <w:spacing w:before="184" w:line="360" w:lineRule="auto"/>
         <w:ind w:right="-281" w:firstLine="420"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002427FF">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Con el análisis de la gráfica, se nota que el músculo artificial sufre menos contracción cada que se aumenta la carga, también se observa que la fuerza de tracción es máxima al principio del movimiento de contracción y disminuye al aumentar la carrera. El desplazamiento angular y el par generado dependen de la configuración de la polea que se presenta como antebrazo.</w:t>
+        <w:t xml:space="preserve">Con el análisis de la gráfica, se nota que el músculo artificial sufre menos contracción cada </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002427FF">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>que se aumenta la carga, también se observa que la fuerza de tracción es máxima al principio del movimiento de contracción y disminuye al aumentar la carrera. El desplazamiento angular y el par generado dependen de la configuración de la polea que se presenta como antebrazo.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5E87811C" w14:textId="77777777" w:rsidR="00B97672" w:rsidRPr="002427FF" w:rsidRDefault="00B97672" w:rsidP="007D5007">
       <w:pPr>
         <w:spacing w:before="184" w:line="360" w:lineRule="auto"/>
         <w:ind w:right="-281" w:firstLine="420"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002427FF">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Otra observación, es que, aunque el músculo con una carga mayor no presenta una deformación considerable para generar un movimiento angular grande, si se genera una contracción más estable cada que se aumenta la presión comparando los valores que se tienen con una carga igual a cero o una carga de 200g.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="281FC7D3" w14:textId="77777777" w:rsidR="001F505E" w:rsidRPr="002427FF" w:rsidRDefault="001F505E" w:rsidP="007D5007">
       <w:pPr>
         <w:pStyle w:val="Ttulo1"/>
         <w:spacing w:before="138"/>
         <w:ind w:left="0" w:right="-281"/>
@@ -7999,60 +7149,51 @@
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002427FF">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="es-MX"/>
         </w:rPr>
         <w:t xml:space="preserve">En las figuras </w:t>
       </w:r>
       <w:r w:rsidR="00BE449A">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="es-MX"/>
         </w:rPr>
         <w:t>11</w:t>
       </w:r>
       <w:r w:rsidRPr="002427FF">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="es-MX"/>
         </w:rPr>
-        <w:t xml:space="preserve">, se muestran los resultados obtenidos al ejecutar el módulo a través de </w:t>
-[...8 lines deleted...]
-        <w:t>una red local, presentado diferentes situaciones a las que se podría enfrentar el sistema.</w:t>
+        <w:t>, se muestran los resultados obtenidos al ejecutar el módulo a través de una red local, presentado diferentes situaciones a las que se podría enfrentar el sistema.</w:t>
       </w:r>
       <w:bookmarkStart w:id="11" w:name="_Toc507486317"/>
       <w:r w:rsidR="00BE449A" w:rsidRPr="00BE449A">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="02ED1659" w14:textId="7EE6AFFA" w:rsidR="001F505E" w:rsidRPr="002427FF" w:rsidRDefault="00FE19CD" w:rsidP="00FE19CD">
       <w:pPr>
         <w:spacing w:before="106"/>
         <w:ind w:left="232" w:right="930"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="es-MX"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
           <w:lang w:eastAsia="es-MX"/>
@@ -8279,93 +7420,76 @@
       <w:r w:rsidRPr="002427FF">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="es-MX"/>
         </w:rPr>
         <w:t xml:space="preserve"> al ejecutar el sistema de forma directa a través del servidor, la respuesta es casi inmediata. Contrario de lo que se observa al estar ejecutando el sistema en una red local dependiente de la calidad de la señal de Internet, la hora de conexión y la cantidad de usuarios ejecutando la interfaz de control vía remota.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2EE69080" w14:textId="5329EF7C" w:rsidR="00BE449A" w:rsidRDefault="001F505E" w:rsidP="007D5007">
       <w:pPr>
         <w:spacing w:before="184" w:line="360" w:lineRule="auto"/>
         <w:ind w:right="-281" w:firstLine="420"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002427FF">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="es-MX"/>
         </w:rPr>
-        <w:t xml:space="preserve">También se analiza la ejecución sistema a través de diferentes dispositivos y sistemas operativos, teniendo como restricción la licencia del asistente </w:t>
-[...17 lines deleted...]
-        <w:t>, que solo ejecuta de manera local y por un periodo de tiempo limitado.</w:t>
+        <w:t>También se analiza la ejecución sistema a través de diferentes dispositivos y sistemas operativos, teniendo como restricción la licencia del asistente WebPager, que solo ejecuta de manera local y por un periodo de tiempo limitado.</w:t>
       </w:r>
       <w:bookmarkStart w:id="12" w:name="_Toc507486318"/>
       <w:r w:rsidR="00BE449A" w:rsidRPr="00BE449A">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5F0D7BE3" w14:textId="0AD54C87" w:rsidR="001F505E" w:rsidRDefault="00FE19CD" w:rsidP="00FE19CD">
       <w:pPr>
         <w:spacing w:before="106"/>
         <w:ind w:left="232" w:right="930"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:lang w:eastAsia="es-MX"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
           <w:lang w:eastAsia="es-MX"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:drawing>
           <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251663360" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="1F21D148" wp14:editId="6E1E8612">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="column">
               <wp:posOffset>1165860</wp:posOffset>
             </wp:positionH>
             <wp:positionV relativeFrom="paragraph">
               <wp:posOffset>305435</wp:posOffset>
             </wp:positionV>
             <wp:extent cx="2747010" cy="2935605"/>
             <wp:effectExtent l="57150" t="57150" r="72390" b="74295"/>
             <wp:wrapTopAndBottom/>
             <wp:docPr id="806" name="Imagen 806" descr="C:\Users\Jose Antonio\Pictures\23022199_1862809080414820_1794584526_n.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 2" descr="C:\Users\Jose Antonio\Pictures\23022199_1862809080414820_1794584526_n.png"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
@@ -8541,78 +7665,51 @@
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002427FF">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="es-MX"/>
         </w:rPr>
         <w:t xml:space="preserve">En la figura </w:t>
       </w:r>
       <w:r w:rsidR="00BE449A">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="es-MX"/>
         </w:rPr>
         <w:t>12</w:t>
       </w:r>
       <w:r w:rsidRPr="002427FF">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="es-MX"/>
         </w:rPr>
-        <w:t xml:space="preserve">, se muestra la ejecución en el sistema operativo Android 6.0 y navegador Google Chrome, en la cual se puede observar que el asistente de </w:t>
-[...26 lines deleted...]
-        <w:t xml:space="preserve">botones se representan de una manera diferente a la del lado del servidor; este cambio no influye en la manera en que se controla el antebrazo de robot ya que solo es por cuestiones del uso de la tecnología </w:t>
+        <w:t xml:space="preserve">, se muestra la ejecución en el sistema operativo Android 6.0 y navegador Google Chrome, en la cual se puede observar que el asistente de WebPager solo representa algunos de los botones de control y las gráficas debido al tipo de licencia. Además, estos botones se representan de una manera diferente a la del lado del servidor; este cambio no influye en la manera en que se controla el antebrazo de robot ya que solo es por cuestiones del uso de la tecnología </w:t>
       </w:r>
       <w:r w:rsidRPr="002427FF">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>HTML5, CSS3 y JavaScript del asistente.</w:t>
       </w:r>
       <w:bookmarkStart w:id="13" w:name="_Toc507486319"/>
       <w:r w:rsidR="00BE449A" w:rsidRPr="00BE449A">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5D991D76" w14:textId="537EFBB6" w:rsidR="001F505E" w:rsidRDefault="00FE19CD" w:rsidP="00FE19CD">
       <w:pPr>
         <w:spacing w:before="106"/>
         <w:ind w:left="232" w:right="930"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:lang w:eastAsia="es-MX"/>
         </w:rPr>
@@ -8776,95 +7873,78 @@
       <w:r w:rsidR="00FE19CD">
         <w:rPr>
           <w:color w:val="000009"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="446D9F61" w14:textId="77777777" w:rsidR="00BE449A" w:rsidRDefault="001F505E" w:rsidP="007D5007">
       <w:pPr>
         <w:spacing w:before="184" w:line="360" w:lineRule="auto"/>
         <w:ind w:right="-281" w:firstLine="420"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002427FF">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="es-MX"/>
         </w:rPr>
-        <w:t xml:space="preserve">Para el análisis del tiempo de respuesta, se utiliza un ejemplo precargado del asistente </w:t>
-[...17 lines deleted...]
-        <w:t xml:space="preserve"> ya que no es posible enviar y recibir comandos desde la interfaz de control del sistema por motivo de la licencia.</w:t>
+        <w:t>Para el análisis del tiempo de respuesta, se utiliza un ejemplo precargado del asistente WebPager ya que no es posible enviar y recibir comandos desde la interfaz de control del sistema por motivo de la licencia.</w:t>
       </w:r>
       <w:bookmarkStart w:id="14" w:name="_Toc507486320"/>
       <w:r w:rsidR="00BE449A" w:rsidRPr="00BE449A">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2876F442" w14:textId="2FB0CCB7" w:rsidR="001F505E" w:rsidRPr="002427FF" w:rsidRDefault="00FE19CD" w:rsidP="00FE19CD">
       <w:pPr>
         <w:spacing w:before="106"/>
         <w:ind w:left="232" w:right="930"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="es-MX"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
           <w:lang w:eastAsia="es-MX"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:drawing>
           <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251694080" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="3F5F9FFC" wp14:editId="3A8B1781">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="column">
               <wp:posOffset>776869</wp:posOffset>
             </wp:positionH>
             <wp:positionV relativeFrom="paragraph">
               <wp:posOffset>302895</wp:posOffset>
             </wp:positionV>
             <wp:extent cx="3949700" cy="2346960"/>
             <wp:effectExtent l="57150" t="57150" r="69850" b="72390"/>
             <wp:wrapTopAndBottom/>
             <wp:docPr id="686" name="Imagen 686" descr="https://scontent.ftlc1-1.fna.fbcdn.net/v/t34.0-12/27658827_1969639383065122_1043267367_n.jpg?oh=fef791b99916578ac0f48b11083a7e24&amp;oe=5A75293D"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 7" descr="https://scontent.ftlc1-1.fna.fbcdn.net/v/t34.0-12/27658827_1969639383065122_1043267367_n.jpg?oh=fef791b99916578ac0f48b11083a7e24&amp;oe=5A75293D"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
@@ -8914,67 +7994,51 @@
                       <a:ext uri="{53640926-AAD7-44D8-BBD7-CCE9431645EC}">
                         <a14:shadowObscured xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main"/>
                       </a:ext>
                     </a:extLst>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:anchor>
         </w:drawing>
       </w:r>
       <w:r w:rsidR="00BE449A" w:rsidRPr="00BE449A">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Figura 14.</w:t>
       </w:r>
       <w:r w:rsidR="00BE449A" w:rsidRPr="002427FF">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Ejemplo de </w:t>
-[...15 lines deleted...]
-        <w:t xml:space="preserve"> ejecutándose en diferentes plataformas</w:t>
+        <w:t xml:space="preserve"> Ejemplo de WebPager ejecutándose en diferentes plataformas</w:t>
       </w:r>
       <w:bookmarkEnd w:id="14"/>
     </w:p>
     <w:p w14:paraId="26614C41" w14:textId="0511849C" w:rsidR="00BE449A" w:rsidRDefault="00BE449A" w:rsidP="00FE19CD">
       <w:pPr>
         <w:pStyle w:val="Textoindependiente"/>
         <w:spacing w:before="76"/>
         <w:ind w:left="232" w:rightChars="164" w:right="361"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:noProof/>
           <w:lang w:eastAsia="es-MX"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00955D96">
         <w:rPr>
           <w:color w:val="000009"/>
         </w:rPr>
         <w:t>Fuente:</w:t>
       </w:r>
       <w:r w:rsidRPr="00955D96">
         <w:rPr>
           <w:color w:val="000009"/>
           <w:spacing w:val="-1"/>
         </w:rPr>
@@ -9049,51 +8113,50 @@
         </w:rPr>
         <w:t>Se realizó la simulación del funcionamiento del sistema en una red local, por los actores principales que son: el asesor, el profesor y el alumno, a los cuales se les mostró el primer prototipo del sistema.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="03BC5870" w14:textId="49D7F1EF" w:rsidR="001F505E" w:rsidRPr="002427FF" w:rsidRDefault="007D5007" w:rsidP="00FE19CD">
       <w:pPr>
         <w:pStyle w:val="Descripcin"/>
         <w:spacing w:before="106" w:after="0"/>
         <w:ind w:left="232" w:right="930"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="0"/>
           <w:color w:val="auto"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="es-MX"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="15" w:name="_Toc507486321"/>
       <w:r>
         <w:rPr>
           <w:noProof/>
           <w:lang w:eastAsia="es-MX"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:drawing>
           <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251665408" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="7D5A2F94" wp14:editId="34FE55E3">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="column">
               <wp:posOffset>550746</wp:posOffset>
             </wp:positionH>
             <wp:positionV relativeFrom="paragraph">
               <wp:posOffset>305231</wp:posOffset>
             </wp:positionV>
             <wp:extent cx="4258293" cy="2567164"/>
             <wp:effectExtent l="57150" t="57150" r="66675" b="81280"/>
             <wp:wrapTopAndBottom/>
             <wp:docPr id="706" name="Imagen 706"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill rotWithShape="1">
                     <a:blip r:embed="rId40" cstate="print">
@@ -9332,50 +8395,51 @@
           <w:ilvl w:val="0"/>
           <w:numId w:val="12"/>
         </w:numPr>
         <w:autoSpaceDE/>
         <w:autoSpaceDN/>
         <w:spacing w:before="184" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="0" w:rightChars="-127" w:right="-279" w:firstLine="420"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="es-MX"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002427FF">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Usabilidad: </w:t>
       </w:r>
       <w:r w:rsidRPr="002427FF">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>O</w:t>
       </w:r>
       <w:r w:rsidRPr="002427FF">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">rganización y diseño del sistema de control. Los resultados muestran que es necesario un manual y ayuda visual para usuarios que no están familiarizados con el ambiente de programación en LabVIEW. El sistema cumple con un 60% </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7274E3CB" w14:textId="77777777" w:rsidR="001F505E" w:rsidRPr="002427FF" w:rsidRDefault="001F505E" w:rsidP="007D5007">
       <w:pPr>
         <w:pStyle w:val="Prrafodelista"/>
@@ -9605,51 +8669,50 @@
     <w:p w14:paraId="2E5DA87C" w14:textId="6233E50A" w:rsidR="007E5A25" w:rsidRDefault="007E5A25" w:rsidP="007E5A25">
       <w:pPr>
         <w:pStyle w:val="Prrafodelista"/>
         <w:widowControl/>
         <w:autoSpaceDE/>
         <w:autoSpaceDN/>
         <w:spacing w:before="184" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="0" w:rightChars="-19" w:right="-42" w:firstLine="0"/>
         <w:contextualSpacing/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="005141A2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>Discusión</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6F0A167B" w14:textId="46EBCF07" w:rsidR="00F9334F" w:rsidRPr="002427FF" w:rsidRDefault="00F9334F" w:rsidP="00215854">
       <w:pPr>
         <w:pStyle w:val="Prrafodelista"/>
         <w:widowControl/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="13"/>
         </w:numPr>
         <w:autoSpaceDE/>
         <w:autoSpaceDN/>
         <w:spacing w:before="184" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="-281" w:firstLine="420"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="es-MX"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002427FF">
@@ -9668,71 +8731,51 @@
         <w:widowControl/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="13"/>
         </w:numPr>
         <w:autoSpaceDE/>
         <w:autoSpaceDN/>
         <w:spacing w:before="184" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="-281" w:firstLine="420"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="es-MX"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002427FF">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="es-MX"/>
         </w:rPr>
-        <w:t xml:space="preserve">El comportamiento de los músculos artificiales de </w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve"> depende principalmente de la señal del PWM en las reguladoras electro-neumáticas, ya que la respuesta de presión/posición presenta tirones al pasar de una posición a otra en algunos puntos durante el movimiento de flexión/extensión en los músculos artificiales y de aducción/abducción del antebrazo.</w:t>
+        <w:t>El comportamiento de los músculos artificiales de Mckibben depende principalmente de la señal del PWM en las reguladoras electro-neumáticas, ya que la respuesta de presión/posición presenta tirones al pasar de una posición a otra en algunos puntos durante el movimiento de flexión/extensión en los músculos artificiales y de aducción/abducción del antebrazo.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5445DFB2" w14:textId="3E1BD7DA" w:rsidR="001F505E" w:rsidRPr="0074553A" w:rsidRDefault="001F505E" w:rsidP="007E5A25">
       <w:pPr>
         <w:pStyle w:val="Ttulo1"/>
         <w:spacing w:before="138"/>
         <w:ind w:left="0" w:right="51"/>
       </w:pPr>
       <w:bookmarkStart w:id="16" w:name="_Toc507486222"/>
       <w:r w:rsidRPr="0074553A">
         <w:t>C</w:t>
       </w:r>
       <w:r w:rsidR="007E5A25">
         <w:t>onclusiones</w:t>
       </w:r>
       <w:r w:rsidRPr="0074553A">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:bookmarkEnd w:id="16"/>
     </w:p>
     <w:p w14:paraId="17A395B8" w14:textId="77777777" w:rsidR="001F505E" w:rsidRPr="002427FF" w:rsidRDefault="001F505E" w:rsidP="007D5007">
       <w:pPr>
         <w:spacing w:before="184" w:line="360" w:lineRule="auto"/>
         <w:ind w:right="-281" w:firstLine="420"/>
         <w:jc w:val="both"/>
@@ -9793,102 +8836,92 @@
       <w:r w:rsidRPr="002427FF">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="es-MX"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="002427FF" w:rsidRPr="002427FF">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="es-MX"/>
         </w:rPr>
         <w:t>que,</w:t>
       </w:r>
       <w:r w:rsidRPr="002427FF">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="es-MX"/>
         </w:rPr>
-        <w:t xml:space="preserve"> al ejecutar el sistema, las señales y el hardware tienen una estructura abierta por lo que es posible utilizar la conexión de más sensores o módulos para el intercambio de datos ya sea dentro del mismo sistema o una red de sistemas embebidos dependientes de la misma tarjeta y panel de control.</w:t>
+        <w:t xml:space="preserve"> al ejecutar el sistema, las señales y el hardware tienen una estructura abierta por lo que es posible utilizar la conexión de más sensores o módulos </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002427FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="es-MX"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>para el intercambio de datos ya sea dentro del mismo sistema o una red de sistemas embebidos dependientes de la misma tarjeta y panel de control.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="72D26820" w14:textId="234AF84B" w:rsidR="001F505E" w:rsidRDefault="001F505E" w:rsidP="007D5007">
       <w:pPr>
         <w:pStyle w:val="Prrafodelista"/>
         <w:widowControl/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="13"/>
         </w:numPr>
         <w:autoSpaceDE/>
         <w:autoSpaceDN/>
         <w:spacing w:before="184" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="-281" w:firstLine="420"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="es-MX"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002427FF">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="es-MX"/>
         </w:rPr>
-        <w:t xml:space="preserve">La ejecución del sistema sobre LabVIEW y el asistente </w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve"> a través de navegadores y dispositivos, sin necesidad de una aplicación o complemento por parte de los usuarios, representa un ahorro económico debido a la utilización de una licencia de LabVIEW para uso de varios usuarios.</w:t>
+        <w:t>La ejecución del sistema sobre LabVIEW y el asistente WebPager a través de navegadores y dispositivos, sin necesidad de una aplicación o complemento por parte de los usuarios, representa un ahorro económico debido a la utilización de una licencia de LabVIEW para uso de varios usuarios.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="43B99405" w14:textId="59FC4183" w:rsidR="002427FF" w:rsidRPr="002427FF" w:rsidRDefault="002427FF" w:rsidP="002427FF">
       <w:pPr>
         <w:pStyle w:val="Ttulo1"/>
         <w:spacing w:before="138"/>
         <w:ind w:left="992" w:right="1752"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002427FF">
         <w:t>Futuras líneas de investigación</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0CF1987A" w14:textId="77777777" w:rsidR="001F505E" w:rsidRPr="002427FF" w:rsidRDefault="001F505E" w:rsidP="007D5007">
       <w:pPr>
         <w:pStyle w:val="Prrafodelista"/>
         <w:widowControl/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="13"/>
         </w:numPr>
         <w:autoSpaceDE/>
@@ -10115,51 +9148,50 @@
         <w:pStyle w:val="Prrafodelista"/>
         <w:widowControl/>
         <w:autoSpaceDE/>
         <w:autoSpaceDN/>
         <w:spacing w:before="184" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="-281" w:firstLine="284"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:lang w:eastAsia="es-MX"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="130A73E2" w14:textId="77777777" w:rsidR="00D81D3F" w:rsidRDefault="00000000">
       <w:pPr>
         <w:pStyle w:val="Ttulo2"/>
         <w:spacing w:before="218"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>Referencias</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="66CF61EF" w14:textId="6BA1876C" w:rsidR="00BF6D31" w:rsidRDefault="00340D6D" w:rsidP="007D5007">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="170" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="709" w:right="-281" w:hanging="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000009"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Beltrán</w:t>
       </w:r>
       <w:r w:rsidR="00BF6D31">
         <w:rPr>
           <w:color w:val="000009"/>
@@ -10167,51 +9199,67 @@
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> (2017). </w:t>
       </w:r>
       <w:r w:rsidR="00BF6D31">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Laura Andrea Beltrán Beltrán. </w:t>
       </w:r>
       <w:r w:rsidR="00BF6D31" w:rsidRPr="00BF6D31">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:i/>
           <w:iCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>“Diseño y construcción de prototipo de un miembro superior humano accionado por músculos neumáticos”</w:t>
       </w:r>
       <w:r w:rsidR="00BF6D31">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>. Universidad Militar Nueva Granada. Bogotá, Febrero 2017.</w:t>
+        <w:t xml:space="preserve">. Universidad Militar Nueva Granada. Bogotá, </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00BF6D31">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Febrero</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00BF6D31">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2017.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0F3CAE63" w14:textId="7BBCD9F0" w:rsidR="009F34D2" w:rsidRDefault="009F34D2" w:rsidP="007D5007">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="170" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="709" w:right="-281" w:hanging="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000009"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Del Sol (2015). </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
@@ -10264,104 +9312,99 @@
       </w:r>
       <w:r w:rsidRPr="00830CBE">
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:lang w:val="en-US" w:eastAsia="es-MX"/>
         </w:rPr>
         <w:t>"Development of a System for monitoring and controlling research projects based on a framework integrating traditional and agile methodologies"</w:t>
       </w:r>
       <w:r w:rsidRPr="00716FA1">
         <w:rPr>
           <w:lang w:val="en-US" w:eastAsia="es-MX"/>
         </w:rPr>
         <w:t>, Publis</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US" w:eastAsia="es-MX"/>
         </w:rPr>
         <w:t xml:space="preserve">her: IEEE. </w:t>
       </w:r>
       <w:r w:rsidRPr="00A92425">
         <w:rPr>
           <w:lang w:eastAsia="es-MX"/>
         </w:rPr>
-        <w:t xml:space="preserve">Las Vegas, USA, IEEE </w:t>
-[...13 lines deleted...]
-        <w:t>.</w:t>
+        <w:t>Las Vegas, USA, IEEE publisher.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="60C01A75" w14:textId="5EAC263A" w:rsidR="00BF6D31" w:rsidRDefault="00BF6D31" w:rsidP="007D5007">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="170" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="709" w:right="-281" w:hanging="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000009"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00477918">
         <w:rPr>
           <w:color w:val="000009"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Lara (2022). Larisa Elizabeth Lara Ramírez et al. </w:t>
       </w:r>
       <w:r w:rsidRPr="00477918">
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000009"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Ciencia Latina</w:t>
       </w:r>
       <w:r w:rsidRPr="00477918">
         <w:rPr>
           <w:color w:val="000009"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Revista Científica Multidisciplinar,</w:t>
+        <w:t xml:space="preserve"> Revista Científica </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00477918">
+        <w:rPr>
+          <w:color w:val="000009"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Multidisciplinar,</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000009"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00477918">
         <w:rPr>
           <w:color w:val="000009"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Ciudad de México, México. ISN 2707-2207 / ISSN 2707-2215 (en línea), enero- febrero, 2022, Volumen 6, Número 1. https://doi.org/10.37811/cl_rcm.v6i1.1794 p 4214.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="08A37B28" w14:textId="0C3369AC" w:rsidR="00BF6D31" w:rsidRPr="00BF6D31" w:rsidRDefault="00BF6D31" w:rsidP="007D5007">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="170" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="709" w:right="-281" w:hanging="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
@@ -10398,114 +9441,152 @@
       </w:r>
       <w:r w:rsidRPr="00BF6D31">
         <w:rPr>
           <w:color w:val="000009"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">, Revista Iberoamericana para la Investigación y el Desarrollo Educativo ISSN 2007-7467, </w:t>
       </w:r>
       <w:hyperlink r:id="rId42" w:history="1">
         <w:r w:rsidRPr="00BF6D31">
           <w:rPr>
             <w:color w:val="000009"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>https://doi.org/10.23913/ride.v11i22.822</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00BF6D31">
         <w:rPr>
           <w:color w:val="000009"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>, Vol. 12, Núm. 22 Enero-Junio 2021, e162</w:t>
+        <w:t xml:space="preserve">, Vol. 12, Núm. 22 </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00BF6D31">
+        <w:rPr>
+          <w:color w:val="000009"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Enero</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00BF6D31">
+        <w:rPr>
+          <w:color w:val="000009"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00BF6D31">
+        <w:rPr>
+          <w:color w:val="000009"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Junio</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00BF6D31">
+        <w:rPr>
+          <w:color w:val="000009"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2021, e162</w:t>
       </w:r>
       <w:r w:rsidR="00E148B1">
         <w:rPr>
           <w:color w:val="000009"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="37E47B17" w14:textId="03A5264B" w:rsidR="00C5044E" w:rsidRPr="00477918" w:rsidRDefault="00C5044E" w:rsidP="007D5007">
       <w:pPr>
         <w:spacing w:before="170" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="709" w:right="-281" w:hanging="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000009"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00477918">
         <w:rPr>
           <w:color w:val="000009"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Telefónica (2016). Fundación Telefónica</w:t>
       </w:r>
       <w:r w:rsidRPr="00477918">
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000009"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>,” Internet Industrial, Máquinas inteligentes en un mundo de sensores”</w:t>
       </w:r>
       <w:r w:rsidRPr="00477918">
         <w:rPr>
           <w:color w:val="000009"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">, ISBN: 978-84-08-15960-5, </w:t>
       </w:r>
+      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidR="00340D6D">
         <w:rPr>
           <w:color w:val="000009"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>M</w:t>
       </w:r>
       <w:r w:rsidR="00340D6D" w:rsidRPr="00477918">
         <w:rPr>
           <w:color w:val="000009"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>ayo</w:t>
       </w:r>
+      <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="00477918">
         <w:rPr>
           <w:color w:val="000009"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2016. Disponible en: http://www.fundacion telefonica.com/publicaciones.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4A78FAAA" w14:textId="5FCC048E" w:rsidR="00C5044E" w:rsidRPr="00477918" w:rsidRDefault="00C5044E" w:rsidP="007D5007">
       <w:pPr>
         <w:spacing w:before="170" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="709" w:right="-281" w:hanging="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000009"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00477918">
         <w:rPr>
           <w:color w:val="000009"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
@@ -10552,51 +9633,69 @@
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000009"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> 10 años el uso de tecnologías digitale</w:t>
       </w:r>
       <w:r w:rsidR="00340D6D">
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000009"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>s</w:t>
       </w:r>
       <w:r w:rsidRPr="00477918">
         <w:rPr>
           <w:color w:val="000009"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>, 16 de Mayo de 2021.</w:t>
+        <w:t xml:space="preserve">, 16 de </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00477918">
+        <w:rPr>
+          <w:color w:val="000009"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Mayo</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00477918">
+        <w:rPr>
+          <w:color w:val="000009"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> de 2021.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="148F0CB8" w14:textId="213CB306" w:rsidR="00C5044E" w:rsidRPr="00340D6D" w:rsidRDefault="00C5044E" w:rsidP="007D5007">
       <w:pPr>
         <w:spacing w:before="170" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="709" w:right="-281" w:hanging="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000009"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00340D6D">
         <w:rPr>
           <w:color w:val="000009"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">Williams (2007). R. Williams. </w:t>
       </w:r>
       <w:r w:rsidRPr="00340D6D">
         <w:rPr>
@@ -10730,70 +9829,70 @@
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="241E892A" w14:textId="77777777" w:rsidR="00C5044E" w:rsidRPr="00C5044E" w:rsidRDefault="00C5044E" w:rsidP="00C5044E">
       <w:pPr>
         <w:spacing w:before="170" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="953" w:right="936" w:hanging="709"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="00C5044E" w:rsidRPr="00C5044E" w:rsidSect="00A92425">
       <w:headerReference w:type="default" r:id="rId44"/>
       <w:footerReference w:type="default" r:id="rId45"/>
       <w:pgSz w:w="11910" w:h="16840"/>
       <w:pgMar w:top="709" w:right="1278" w:bottom="567" w:left="1701" w:header="142" w:footer="0" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid w:linePitch="299"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="69ACF475" w14:textId="77777777" w:rsidR="005929F2" w:rsidRDefault="005929F2" w:rsidP="00A92425">
+    <w:p w14:paraId="31D0F90A" w14:textId="77777777" w:rsidR="00C41429" w:rsidRDefault="00C41429" w:rsidP="00A92425">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="2E84F9C9" w14:textId="77777777" w:rsidR="005929F2" w:rsidRDefault="005929F2" w:rsidP="00A92425">
+    <w:p w14:paraId="3B1AD926" w14:textId="77777777" w:rsidR="00C41429" w:rsidRDefault="00C41429" w:rsidP="00A92425">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
@@ -10803,150 +9902,207 @@
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:sdt>
     <w:sdtPr>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
       </w:rPr>
       <w:id w:val="181709762"/>
       <w:docPartObj>
         <w:docPartGallery w:val="Page Numbers (Bottom of Page)"/>
         <w:docPartUnique/>
       </w:docPartObj>
     </w:sdtPr>
     <w:sdtContent>
       <w:p w14:paraId="1EB18F88" w14:textId="0ADDF907" w:rsidR="00A92425" w:rsidRPr="00A92425" w:rsidRDefault="00A92425" w:rsidP="00A92425">
         <w:pPr>
           <w:pStyle w:val="Piedepgina"/>
           <w:jc w:val="center"/>
           <w:rPr>
             <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           </w:rPr>
         </w:pPr>
         <w:r w:rsidRPr="00A92425">
           <w:rPr>
             <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
             <w:b/>
           </w:rPr>
           <w:t xml:space="preserve">Vol. 10, Núm. 19                  </w:t>
         </w:r>
         <w:proofErr w:type="gramStart"/>
         <w:r w:rsidRPr="00A92425">
           <w:rPr>
             <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
             <w:b/>
           </w:rPr>
           <w:t>Enero</w:t>
         </w:r>
         <w:proofErr w:type="gramEnd"/>
         <w:r w:rsidRPr="00A92425">
           <w:rPr>
             <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
             <w:b/>
           </w:rPr>
-          <w:t xml:space="preserve"> – Junio 2023                         ISSN: 2448 – 628</w:t>
+          <w:t xml:space="preserve"> – </w:t>
+        </w:r>
+        <w:proofErr w:type="gramStart"/>
+        <w:r w:rsidRPr="00A92425">
+          <w:rPr>
+            <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+            <w:b/>
+          </w:rPr>
+          <w:t>Junio</w:t>
+        </w:r>
+        <w:proofErr w:type="gramEnd"/>
+        <w:r w:rsidRPr="00A92425">
+          <w:rPr>
+            <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+            <w:b/>
+          </w:rPr>
+          <w:t xml:space="preserve"> 2023                         ISSN: 2448 – 628</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
             <w:b/>
           </w:rPr>
           <w:t>0</w:t>
         </w:r>
       </w:p>
     </w:sdtContent>
   </w:sdt>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="55754662" w14:textId="77777777" w:rsidR="005929F2" w:rsidRDefault="005929F2" w:rsidP="00A92425">
+    <w:p w14:paraId="2D680D76" w14:textId="77777777" w:rsidR="00C41429" w:rsidRDefault="00C41429" w:rsidP="00A92425">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="73BD6A22" w14:textId="77777777" w:rsidR="005929F2" w:rsidRDefault="005929F2" w:rsidP="00A92425">
+    <w:p w14:paraId="25E62F05" w14:textId="77777777" w:rsidR="00C41429" w:rsidRDefault="00C41429" w:rsidP="00A92425">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
-  <w:p w14:paraId="18C457F4" w14:textId="6C6BC9DE" w:rsidR="00A92425" w:rsidRPr="00A92425" w:rsidRDefault="00A92425" w:rsidP="00A92425">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="18C457F4" w14:textId="607665E4" w:rsidR="00A92425" w:rsidRPr="00540895" w:rsidRDefault="00540895" w:rsidP="00540895">
     <w:pPr>
       <w:pStyle w:val="Encabezado"/>
-      <w:jc w:val="center"/>
+    </w:pPr>
+    <w:r>
       <w:rPr>
-        <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        <w:noProof/>
       </w:rPr>
-    </w:pPr>
-[...6 lines deleted...]
-      <w:t>Revista Electrónica sobre Cuerpos Académicos y Grupos de Investigación</w:t>
+      <w:drawing>
+        <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="1137BECE" wp14:editId="030F666B">
+          <wp:extent cx="6469380" cy="944880"/>
+          <wp:effectExtent l="0" t="0" r="0" b="0"/>
+          <wp:docPr id="1150932268" name="Imagen 1"/>
+          <wp:cNvGraphicFramePr>
+            <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+          </wp:cNvGraphicFramePr>
+          <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+            <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+              <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:nvPicPr>
+                  <pic:cNvPr id="0" name="Picture 2"/>
+                  <pic:cNvPicPr>
+                    <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+                  </pic:cNvPicPr>
+                </pic:nvPicPr>
+                <pic:blipFill>
+                  <a:blip r:embed="rId1">
+                    <a:extLst>
+                      <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                        <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                      </a:ext>
+                    </a:extLst>
+                  </a:blip>
+                  <a:srcRect/>
+                  <a:stretch>
+                    <a:fillRect/>
+                  </a:stretch>
+                </pic:blipFill>
+                <pic:spPr bwMode="auto">
+                  <a:xfrm>
+                    <a:off x="0" y="0"/>
+                    <a:ext cx="6469380" cy="944880"/>
+                  </a:xfrm>
+                  <a:prstGeom prst="rect">
+                    <a:avLst/>
+                  </a:prstGeom>
+                  <a:noFill/>
+                  <a:ln>
+                    <a:noFill/>
+                  </a:ln>
+                </pic:spPr>
+              </pic:pic>
+            </a:graphicData>
+          </a:graphic>
+        </wp:inline>
+      </w:drawing>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="03656B95"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="E1B46BB4"/>
     <w:lvl w:ilvl="0" w:tplc="EFFC2592">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="space"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="851" w:hanging="491"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="080A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
@@ -12431,232 +11587,241 @@
   <w:num w:numId="7" w16cid:durableId="273944030">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="8" w16cid:durableId="861240735">
     <w:abstractNumId w:val="10"/>
   </w:num>
   <w:num w:numId="9" w16cid:durableId="155389262">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="10" w16cid:durableId="331102938">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="11" w16cid:durableId="224067699">
     <w:abstractNumId w:val="12"/>
   </w:num>
   <w:num w:numId="12" w16cid:durableId="1905792367">
     <w:abstractNumId w:val="7"/>
   </w:num>
   <w:num w:numId="13" w16cid:durableId="1789395488">
     <w:abstractNumId w:val="2"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
-  <w:proofState w:spelling="clean" w:grammar="clean"/>
+  <w:proofState w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:hyphenationZone w:val="425"/>
   <w:drawingGridHorizontalSpacing w:val="110"/>
   <w:displayHorizontalDrawingGridEvery w:val="2"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="2076"/>
+    <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:ulTrailSpace/>
-    <w:shapeLayoutLikeWW8/>
-[...1 lines deleted...]
-    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
+    <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00D81D3F"/>
     <w:rsid w:val="00000A9F"/>
     <w:rsid w:val="00002B22"/>
     <w:rsid w:val="00043A97"/>
     <w:rsid w:val="000E5CFA"/>
     <w:rsid w:val="0012133C"/>
     <w:rsid w:val="00125422"/>
     <w:rsid w:val="00167936"/>
     <w:rsid w:val="001755F8"/>
     <w:rsid w:val="00180BD1"/>
     <w:rsid w:val="001C7D8D"/>
     <w:rsid w:val="001F505E"/>
     <w:rsid w:val="001F79AE"/>
     <w:rsid w:val="00215854"/>
     <w:rsid w:val="002427FF"/>
     <w:rsid w:val="00250E6A"/>
     <w:rsid w:val="00281F7C"/>
     <w:rsid w:val="002E3617"/>
     <w:rsid w:val="002E4FDD"/>
     <w:rsid w:val="002E6811"/>
     <w:rsid w:val="00301C01"/>
     <w:rsid w:val="00340D6D"/>
     <w:rsid w:val="00344645"/>
     <w:rsid w:val="00344E62"/>
     <w:rsid w:val="00351004"/>
     <w:rsid w:val="003C0A8E"/>
     <w:rsid w:val="003E5C1C"/>
     <w:rsid w:val="003F0E82"/>
     <w:rsid w:val="00402B05"/>
     <w:rsid w:val="00426B62"/>
     <w:rsid w:val="00427949"/>
     <w:rsid w:val="00440BC5"/>
     <w:rsid w:val="00454578"/>
     <w:rsid w:val="00455CB7"/>
     <w:rsid w:val="00462571"/>
     <w:rsid w:val="004733F5"/>
     <w:rsid w:val="00477918"/>
+    <w:rsid w:val="004C50B9"/>
     <w:rsid w:val="004D7A80"/>
     <w:rsid w:val="004F299E"/>
     <w:rsid w:val="004F6540"/>
+    <w:rsid w:val="00525F36"/>
     <w:rsid w:val="00533B2B"/>
+    <w:rsid w:val="00540895"/>
     <w:rsid w:val="00580512"/>
     <w:rsid w:val="005929F2"/>
     <w:rsid w:val="0059396A"/>
     <w:rsid w:val="006019C2"/>
     <w:rsid w:val="006611EE"/>
+    <w:rsid w:val="006652E7"/>
     <w:rsid w:val="006D10A1"/>
     <w:rsid w:val="006E435C"/>
     <w:rsid w:val="006E72C1"/>
     <w:rsid w:val="00725134"/>
     <w:rsid w:val="007464CD"/>
     <w:rsid w:val="007B0C37"/>
     <w:rsid w:val="007D5007"/>
     <w:rsid w:val="007E5A25"/>
     <w:rsid w:val="007F7D7D"/>
     <w:rsid w:val="00806029"/>
     <w:rsid w:val="00814FDB"/>
     <w:rsid w:val="008220FC"/>
     <w:rsid w:val="00830CBE"/>
     <w:rsid w:val="00863889"/>
     <w:rsid w:val="008E42D2"/>
     <w:rsid w:val="00903A25"/>
     <w:rsid w:val="009234B5"/>
     <w:rsid w:val="009445EC"/>
     <w:rsid w:val="00953256"/>
     <w:rsid w:val="00955D96"/>
     <w:rsid w:val="00967199"/>
     <w:rsid w:val="009C49F0"/>
     <w:rsid w:val="009D100C"/>
     <w:rsid w:val="009E5F7B"/>
     <w:rsid w:val="009F12FA"/>
     <w:rsid w:val="009F34D2"/>
     <w:rsid w:val="00A1257E"/>
     <w:rsid w:val="00A307D5"/>
     <w:rsid w:val="00A5604D"/>
     <w:rsid w:val="00A92425"/>
+    <w:rsid w:val="00A94B61"/>
     <w:rsid w:val="00AA7821"/>
     <w:rsid w:val="00AB5DDD"/>
     <w:rsid w:val="00B20960"/>
     <w:rsid w:val="00B4070C"/>
     <w:rsid w:val="00B45F2F"/>
     <w:rsid w:val="00B55E91"/>
     <w:rsid w:val="00B578B2"/>
     <w:rsid w:val="00B82704"/>
     <w:rsid w:val="00B97672"/>
     <w:rsid w:val="00BA3668"/>
     <w:rsid w:val="00BC255A"/>
     <w:rsid w:val="00BD0470"/>
     <w:rsid w:val="00BE449A"/>
     <w:rsid w:val="00BF6D31"/>
     <w:rsid w:val="00C013B2"/>
     <w:rsid w:val="00C02C3C"/>
     <w:rsid w:val="00C3729D"/>
     <w:rsid w:val="00C404BC"/>
+    <w:rsid w:val="00C41429"/>
     <w:rsid w:val="00C5044E"/>
     <w:rsid w:val="00C645D2"/>
     <w:rsid w:val="00C7151F"/>
     <w:rsid w:val="00C96AD2"/>
     <w:rsid w:val="00CA56E3"/>
     <w:rsid w:val="00CE7308"/>
     <w:rsid w:val="00D125EC"/>
     <w:rsid w:val="00D12FAB"/>
     <w:rsid w:val="00D15D87"/>
     <w:rsid w:val="00D403CB"/>
     <w:rsid w:val="00D42EF1"/>
     <w:rsid w:val="00D455CE"/>
     <w:rsid w:val="00D610D1"/>
     <w:rsid w:val="00D72BB9"/>
     <w:rsid w:val="00D81D3F"/>
     <w:rsid w:val="00DB5946"/>
     <w:rsid w:val="00DD56A9"/>
     <w:rsid w:val="00E148B1"/>
     <w:rsid w:val="00E46938"/>
     <w:rsid w:val="00E80776"/>
     <w:rsid w:val="00E80827"/>
     <w:rsid w:val="00E84497"/>
     <w:rsid w:val="00EC0F1C"/>
     <w:rsid w:val="00EF1155"/>
     <w:rsid w:val="00F10BE0"/>
     <w:rsid w:val="00F50E65"/>
     <w:rsid w:val="00F87792"/>
     <w:rsid w:val="00F9334F"/>
     <w:rsid w:val="00FA7CC6"/>
     <w:rsid w:val="00FD20AD"/>
     <w:rsid w:val="00FE19CD"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="es-MX"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="2076"/>
+    <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="53BD915E"/>
   <w15:docId w15:val="{E6B59174-DB55-45C8-B506-D93AC3791221}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -13053,51 +12218,50 @@
       <w:bCs/>
       <w:sz w:val="32"/>
       <w:szCs w:val="32"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Ttulo2">
     <w:name w:val="heading 2"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="9"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:ind w:left="242"/>
       <w:outlineLvl w:val="1"/>
     </w:pPr>
     <w:rPr>
       <w:b/>
       <w:bCs/>
       <w:sz w:val="28"/>
       <w:szCs w:val="28"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="Fuentedeprrafopredeter">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
-    <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="Tablanormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="Sinlista">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:customStyle="1" w:styleId="TableNormal">
     <w:name w:val="Table Normal"/>
@@ -13219,51 +12383,51 @@
     <w:rPr>
       <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
       <w:lang w:eastAsia="es-MX"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="HTMLconformatoprevioCar">
     <w:name w:val="HTML con formato previo Car"/>
     <w:basedOn w:val="Fuentedeprrafopredeter"/>
     <w:link w:val="HTMLconformatoprevio"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00CE7308"/>
     <w:rPr>
       <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
       <w:lang w:val="es-MX" w:eastAsia="es-MX"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="y2iqfc">
     <w:name w:val="y2iqfc"/>
     <w:basedOn w:val="Fuentedeprrafopredeter"/>
     <w:rsid w:val="00CE7308"/>
   </w:style>
-  <w:style w:type="character" w:styleId="Textoennegrita">
+  <w:style w:type="character" w:styleId="Fuerte">
     <w:name w:val="Strong"/>
     <w:basedOn w:val="Fuentedeprrafopredeter"/>
     <w:uiPriority w:val="22"/>
     <w:qFormat/>
     <w:rsid w:val="009445EC"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Piedepgina">
     <w:name w:val="footer"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="PiedepginaCar"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="007B0C37"/>
     <w:pPr>
       <w:widowControl/>
       <w:tabs>
         <w:tab w:val="center" w:pos="4419"/>
         <w:tab w:val="right" w:pos="8838"/>
       </w:tabs>
       <w:autoSpaceDE/>
       <w:autoSpaceDN/>
@@ -13350,51 +12514,51 @@
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00A92425"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4419"/>
         <w:tab w:val="right" w:pos="8838"/>
       </w:tabs>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="EncabezadoCar">
     <w:name w:val="Encabezado Car"/>
     <w:basedOn w:val="Fuentedeprrafopredeter"/>
     <w:link w:val="Encabezado"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00A92425"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:lang w:val="es-MX"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="44568512">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="268005723">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
@@ -15591,50 +14755,54 @@
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
         </w:div>
         <w:div w:id="1978220825">
           <w:marLeft w:val="0"/>
           <w:marRight w:val="0"/>
           <w:marTop w:val="0"/>
           <w:marBottom w:val="0"/>
           <w:divBdr>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
         </w:div>
       </w:divsChild>
     </w:div>
   </w:divs>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId13" Type="http://schemas.microsoft.com/office/2007/relationships/hdphoto" Target="media/hdphoto1.wdp"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.png"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image8.png"/><Relationship Id="rId39" Type="http://schemas.microsoft.com/office/2007/relationships/hdphoto" Target="media/hdphoto14.wdp"/><Relationship Id="rId21" Type="http://schemas.microsoft.com/office/2007/relationships/hdphoto" Target="media/hdphoto5.wdp"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image12.png"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.23913/ride.v11i22.822" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:sdiazz@toluca.tecnm.mx" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.png"/><Relationship Id="rId29" Type="http://schemas.microsoft.com/office/2007/relationships/hdphoto" Target="media/hdphoto9.wdp"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0009-0008-7233-0443" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image7.png"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image11.png"/><Relationship Id="rId37" Type="http://schemas.microsoft.com/office/2007/relationships/hdphoto" Target="media/hdphoto13.wdp"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image15.png"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId15" Type="http://schemas.microsoft.com/office/2007/relationships/hdphoto" Target="media/hdphoto2.wdp"/><Relationship Id="rId23" Type="http://schemas.microsoft.com/office/2007/relationships/hdphoto" Target="media/hdphoto6.wdp"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image9.png"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image13.png"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:nfloresr@toluca.tecnm.mx" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.microsoft.com/office/2007/relationships/hdphoto" Target="media/hdphoto4.wdp"/><Relationship Id="rId31" Type="http://schemas.microsoft.com/office/2007/relationships/hdphoto" Target="media/hdphoto10.wdp"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-9586-2903" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image6.png"/><Relationship Id="rId27" Type="http://schemas.microsoft.com/office/2007/relationships/hdphoto" Target="media/hdphoto8.wdp"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image10.png"/><Relationship Id="rId35" Type="http://schemas.microsoft.com/office/2007/relationships/hdphoto" Target="media/hdphoto12.wdp"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://dx.doi.org/10.33010/ie_rie_rediech.v10i18.454" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:cgutiereze@toluca.tecnm.mx" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId17" Type="http://schemas.microsoft.com/office/2007/relationships/hdphoto" Target="media/hdphoto3.wdp"/><Relationship Id="rId25" Type="http://schemas.microsoft.com/office/2007/relationships/hdphoto" Target="media/hdphoto7.wdp"/><Relationship Id="rId33" Type="http://schemas.microsoft.com/office/2007/relationships/hdphoto" Target="media/hdphoto11.wdp"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image14.jpeg"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image5.png"/><Relationship Id="rId41" Type="http://schemas.microsoft.com/office/2007/relationships/hdphoto" Target="media/hdphoto15.wdp"/></Relationships>
 </file>
 
+<file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image16.jpeg"/></Relationships>
+</file>
+
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
         <a:srgbClr val="9BBB59"/>
       </a:accent3>
@@ -15878,76 +15046,76 @@
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
-  <Pages>22</Pages>
-[...1 lines deleted...]
-  <Characters>35285</Characters>
+  <Pages>23</Pages>
+  <Words>6422</Words>
+  <Characters>35324</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>294</Lines>
   <Paragraphs>83</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Título</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>41617</CharactersWithSpaces>
+  <CharactersWithSpaces>41663</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>zeo</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="Created">
     <vt:filetime>2021-04-28T00:00:00Z</vt:filetime>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="Creator">
     <vt:lpwstr>Microsoft® Word para Microsoft 365</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="LastSaved">