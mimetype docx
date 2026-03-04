--- v0 (2025-12-08)
+++ v1 (2026-03-04)
@@ -1,59 +1,111 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
+  <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xlsx" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/charts/chart1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.chart+xml"/>
   <Override PartName="/word/charts/chart2.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.chart+xml"/>
   <Override PartName="/word/charts/chart3.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.chart+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w14:paraId="78EAED3F" w14:textId="679C9314" w:rsidR="00660690" w:rsidRPr="00660690" w:rsidRDefault="00660690" w:rsidP="00660690">
+    <w:p w14:paraId="112DF225" w14:textId="6FC525E2" w:rsidR="00526ABF" w:rsidRDefault="00526ABF" w:rsidP="00526ABF">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00526ABF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>DOI</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00526ABF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>https://doi.org/10.23913/cagi.v10i19.291</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="78EAED3F" w14:textId="57346C5C" w:rsidR="00660690" w:rsidRPr="00660690" w:rsidRDefault="00660690" w:rsidP="00660690">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00660690">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>Artículos científicos</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="75F104DC" w14:textId="77EDCD53" w:rsidR="00A44C49" w:rsidRPr="00660690" w:rsidRDefault="00000000" w:rsidP="00660690">
       <w:pPr>
@@ -73,286 +125,327 @@
           <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:lang w:eastAsia="es-MX"/>
         </w:rPr>
         <w:t>Reducción de papel como medida de desarrollo sostenible para el aprendizaje de idiomas y mejoramiento de habilidades digitales</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3A54574C" w14:textId="77777777" w:rsidR="00A44C49" w:rsidRPr="00660690" w:rsidRDefault="00000000" w:rsidP="00660690">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="es-MX"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00660690">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="es-MX"/>
         </w:rPr>
-        <w:t>Role</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t xml:space="preserve">Role </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00660690">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="es-MX"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellStart"/>
+        <w:t>reduction</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00660690">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="es-MX"/>
         </w:rPr>
-        <w:t>reduction</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t xml:space="preserve"> as a </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00660690">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="es-MX"/>
         </w:rPr>
-        <w:t xml:space="preserve"> as a </w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellStart"/>
+        <w:t>sustainable</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00660690">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="es-MX"/>
         </w:rPr>
-        <w:t>sustainable</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00660690">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="es-MX"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellStart"/>
+        <w:t>development</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00660690">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="es-MX"/>
         </w:rPr>
-        <w:t>development</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00660690">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="es-MX"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellStart"/>
+        <w:t>measure</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00660690">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="es-MX"/>
         </w:rPr>
-        <w:t>measure</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00660690">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="es-MX"/>
         </w:rPr>
-        <w:t xml:space="preserve"> for </w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellStart"/>
+        <w:t>for</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00660690">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="es-MX"/>
         </w:rPr>
-        <w:t>language</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00660690">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="es-MX"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellStart"/>
+        <w:t>language</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00660690">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="es-MX"/>
         </w:rPr>
-        <w:t>learning</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00660690">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="es-MX"/>
         </w:rPr>
-        <w:t xml:space="preserve"> and </w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellStart"/>
+        <w:t>learning</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00660690">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="es-MX"/>
         </w:rPr>
-        <w:t>improvement</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t xml:space="preserve"> and </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00660690">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="es-MX"/>
         </w:rPr>
-        <w:t xml:space="preserve"> of digital </w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellStart"/>
+        <w:t>improvement</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00660690">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="es-MX"/>
         </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00660690">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="es-MX"/>
+        </w:rPr>
+        <w:t>of</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00660690">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="es-MX"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> digital </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00660690">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="es-MX"/>
+        </w:rPr>
         <w:t>skills</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
     </w:p>
     <w:p w14:paraId="50A5C8DD" w14:textId="77777777" w:rsidR="00A44C49" w:rsidRDefault="00A44C49">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="28"/>
           <w:highlight w:val="green"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="0317A05A" w14:textId="77777777" w:rsidR="00A44C49" w:rsidRDefault="00000000">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
@@ -446,71 +539,51 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="213677C9" w14:textId="77777777" w:rsidR="00A44C49" w:rsidRDefault="00000000">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">Doris </w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve"> Beatriz Dzib Moo </w:t>
+        <w:t xml:space="preserve">Doris Laury Beatriz Dzib Moo </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="419E1A15" w14:textId="77777777" w:rsidR="00A44C49" w:rsidRDefault="00000000">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>Universidad Juárez Autónoma de Tabasco</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="695B7D14" w14:textId="77777777" w:rsidR="00A44C49" w:rsidRPr="00660690" w:rsidRDefault="00000000">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="right"/>
@@ -602,98 +675,106 @@
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="797F0B42" w14:textId="77777777" w:rsidR="00A44C49" w:rsidRDefault="00000000">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Este estudio surge de la implementación interna de un proyecto escolar en una escuela privada de educación media superior, dirigido al uso de libros digitales en apoyo al material didáctico físico en la asignatura del área de inglés. Se tomó como problemática la contaminación que se da por la cantidad de papel utilizado en libros y se buscó la reducción de recursos y la promoción de materiales virtuales que ayuden al mejoramiento de las habilidades de los estudiantes. El objetivo de la escuela al realizarlo fue mejorar la sostenibilidad escolar a través de la reducción de papel como parte del material didáctico. Se utilizó la técnica de grupos focales para conocer las inquietudes y propuestas de la comunidad escolar, y de ello se determinaron acciones específicas para la búsqueda de la sostenibilidad en la escuela. Luego se realizó un comparativo del rendimiento de los alumnos antes y después de su implementación, en la cual se observó que el promedio académico no se veía afectado por la suplencia de algunos materiales físicos a digitales. En conclusión, se obtuvieron dos beneficios directos de dicho proyecto: el primero, la reducción de papel teniendo un efecto ecológico positivo, y la enseñanza a los estudiantes con métodos virtuales apegados a la actualidad que mejoren sus destrezas académicas. Teniendo como efecto colateral también el ahorro económico de las familias al adquirir un menor número de libros.</w:t>
+        <w:t xml:space="preserve">Este estudio surge de la implementación interna de un proyecto escolar en una escuela privada de educación media superior, dirigido al uso de libros digitales en apoyo al material didáctico físico en la asignatura del área de inglés. Se tomó como problemática la contaminación que se da por la cantidad de papel utilizado en libros y se buscó la reducción de recursos y la promoción de materiales virtuales que ayuden al mejoramiento de las habilidades de los estudiantes. El objetivo de la escuela al realizarlo fue mejorar la sostenibilidad escolar a través de la reducción de papel como parte del material didáctico. Se utilizó la técnica de grupos focales para conocer las inquietudes y propuestas de la comunidad escolar, y de ello se determinaron acciones específicas para la búsqueda de la sostenibilidad en la escuela. Luego se realizó un comparativo del rendimiento de los alumnos antes y después de su implementación, en la cual se observó que el promedio académico no se veía afectado por la suplencia de algunos materiales físicos a digitales. En conclusión, se obtuvieron dos beneficios directos de dicho proyecto: el primero, la reducción de papel teniendo un efecto ecológico positivo, y la enseñanza a los estudiantes con métodos virtuales </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>apegados a la actualidad que mejoren sus destrezas académicas. Teniendo como efecto colateral también el ahorro económico de las familias al adquirir un menor número de libros.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="19DFE3B5" w14:textId="77777777" w:rsidR="00A44C49" w:rsidRDefault="00A44C49">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="200692FC" w14:textId="77777777" w:rsidR="00660690" w:rsidRDefault="00660690">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="3D2F4CA1" w14:textId="77777777" w:rsidR="00A44C49" w:rsidRDefault="00000000">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>Abstract</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5A9B86F7" w14:textId="77777777" w:rsidR="00A44C49" w:rsidRDefault="00A44C49">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="1B95A0B4" w14:textId="77777777" w:rsidR="00A44C49" w:rsidRDefault="00000000">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="32"/>
           <w:lang w:val="fr-FR"/>
@@ -3110,61 +3191,70 @@
         </w:rPr>
         <w:t>2</w:t>
       </w:r>
       <w:r w:rsidRPr="00277F61">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">    </w:t>
       </w:r>
       <w:r w:rsidRPr="00277F61">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>Fecha Aceptación:</w:t>
       </w:r>
       <w:r w:rsidRPr="00277F61">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
+      <w:proofErr w:type="gramStart"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
         </w:rPr>
-        <w:t>Enero 2023</w:t>
+        <w:t>Enero</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2023</w:t>
       </w:r>
       <w:r w:rsidRPr="00277F61">
         <w:br/>
       </w:r>
-      <w:r>
+      <w:r w:rsidR="00000000">
         <w:pict w14:anchorId="4422D9F5">
           <v:rect id="_x0000_i1025" style="width:446.5pt;height:1.5pt" o:hralign="center" o:hrstd="t" o:hr="t" fillcolor="#a0a0a0" stroked="f"/>
         </w:pict>
       </w:r>
     </w:p>
     <w:p w14:paraId="533D3115" w14:textId="77777777" w:rsidR="00660690" w:rsidRDefault="00660690">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="69C6E952" w14:textId="77777777" w:rsidR="00660690" w:rsidRDefault="00660690">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
@@ -3214,68 +3304,68 @@
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="4937396D" w14:textId="77777777" w:rsidR="00660690" w:rsidRDefault="00660690">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="14C5EFF9" w14:textId="77777777" w:rsidR="00660690" w:rsidRDefault="00660690">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="68DF19A2" w14:textId="66A2F60B" w:rsidR="00A44C49" w:rsidRDefault="00000000">
+    <w:p w14:paraId="68DF19A2" w14:textId="66A2F60B" w:rsidR="00A44C49" w:rsidRDefault="00000000" w:rsidP="00526ABF">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>Introducción</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="51E752C3" w14:textId="77777777" w:rsidR="00A44C49" w:rsidRDefault="00A44C49">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="325EE6CC" w14:textId="77777777" w:rsidR="00A44C49" w:rsidRDefault="00000000">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
@@ -3397,98 +3487,89 @@
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:tab/>
         <w:t>Por otra parte, a las problemáticas antes mencionadas, se ha planteado la posible solución de mantener un equilibrio entre el consumo excesivo de nuestros recursos y su uso en cuestiones económicas para buscar el progreso de las sociedades.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="49618C90" w14:textId="77777777" w:rsidR="00A44C49" w:rsidRDefault="00000000">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:tab/>
         <w:t>De la preocupación global por el agotamiento de los recursos naturales para las futuras generaciones nace el concepto de Desarrollo sostenible. Diversos autores mencionan que este término apareció por primera vez en el informe de Brundtland de 1987. Un ejemplo de ello, así lo refieren Aragonés, Izurieta y Raposo (2003):</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3E5A39D1" w14:textId="77777777" w:rsidR="00A44C49" w:rsidRDefault="00A44C49">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="2668E809" w14:textId="77777777" w:rsidR="00A44C49" w:rsidRDefault="00000000">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="851"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">La aparición del concepto de Desarrollo Sostenible se remonta a la presentación, en 1987, del informe Brundtland bajo el título de «Nuestro Futuro Común». A partir de este momento, los discursos institucionales se ven impregnados del mismo, </w:t>
-[...9 lines deleted...]
-        <w:t>pretendiendo indicar una declaración de intenciones dentro del ámbito del Medio Ambiente. (p. 221).</w:t>
+        <w:t>La aparición del concepto de Desarrollo Sostenible se remonta a la presentación, en 1987, del informe Brundtland bajo el título de «Nuestro Futuro Común». A partir de este momento, los discursos institucionales se ven impregnados del mismo, pretendiendo indicar una declaración de intenciones dentro del ámbito del Medio Ambiente. (p. 221).</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="219A6455" w14:textId="77777777" w:rsidR="00A44C49" w:rsidRDefault="00A44C49">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="851"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="3B07DA29" w14:textId="77777777" w:rsidR="00A44C49" w:rsidRDefault="00000000">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
@@ -3602,51 +3683,60 @@
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="14D79F07" w14:textId="77777777" w:rsidR="00A44C49" w:rsidRDefault="00000000">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
-        <w:t>El desarrollo sostenible en términos ecológicos busca no solo el consumo responsable, sino la implementación de estrategias que permitan un uso moderado, consciente e informado de los recursos naturales, brindando así la oportunidad de que las futuras generaciones puedan contar con recursos que también les permitan abastecerse de lo básico para una vida digna, pensando en un desarrollo y equilibrio para los demás. El Gobierno de México, en el blog oficial de la Secretaría de Medio Ambiente y Recursos Naturales, afirma que "[...] el desarrollo sostenible reúne tres aristas interdependientes: economía, medio ambiente y sociedad [...]" (Gobierno de México, 2023, párr. 4). Estos tres elementos se retoman en el proyecto que esta investigación presenta, a través de la reducción del uso del papel, el ahorro económico en la compra de libros escolares y el impacto social en un aula de clases. La sinergia de todos los elementos hace que la sostenibilidad pueda darse como un paso hacia la mejora de los procesos escolares y que su impacto sea mayor en entornos de gente joven que adopte posturas en pro del desarrollo ambiental.</w:t>
+        <w:t xml:space="preserve">El desarrollo sostenible en términos ecológicos busca no solo el consumo responsable, sino la implementación de estrategias que permitan un uso moderado, consciente e informado de los recursos naturales, brindando así la oportunidad de que las futuras generaciones puedan contar con recursos que también les permitan abastecerse de lo básico para una vida digna, pensando en un desarrollo y equilibrio para los demás. El Gobierno de México, en el blog oficial de la Secretaría de Medio Ambiente y Recursos </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Naturales, afirma que "[...] el desarrollo sostenible reúne tres aristas interdependientes: economía, medio ambiente y sociedad [...]" (Gobierno de México, 2023, párr. 4). Estos tres elementos se retoman en el proyecto que esta investigación presenta, a través de la reducción del uso del papel, el ahorro económico en la compra de libros escolares y el impacto social en un aula de clases. La sinergia de todos los elementos hace que la sostenibilidad pueda darse como un paso hacia la mejora de los procesos escolares y que su impacto sea mayor en entornos de gente joven que adopte posturas en pro del desarrollo ambiental.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2EFC9215" w14:textId="77777777" w:rsidR="00A44C49" w:rsidRDefault="00A44C49">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="2930D171" w14:textId="77777777" w:rsidR="00660690" w:rsidRDefault="00660690">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
@@ -3694,120 +3784,83 @@
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="2A7CEE7F" w14:textId="77777777" w:rsidR="00A44C49" w:rsidRDefault="00000000">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:highlight w:val="cyan"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>Educación para la sostenibilidad</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="15D640D3" w14:textId="77777777" w:rsidR="00A44C49" w:rsidRDefault="00A44C49">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:highlight w:val="cyan"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="5781AB74" w14:textId="77777777" w:rsidR="00A44C49" w:rsidRDefault="00000000">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">Como se observa en la literatura, el concepto de desarrollo sostenible, que aparece ya hace unos 40 años y cuya función es concientizar a la sociedad para la mejora de la calidad de vida de las presentes y futuras generaciones, es importante que se divulgue en las instituciones educativas a nivel global. Es por ello </w:t>
-[...35 lines deleted...]
-        <w:t xml:space="preserve"> (2009):</w:t>
+        <w:t>Como se observa en la literatura, el concepto de desarrollo sostenible, que aparece ya hace unos 40 años y cuya función es concientizar a la sociedad para la mejora de la calidad de vida de las presentes y futuras generaciones, es importante que se divulgue en las instituciones educativas a nivel global. Es por ello que la educación sostenible busca impulsar acciones y soluciones innovadoras desde el aula de clases, tal como lo sustenta Leal Filho (2009):</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="249B61F3" w14:textId="77777777" w:rsidR="00A44C49" w:rsidRDefault="00A44C49">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="780974D3" w14:textId="77777777" w:rsidR="00A44C49" w:rsidRDefault="00000000">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="737"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
@@ -3887,60 +3940,51 @@
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="4E359995" w14:textId="77777777" w:rsidR="00A44C49" w:rsidRDefault="00000000">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
-        <w:t xml:space="preserve">La educación sostenible es algo que atañe a todos los actores educativos y que, para que sea interiorizado por los estudiantes, debe ser un ideal que motive a profesores y padres de familia. Los responsables de los alumnos deben motivar en ellos acciones sostenibles que </w:t>
-[...8 lines deleted...]
-        <w:t>regulen ecológica y económicamente sus decisiones hacia un cambio desde la casa hasta la escuela.</w:t>
+        <w:t>La educación sostenible es algo que atañe a todos los actores educativos y que, para que sea interiorizado por los estudiantes, debe ser un ideal que motive a profesores y padres de familia. Los responsables de los alumnos deben motivar en ellos acciones sostenibles que regulen ecológica y económicamente sus decisiones hacia un cambio desde la casa hasta la escuela.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7951C55D" w14:textId="77777777" w:rsidR="00A44C49" w:rsidRDefault="00000000">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
         <w:t xml:space="preserve">Al hablar de concientizar al alumnado, en la mayoría de los casos se planifican proyectos escolares a lo largo del ciclo, los cuales tienen mucho que ver con el reciclaje en el uso de los residuos en el aula. Un ejemplo de ello lo presentan Alarcón Rojas, </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
@@ -4010,507 +4054,447 @@
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>El papel es un recurso extraído de los árboles de manera excesiva, lo que ha llegado a niveles sumamente preocupantes y alarmantes, atentando contra los ecosistemas de una gran cantidad de espacios verdes en distintas naciones a lo largo del planeta. Castillo, Guillermo y Espinoza-Espinoza (2017) se centran en lo que implica la producción de papel en las siguientes líneas:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="492C9203" w14:textId="77777777" w:rsidR="00A44C49" w:rsidRDefault="00000000">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="737"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>“La producción de papel, que actualmente se realiza a partir de la tala de árboles, ha experimentado un incremento excesivo a medida que han ido aumentando las empresas papeleras en el mundo, destruyendo así los bosques, parques y áreas verdes. Este proceso es contaminante para la atmósfera y algunas de las fábricas que elaboran papel no están haciendo nada para proteger el medio ambiente.” (p.59).</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4DEA4625" w14:textId="77777777" w:rsidR="00A44C49" w:rsidRDefault="00A44C49">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="2F91D71A" w14:textId="77777777" w:rsidR="00A44C49" w:rsidRDefault="00000000">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
-        <w:t xml:space="preserve">Dado que se necesita en diversas industrias, este tema es de fundamental importancia. En el área académica, el papel es un material de primera necesidad ya que los estudiantes necesitan leer y escribir a partir de libros y cuadernos, principalmente en formato físico. Es por ello </w:t>
-[...17 lines deleted...]
-        <w:t xml:space="preserve"> a través de la tecnología se pueden pensar en otras opciones para reducir su consumo de manera paulatina.</w:t>
+        <w:t>Dado que se necesita en diversas industrias, este tema es de fundamental importancia. En el área académica, el papel es un material de primera necesidad ya que los estudiantes necesitan leer y escribir a partir de libros y cuadernos, principalmente en formato físico. Es por ello que a través de la tecnología se pueden pensar en otras opciones para reducir su consumo de manera paulatina.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7643DD4C" w14:textId="77777777" w:rsidR="00660690" w:rsidRDefault="00660690">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="6B030FAF" w14:textId="77777777" w:rsidR="00660690" w:rsidRDefault="00660690">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="3F4C6ECD" w14:textId="77777777" w:rsidR="00660690" w:rsidRDefault="00660690">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="08F5DC3C" w14:textId="72438D67" w:rsidR="00A44C49" w:rsidRDefault="00000000">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>Materiales y métodos</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5B0EB0D4" w14:textId="77777777" w:rsidR="00A44C49" w:rsidRDefault="00000000">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">La institución educativa de nivel preparatoria, clasificada como de nivel medio superior en México, llevó a cabo el proyecto "Reduce una hoja, aumenta un árbol". El proyecto se fundamentó en la problemática que los padres de familia han comentado acerca del gran número de libros que los alumnos utilizan en los ciclos escolares, especialmente en la materia de </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Inglés</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">. Aunque es una sola asignatura, la institución la evalúa en cuatro áreas: </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Grammar</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t xml:space="preserve">Grammar, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">, </w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellStart"/>
+        <w:t>Language</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Language</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">, </w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellStart"/>
+        <w:t>Skills</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Skills</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t xml:space="preserve"> y </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> y </w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellStart"/>
+        <w:t>Literature</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Literature</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> lo que implica que los alumnos lleven más de un libro de inglés cada año. Los alumnos de preparatoria tienen un libro de </w:t>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>,</w:t>
-[...7 lines deleted...]
-        <w:t xml:space="preserve"> lo que implica que los alumnos lleven más de un libro de inglés cada año. Los alumnos de preparatoria tienen un libro de </w:t>
+        <w:t>Grammar</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, uno de </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Grammar</w:t>
-[...8 lines deleted...]
-        <w:t xml:space="preserve">, uno de </w:t>
+        <w:t>Language</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, otro de </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Language</w:t>
-[...8 lines deleted...]
-        <w:t xml:space="preserve">, otro de </w:t>
+        <w:t>Skills</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> y dos novelas para </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Skills</w:t>
-[...18 lines deleted...]
-        </w:rPr>
         <w:t>Literature</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>, además de las libretas correspondientes.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5DA29659" w14:textId="77777777" w:rsidR="00A44C49" w:rsidRDefault="00000000">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
-        <w:t xml:space="preserve">Se recogieron las aportaciones de la comunidad educativa a través de técnicas de recolección de datos formales, como entrevistas con padres, alumnos y docentes, para conocer propuestas y formas nuevas y sostenibles de reducir el papel empleado en los materiales educativos. Para ello, se programaron sesiones de grupos focales con miembros de la comunidad escolar. Según </w:t>
-[...17 lines deleted...]
-        <w:t>-Sutton &amp; Varela-Ruiz (2013), la técnica de grupos focales es un espacio de opinión para captar el sentir, pensar y vivir de los individuos, provocando auto explicaciones para obtener datos cualitativos (p.56). Escobar &amp; Bonilla-</w:t>
+        <w:t>Se recogieron las aportaciones de la comunidad educativa a través de técnicas de recolección de datos formales, como entrevistas con padres, alumnos y docentes, para conocer propuestas y formas nuevas y sostenibles de reducir el papel empleado en los materiales educativos. Para ello, se programaron sesiones de grupos focales con miembros de la comunidad escolar. Según Hamui-Sutton &amp; Varela-Ruiz (2013), la técnica de grupos focales es un espacio de opinión para captar el sentir, pensar y vivir de los individuos, provocando auto explicaciones para obtener datos cualitativos (p.56). Escobar &amp; Bonilla-</w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Jimenez</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (s.f.) expresan que los grupos focales son una técnica de recolección de datos mediante una entrevista grupal semiestructurada que gira alrededor de una temática propuesta por el investigador (p.52). En el caso del estudio, se llevaron a cabo tres sesiones con diferentes participantes, cada una con once miembros elegidos de manera aleatoria, incluyendo padres de familia, docentes y estudiantes del mismo grado escolar. El objetivo de la actividad fue conocer propuestas innovadoras y aplicables hacia la búsqueda de una educación sostenible y de calidad en el nivel medio superior.</w:t>
+        <w:t xml:space="preserve"> (s.f.) expresan que los grupos focales son una técnica de recolección de datos </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>mediante una entrevista grupal semiestructurada que gira alrededor de una temática propuesta por el investigador (p.52). En el caso del estudio, se llevaron a cabo tres sesiones con diferentes participantes, cada una con once miembros elegidos de manera aleatoria, incluyendo padres de familia, docentes y estudiantes del mismo grado escolar. El objetivo de la actividad fue conocer propuestas innovadoras y aplicables hacia la búsqueda de una educación sostenible y de calidad en el nivel medio superior.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="416EAC4C" w14:textId="77777777" w:rsidR="00A44C49" w:rsidRDefault="00000000">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
         <w:t>Los investigadores realizaron un guion semiestructurado para promover el diálogo e intercambio de ideas que condujeron a la identificación de acciones concretas para implementar con respecto al objetivo planteado. El guion fue semiestructurado ya que se permitía hacer preguntas o aportaciones que pudieran surgir en el momento entre los participantes. Un secretario tomó notas de las percepciones que surgieron durante la interacción de los asistentes, y también se grabaron en video las sesiones.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4DD4C2E4" w14:textId="77777777" w:rsidR="00A44C49" w:rsidRDefault="00000000">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
-        <w:t xml:space="preserve">La técnica del grupo focal se desarrolló en cuatro momentos, explicados detalladamente por García </w:t>
-[...17 lines deleted...]
-        <w:t xml:space="preserve"> y Mateo Rodríguez (2000, p.185) en su amplia publicación al respecto:</w:t>
+        <w:t>La técnica del grupo focal se desarrolló en cuatro momentos, explicados detalladamente por García Calvente y Mateo Rodríguez (2000, p.185) en su amplia publicación al respecto:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="76457227" w14:textId="77777777" w:rsidR="00A44C49" w:rsidRDefault="00000000">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Fase 1: Introducción.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="61392D63" w14:textId="77777777" w:rsidR="00A44C49" w:rsidRDefault="00000000">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>Fase 2: Preparación del grupo.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="698F2C78" w14:textId="77777777" w:rsidR="00A44C49" w:rsidRDefault="00000000">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Fase 3: Debate a fondo.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="34A9DAF3" w14:textId="77777777" w:rsidR="00A44C49" w:rsidRDefault="00000000">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
@@ -4528,197 +4512,181 @@
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Fase 4: Clausura del grupo.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="73417092" w14:textId="77777777" w:rsidR="00A44C49" w:rsidRDefault="00000000">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
         <w:t>Además de esta primera técnica, se aplicaron las acciones discutidas y diseñadas por los investigadores, las cuales fueron evaluadas indirectamente tiempo después a través de la comparativa entre los resultados de las calificaciones de los estudiantes del semestre anterior con los del semestre en que se realizó el proyecto. El objetivo fue conocer si quitar algunos libros de la dinámica de clases de manera física provocaría un bajo rendimiento en el estudiante, reflejado en sus calificaciones. De esta forma, se podría saber si el proyecto estaba dando buenos resultados o perjudicaba el aprovechamiento escolar.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="30887824" w14:textId="77777777" w:rsidR="00A44C49" w:rsidRDefault="00000000">
+    <w:p w14:paraId="30887824" w14:textId="77777777" w:rsidR="00A44C49" w:rsidRDefault="00000000" w:rsidP="00526ABF">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>Resultados</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7E75D484" w14:textId="77777777" w:rsidR="00A44C49" w:rsidRDefault="00000000">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>Después del análisis de la información recabada de las anotaciones, videos y audios obtenidos de las sesiones de los grupos focales, los investigadores, en conjunto con las autoridades escolares, decidieron implementar las siguientes acciones para el ciclo lectivo entrante:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0966CB2F" w14:textId="77777777" w:rsidR="00A44C49" w:rsidRDefault="00000000">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
         <w:t xml:space="preserve">Al ser </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Inglés</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> la asignatura que lleva más libros, ya que aunque es solo una se lleva un libro distinto para </w:t>
-[...8 lines deleted...]
-        <w:t>Grammar</w:t>
+        <w:t xml:space="preserve"> la asignatura que lleva más libros, ya </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>que</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> aunque es solo una se lleva un libro distinto para Grammar, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Language</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Language</w:t>
-[...16 lines deleted...]
-        </w:rPr>
         <w:t>Skills</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> y dos novelas para Literatura, y tres libretas, se decidió que los alumnos solo tengan un libro físico, el cual sería para el área de </w:t>
-[...17 lines deleted...]
-        <w:t xml:space="preserve">, la cual por su naturaleza misma es la que mayormente lo requiere. Mientras que para </w:t>
+        <w:t xml:space="preserve"> y dos novelas para Literatura, y tres libretas, se decidió que los alumnos solo tengan un libro físico, el cual sería para el área de Grammar, la cual por su naturaleza misma es la que mayormente lo requiere. Mientras que para </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Language</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> y </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
@@ -4802,60 +4770,51 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
         <w:t xml:space="preserve">Mientras que en el caso de </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Literature</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">, en lugar de que los estudiantes compren las dos novelas que cada año leen y todos tengan la misma, se decidió, por las aportaciones de todos los participantes del grupo focal, incluyendo las recomendaciones de profesores, que los estudiantes tengan un banco de libros en inglés en la biblioteca escolar, y que cada uno elija de ese estante dos novelas que utilizará en el ciclo escolar. Así, al ser distintas todas, permitirá que en la clase de literatura los alumnos puedan compartir y conocer más sobre muchas obras, </w:t>
-[...8 lines deleted...]
-        <w:t xml:space="preserve">en vez de que todos lean las mismas dos. Además, esto reduciría la compra de libros físicos cada año y permitiría </w:t>
+        <w:t xml:space="preserve">, en lugar de que los estudiantes compren las dos novelas que cada año leen y todos tengan la misma, se decidió, por las aportaciones de todos los participantes del grupo focal, incluyendo las recomendaciones de profesores, que los estudiantes tengan un banco de libros en inglés en la biblioteca escolar, y que cada uno elija de ese estante dos novelas que utilizará en el ciclo escolar. Así, al ser distintas todas, permitirá que en la clase de literatura los alumnos puedan compartir y conocer más sobre muchas obras, en vez de que todos lean las mismas dos. Además, esto reduciría la compra de libros físicos cada año y permitiría </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>que</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> en vez de eso, la institución asuma la inversión única de comprar novelas diferentes en una sola exhibición para que se les presten cada año a los estudiantes.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1C8EBF72" w14:textId="77777777" w:rsidR="00A44C49" w:rsidRDefault="00000000">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
@@ -4933,50 +4892,51 @@
       <w:tr w:rsidR="00A44C49" w14:paraId="0AC3ACE5" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="1703"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1144" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DBDBDB" w:themeFill="accent3" w:themeFillTint="66"/>
           </w:tcPr>
           <w:p w14:paraId="32D2C3F7" w14:textId="77777777" w:rsidR="00A44C49" w:rsidRDefault="00000000">
             <w:pPr>
               <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>Semestre</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="5AB49EFD" w14:textId="77777777" w:rsidR="00A44C49" w:rsidRDefault="00000000">
             <w:pPr>
               <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>(2021)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
@@ -5911,69 +5871,51 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>FUENTE: Elaboración propia</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6A0B6F55" w14:textId="77777777" w:rsidR="00A44C49" w:rsidRDefault="00000000">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
-        <w:t xml:space="preserve">Tras haber obtenido las cifras del consumo de papel </w:t>
-[...17 lines deleted...]
-        <w:t xml:space="preserve"> ciclo escolar anterior, y haber logrado reducirlo más de la mitad, los investigadores determinaron que era importante evaluar si las acciones en pro del medio ambiente habían tenido resultados óptimos en la pedagogía de las clases. Por ello, se realizó una comparación entre las calificaciones de los alumnos del semestre anterior y el semestre nuevo, en el que se utilizaron más libros digitales.</w:t>
+        <w:t>Tras haber obtenido las cifras del consumo de papel en relación al ciclo escolar anterior, y haber logrado reducirlo más de la mitad, los investigadores determinaron que era importante evaluar si las acciones en pro del medio ambiente habían tenido resultados óptimos en la pedagogía de las clases. Por ello, se realizó una comparación entre las calificaciones de los alumnos del semestre anterior y el semestre nuevo, en el que se utilizaron más libros digitales.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="53BB0AFC" w14:textId="77777777" w:rsidR="00A44C49" w:rsidRDefault="00000000">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
         <w:t>En la educación media superior, los semestres se evalúan con el promedio de tres parciales. En este caso, se compararon los parciales de cada semestre. Por ejemplo, se comparó el primer semestre en el que no se implementó el proyecto con el segundo semestre en el que se implementó el proyecto, y se trató del mismo grupo, solo que en semestres distintos.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="49A15018" w14:textId="77777777" w:rsidR="00A44C49" w:rsidRDefault="00A44C49">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
@@ -5991,136 +5933,118 @@
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="4C8A8DCC" w14:textId="77777777" w:rsidR="00A44C49" w:rsidRDefault="00000000">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
+        <w:t>Figura 1.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Comparativa entre rendimiento de 1er y 2do semestre en la materia de </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Inglés</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w14:paraId="7A6EA638" w14:textId="77777777" w:rsidR="00A44C49" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t>Figura 1.</w:t>
-[...33 lines deleted...]
-        </w:rPr>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="29FD99EE" wp14:editId="010709F2">
             <wp:extent cx="5486400" cy="3200400"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="1" name="Objeto1"/>
             <wp:cNvGraphicFramePr/>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/chart">
                 <c:chart xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId8"/>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:p w14:paraId="01EBADC1" w14:textId="77777777" w:rsidR="00A44C49" w:rsidRDefault="00000000">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">NOTA: Se determinó el promedio de cada semestre </w:t>
-[...17 lines deleted...]
-        <w:t xml:space="preserve"> las calificaciones de todo el grupo en sus calificaciones de parcial.</w:t>
+        <w:t>NOTA: Se determinó el promedio de cada semestre de acuerdo a las calificaciones de todo el grupo en sus calificaciones de parcial.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="49757EE2" w14:textId="77777777" w:rsidR="00A44C49" w:rsidRDefault="00000000">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>FUENTE: Elaboración propia</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3B917FAB" w14:textId="77777777" w:rsidR="00A44C49" w:rsidRDefault="00A44C49">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
@@ -6192,147 +6116,139 @@
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/chart">
                 <c:chart xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId9"/>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:p w14:paraId="4E582A67" w14:textId="77777777" w:rsidR="00A44C49" w:rsidRDefault="00000000">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">NOTA: Se determinó el promedio de cada semestre </w:t>
-[...2 lines deleted...]
-      <w:r>
+        <w:t>NOTA: Se determinó el promedio de cada semestre de acuerdo a las calificaciones de todo el grupo en sus calificaciones de parcial.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="275F9F31" w14:textId="77777777" w:rsidR="00A44C49" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>de acuerdo a</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="gramEnd"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve"> las calificaciones de todo el grupo en sus calificaciones de parcial.</w:t>
-[...17 lines deleted...]
-        </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>FUENTE: Elaboración propia</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1A6AD240" w14:textId="77777777" w:rsidR="00A44C49" w:rsidRDefault="00A44C49">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="0F10A49D" w14:textId="77777777" w:rsidR="00A44C49" w:rsidRDefault="00000000">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>Figura 3.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> Comparativa entre rendimiento de </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>5to  y</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 6to semestre en la materia de Inglés</w:t>
-      </w:r>
+        <w:t xml:space="preserve"> 6to semestre en la materia de </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Inglés</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0C87D9D4" w14:textId="77777777" w:rsidR="00A44C49" w:rsidRDefault="00A44C49">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="52BC55BC" w14:textId="77777777" w:rsidR="00A44C49" w:rsidRDefault="00000000">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
@@ -6356,87 +6272,69 @@
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/chart">
                 <c:chart xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId10"/>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:p w14:paraId="1E31DE39" w14:textId="77777777" w:rsidR="00A44C49" w:rsidRDefault="00000000">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">NOTA: Se determinó el promedio de cada semestre </w:t>
-[...2 lines deleted...]
-      <w:r>
+        <w:t>NOTA: Se determinó el promedio de cada semestre de acuerdo a las calificaciones de todo el grupo en sus calificaciones de parcial.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7A26EAC6" w14:textId="77777777" w:rsidR="00A44C49" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>de acuerdo a</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="gramEnd"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve"> las calificaciones de todo el grupo en sus calificaciones de parcial.</w:t>
-[...17 lines deleted...]
-        </w:rPr>
         <w:t>FUENTE: Elaboración propia</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4209A55E" w14:textId="77777777" w:rsidR="00A44C49" w:rsidRDefault="00A44C49">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="0719CF4F" w14:textId="77777777" w:rsidR="00A44C49" w:rsidRDefault="00000000">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
@@ -6501,68 +6399,68 @@
     </w:p>
     <w:p w14:paraId="76240CD9" w14:textId="77777777" w:rsidR="00660690" w:rsidRDefault="00660690">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="150BFD9E" w14:textId="77777777" w:rsidR="00660690" w:rsidRDefault="00660690">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="73A158B0" w14:textId="77777777" w:rsidR="00A44C49" w:rsidRDefault="00000000">
+    <w:p w14:paraId="73A158B0" w14:textId="77777777" w:rsidR="00A44C49" w:rsidRDefault="00000000" w:rsidP="00526ABF">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>Discusión</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0FD43D2B" w14:textId="77777777" w:rsidR="00A44C49" w:rsidRDefault="00000000">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Principalmente, el proyecto llevado a cabo tuvo dos escenarios importantes: el primero, un menor uso del papel en el área de inglés, logrando reducir a más de la mitad los libros físicos destinados a dicha asignatura; y el segundo, un grupo de estudiantes familiarizado con los pizarrones digitales y la resolución de ejercicios de una forma lúdica.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5C3B5D61" w14:textId="77777777" w:rsidR="00A44C49" w:rsidRDefault="00000000">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
@@ -6618,202 +6516,202 @@
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
         <w:t>Si el resultado de los promedios de los estudiantes entre el semestre anterior y el más reciente no tuvo diferencias estadísticas importantes, significa que el aprendizaje virtual no ha perjudicado en gran medida a muchas tareas que antes no implicaban las TIC. Al contrario, los alumnos han seguido logrando los objetivos de aprendizaje con nuevas herramientas.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="23C43388" w14:textId="77777777" w:rsidR="00A44C49" w:rsidRDefault="00000000">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
-        <w:t xml:space="preserve">No es un caso pionero en el uso de la educación apoyada en herramientas virtuales en la educación media superior. Académicos que han investigado en la escuela mexicana han aportado precedentes que permiten a las nuevas generaciones continuar con dichas líneas o alguna similar. Chávez López, del Toro Valencia y López Pérez (2017) y Torres </w:t>
-[...17 lines deleted...]
-        <w:t xml:space="preserve"> y Aguayo Álvarez (2010) incluyen en sus estudios sobre el uso de la tecnología en la educación media superior en México la figura del docente como elemento importante en el correcto funcionamiento de la educación virtual.</w:t>
+        <w:t xml:space="preserve">No es un caso pionero en el uso de la educación apoyada en herramientas virtuales en la educación media superior. Académicos que han investigado en la escuela mexicana han aportado precedentes que permiten a las nuevas generaciones continuar con dichas líneas o </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>alguna similar. Chávez López, del Toro Valencia y López Pérez (2017) y Torres Nabel y Aguayo Álvarez (2010) incluyen en sus estudios sobre el uso de la tecnología en la educación media superior en México la figura del docente como elemento importante en el correcto funcionamiento de la educación virtual.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="38F99F41" w14:textId="77777777" w:rsidR="00A44C49" w:rsidRDefault="00000000">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:tab/>
-        <w:t xml:space="preserve">Es en conjunto con el efecto positivo que se obtuvo en el proyecto con un buen uso de la tecnología y la reducción de material (papel), que se puede seguir trabajando en una </w:t>
-[...11 lines deleted...]
-    <w:p w14:paraId="5B5F58F4" w14:textId="77777777" w:rsidR="00A44C49" w:rsidRDefault="00000000">
+        <w:t>Es en conjunto con el efecto positivo que se obtuvo en el proyecto con un buen uso de la tecnología y la reducción de material (papel), que se puede seguir trabajando en una expansión de mayores acciones en dicha iniciativa. Es importante recalcar que no se contamina doble con el uso de los libros proyectados en la pizarra, ya que esta práctica siempre se había hecho por normativa institucional. Así que el uso de energía sigue siendo el mismo, solo que ahora las interacciones desde el pizarrón y los contenidos proyectados en este promueven una práctica más llamativa. Antes, aunque se proyectaba, no se hacía nada con eso y todo se resolvía mediante los cuatro libros físicos, que ahora serían solo uno, reduciendo así el papel desde una perspectiva ecológica. Dicho de otro modo, la tecnología y la sostenibilidad no están peleadas, al contrario, si son usadas de forma estratégica, pueden ser benéficas para la comunidad.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5B5F58F4" w14:textId="77777777" w:rsidR="00A44C49" w:rsidRDefault="00000000" w:rsidP="00526ABF">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
-        <w:jc w:val="both"/>
+        <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
+      <w:r w:rsidRPr="00526ABF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>Conclusión</w:t>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>Conclusión:</w:t>
+        <w:t>:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="73E46865" w14:textId="77777777" w:rsidR="00A44C49" w:rsidRDefault="00000000">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>En esta investigación, no solo se aborda esta problemática en el plano ecológico, sino también teniendo un impacto en lo económico e intelectual. Puesto que se verían beneficiadas tanto las familias al ahorrar en comprar un menor número de libros, como el medio ambiente al ser menos explotados los recursos para el papel, y los alumnos, ya que desarrollan cognitivamente sus habilidades de la mano con la tecnología. A ello, se le suma de igual manera el beneficio para el cuerpo docente al momento de clarificar y tener mayores apoyos para trabajar en clase, puesto que las nuevas tecnologías ofrecen varias opciones, como herramientas digitales para llevar a cabo la labor diaria.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1C85F024" w14:textId="77777777" w:rsidR="00A44C49" w:rsidRDefault="00000000">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:tab/>
-        <w:t>La sostenibilidad busca el uso de recursos naturales sin comprometer a las futuras generaciones, rescata el sentido social del individuo y su compromiso como ciudadano. La promoción de proyectos escolares en los que los padres de familia se involucren con los profesores para sugerir tareas que tengan un enfoque ecológico será motivación para directivos y autoridades a mirar hacia el desarrollo sostenible y la reflexión de lo que se puede hacer al respecto. No hay suficientes estudios o intervenciones hacia la sostenibilidad. Falta mucho por concientizar en las sociedades de la importancia que tienen las pequeñas acciones para nuestro mundo en los siguientes años.</w:t>
+        <w:t xml:space="preserve">La sostenibilidad busca el uso de recursos naturales sin comprometer a las futuras generaciones, rescata el sentido social del individuo y su compromiso como ciudadano. La promoción de proyectos escolares en los que los padres de familia se involucren con los profesores para sugerir tareas que tengan un enfoque ecológico será motivación para directivos y autoridades a mirar hacia el desarrollo sostenible y la reflexión de lo que se puede hacer al respecto. No hay suficientes estudios o intervenciones hacia la sostenibilidad. Falta </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>mucho por concientizar en las sociedades de la importancia que tienen las pequeñas acciones para nuestro mundo en los siguientes años.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="595A5BE2" w14:textId="77777777" w:rsidR="00A44C49" w:rsidRDefault="00000000">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:tab/>
         <w:t>Para concluir, se debe recalcar que después de la pandemia, tuvo mayor difusión la enseñanza virtual, en la cual se generaron materiales virtuales que pueden fungir como apoyo actualmente a los docentes para maximizar el tiempo en el aula. Muchos apoyos educativos se encuentran en plataformas digitales en donde es muy fácil descargarlos para la elaboración de ejercicios, de manera autónoma o guiada de los alumnos, y son un llamado básicamente como principio a no imprimir para no generar contaminación de papel.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7A83DFE3" w14:textId="77777777" w:rsidR="00A44C49" w:rsidRDefault="00000000">
+    <w:p w14:paraId="7A83DFE3" w14:textId="677479E4" w:rsidR="00A44C49" w:rsidRPr="00526ABF" w:rsidRDefault="00000000" w:rsidP="00526ABF">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
-        <w:jc w:val="both"/>
+        <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="28"/>
-[...3 lines deleted...]
-      <w:r>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00526ABF">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="28"/>
-[...3 lines deleted...]
-        <w:t>Futuras líneas de investigación:</w:t>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>Futuras líneas de investigación</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="30311229" w14:textId="77777777" w:rsidR="00A44C49" w:rsidRDefault="00000000">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>Los resultados de este trabajo pretenden tener un destacable impacto para la comunidad científica enfocada a proyectos sostenibles. Esta primera acción de la reducción del papel y la implementación de estrategias virtuales es un primer escalón hacia el diseño de futuras asignaturas con un compromiso totalmente sostenible en materia ambiental y responsablemente pedagógico que asegure el correcto ejercicio de la enseñanza en las escuelas.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="65926AC3" w14:textId="77777777" w:rsidR="00A44C49" w:rsidRDefault="00000000">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
@@ -6916,50 +6814,51 @@
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>Estudios sobre los métodos lúdicos para el aprendizaje de lenguas extranjeras.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2F7AE4D3" w14:textId="77777777" w:rsidR="00A44C49" w:rsidRDefault="00000000">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="32"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>Análisis sobre estrategias para potencializar el pizarrón estándar o electrónico.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2EC65387" w14:textId="080D642E" w:rsidR="00A44C49" w:rsidRDefault="00000000" w:rsidP="00660690">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:tab/>
         <w:t>Se contemplan las anteriores líneas de investigación como vías de estudio y resolución a problemas que comprometen los recursos naturales de las futuras generaciones, desde diferentes disciplinas y áreas de intervención.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="097F3A50" w14:textId="77777777" w:rsidR="00A44C49" w:rsidRDefault="00000000">
       <w:pPr>
@@ -7014,51 +6913,50 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>A los profesores, por su disponibilidad a adaptar sus técnicas de clase dejando los formatos tradicionales y apostando por la virtualidad.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1A7562C2" w14:textId="77777777" w:rsidR="00A44C49" w:rsidRDefault="00000000">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>A los estudiantes, por su respuesta a la reducción de papel con relación a su rendimiento escolar.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="245A7575" w14:textId="77777777" w:rsidR="00A44C49" w:rsidRDefault="00000000">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>A los padres de familia, por sus propuestas y disposición al ahorro económico y ambiental de recursos naturales.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="159DBE13" w14:textId="77777777" w:rsidR="00A44C49" w:rsidRDefault="00000000" w:rsidP="00660690">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
@@ -7334,50 +7232,51 @@
               <w:lang w:val="es-ES"/>
             </w:rPr>
             <w:t>, 1-6.</w:t>
           </w:r>
         </w:p>
         <w:p w14:paraId="386A9B8A" w14:textId="77777777" w:rsidR="00A44C49" w:rsidRDefault="00000000">
           <w:pPr>
             <w:pStyle w:val="Bibliografa"/>
             <w:spacing w:line="360" w:lineRule="auto"/>
             <w:ind w:left="720" w:hanging="720"/>
             <w:jc w:val="both"/>
             <w:rPr>
               <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
               <w:lang w:val="es-ES"/>
             </w:rPr>
           </w:pPr>
           <w:r>
             <w:rPr>
               <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
               <w:lang w:val="es-ES"/>
             </w:rPr>
+            <w:lastRenderedPageBreak/>
             <w:t xml:space="preserve">Castillo, T., Guillermo, I., &amp; Espinoza- Espinoza, W. (2017). Análisis de aceptación del papel a base de pinzote de banano como alternativa de reemplazo al papel tradicional, en la ciudad de Guayaquil, Ecuador. </w:t>
           </w:r>
           <w:r>
             <w:rPr>
               <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               <w:i/>
               <w:iCs/>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
               <w:lang w:val="es-ES"/>
             </w:rPr>
             <w:t>Ingeniería Industrial. Actualidad y Nuevas Tendencias</w:t>
           </w:r>
           <w:r>
             <w:rPr>
               <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
               <w:lang w:val="es-ES"/>
             </w:rPr>
             <w:t>, pp. 59-70.</w:t>
           </w:r>
         </w:p>
         <w:p w14:paraId="6CDDC1EA" w14:textId="77777777" w:rsidR="00A44C49" w:rsidRDefault="00000000">
           <w:pPr>
@@ -7474,63 +7373,51 @@
             <w:rPr>
               <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
               <w:lang w:val="es-ES"/>
             </w:rPr>
           </w:pPr>
           <w:r>
             <w:rPr>
               <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
               <w:lang w:val="es-ES"/>
             </w:rPr>
             <w:t xml:space="preserve">Escobar, J., &amp; Bonilla-Jimenez, F. ((s.f.)). GRUPOS FOCALES: UNA GUÍA CONCEPTUAL Y METODOLÓGICA. </w:t>
           </w:r>
           <w:r>
             <w:rPr>
               <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               <w:i/>
               <w:iCs/>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
               <w:lang w:val="es-ES"/>
             </w:rPr>
-            <w:t xml:space="preserve">CUADERNOS HISPANOAMERICANOS </w:t>
-[...11 lines deleted...]
-            <w:t>DE PSICOLOGÍA</w:t>
+            <w:t>CUADERNOS HISPANOAMERICANOS DE PSICOLOGÍA</w:t>
           </w:r>
           <w:r>
             <w:rPr>
               <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
               <w:lang w:val="es-ES"/>
             </w:rPr>
             <w:t>, Vol. 9 No. 1, 51-67 Recuperado de: http://www.tutoria.unam.mx/sitetutoria/ayuda/gfocal-03122015.pdf.</w:t>
           </w:r>
         </w:p>
         <w:p w14:paraId="02EECD5C" w14:textId="77777777" w:rsidR="00A44C49" w:rsidRDefault="00000000">
           <w:pPr>
             <w:pStyle w:val="Bibliografa"/>
             <w:spacing w:line="360" w:lineRule="auto"/>
             <w:ind w:left="720" w:hanging="720"/>
             <w:jc w:val="both"/>
             <w:rPr>
               <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
               <w:lang w:val="es-ES"/>
             </w:rPr>
           </w:pPr>
           <w:r>
@@ -7742,50 +7629,51 @@
               <w:lang w:val="es-ES"/>
             </w:rPr>
             <w:t>, pp. 139 - 158.</w:t>
           </w:r>
         </w:p>
         <w:p w14:paraId="720F8E6B" w14:textId="77777777" w:rsidR="00A44C49" w:rsidRDefault="00000000">
           <w:pPr>
             <w:pStyle w:val="Bibliografa"/>
             <w:spacing w:line="360" w:lineRule="auto"/>
             <w:ind w:left="720" w:hanging="720"/>
             <w:jc w:val="both"/>
             <w:rPr>
               <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
               <w:lang w:val="es-ES"/>
             </w:rPr>
           </w:pPr>
           <w:r>
             <w:rPr>
               <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
               <w:lang w:val="es-ES"/>
             </w:rPr>
+            <w:lastRenderedPageBreak/>
             <w:t xml:space="preserve">Torres Nabel, L., &amp; Aguayo Álvarez, Z. (2010). Uso sistemático de las TIC en la docencia. El caso de los profesores del nivel medio superior de la Universidad de Guadalajara. </w:t>
           </w:r>
           <w:r>
             <w:rPr>
               <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               <w:i/>
               <w:iCs/>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
               <w:lang w:val="es-ES"/>
             </w:rPr>
             <w:t>Apertura: Revista de Innovación Educativa</w:t>
           </w:r>
           <w:r>
             <w:rPr>
               <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
               <w:lang w:val="es-ES"/>
             </w:rPr>
             <w:t>, pp. 48 - 59.</w:t>
           </w:r>
         </w:p>
         <w:p w14:paraId="59D78DD7" w14:textId="77777777" w:rsidR="00A44C49" w:rsidRDefault="00000000">
           <w:pPr>
@@ -7845,141 +7733,141 @@
     <w:p w14:paraId="3BB85765" w14:textId="77777777" w:rsidR="00A44C49" w:rsidRDefault="00A44C49">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="00A44C49" w:rsidSect="00660690">
       <w:headerReference w:type="default" r:id="rId11"/>
       <w:footerReference w:type="default" r:id="rId12"/>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="851" w:right="1701" w:bottom="709" w:left="1701" w:header="0" w:footer="0" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:formProt w:val="0"/>
       <w:docGrid w:linePitch="360" w:charSpace="4096"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="76667B58" w14:textId="77777777" w:rsidR="0075039D" w:rsidRDefault="0075039D" w:rsidP="00660690">
+    <w:p w14:paraId="5851062F" w14:textId="77777777" w:rsidR="00932957" w:rsidRDefault="00932957" w:rsidP="00660690">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="3BFF2118" w14:textId="77777777" w:rsidR="0075039D" w:rsidRDefault="0075039D" w:rsidP="00660690">
+    <w:p w14:paraId="0A7273FB" w14:textId="77777777" w:rsidR="00932957" w:rsidRDefault="00932957" w:rsidP="00660690">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="OpenSymbol">
-    <w:altName w:val="Arial Unicode MS"/>
+    <w:altName w:val="Calibri"/>
     <w:charset w:val="01"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="default"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Segoe UI">
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Liberation Sans">
     <w:altName w:val="Arial"/>
     <w:charset w:val="01"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
   </w:font>
   <w:font w:name="Noto Sans CJK SC">
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:notTrueType/>
     <w:pitch w:val="default"/>
   </w:font>
   <w:font w:name="Noto Sans Devanagari">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="80008023" w:usb1="00002046" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:sdt>
     <w:sdtPr>
       <w:id w:val="181709762"/>
       <w:docPartObj>
         <w:docPartGallery w:val="Page Numbers (Bottom of Page)"/>
         <w:docPartUnique/>
       </w:docPartObj>
     </w:sdtPr>
     <w:sdtContent>
       <w:p w14:paraId="0E72257D" w14:textId="77777777" w:rsidR="00660690" w:rsidRDefault="00660690" w:rsidP="00660690">
         <w:pPr>
           <w:pStyle w:val="Piedepgina"/>
           <w:jc w:val="center"/>
         </w:pPr>
         <w:r w:rsidRPr="0008372D">
           <w:rPr>
             <w:rFonts w:cstheme="minorHAnsi"/>
             <w:b/>
           </w:rPr>
           <w:t xml:space="preserve">Vol. </w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rFonts w:cstheme="minorHAnsi"/>
             <w:b/>
@@ -7999,127 +7887,196 @@
             <w:b/>
           </w:rPr>
           <w:t>9</w:t>
         </w:r>
         <w:r w:rsidRPr="0008372D">
           <w:rPr>
             <w:rFonts w:cstheme="minorHAnsi"/>
             <w:b/>
           </w:rPr>
           <w:t xml:space="preserve">                  </w:t>
         </w:r>
         <w:proofErr w:type="gramStart"/>
         <w:r>
           <w:rPr>
             <w:rFonts w:cstheme="minorHAnsi"/>
             <w:b/>
           </w:rPr>
           <w:t>Enero</w:t>
         </w:r>
         <w:proofErr w:type="gramEnd"/>
         <w:r>
           <w:rPr>
             <w:rFonts w:cstheme="minorHAnsi"/>
             <w:b/>
           </w:rPr>
-          <w:t xml:space="preserve"> – Junio 2023</w:t>
+          <w:t xml:space="preserve"> – </w:t>
+        </w:r>
+        <w:proofErr w:type="gramStart"/>
+        <w:r>
+          <w:rPr>
+            <w:rFonts w:cstheme="minorHAnsi"/>
+            <w:b/>
+          </w:rPr>
+          <w:t>Junio</w:t>
+        </w:r>
+        <w:proofErr w:type="gramEnd"/>
+        <w:r>
+          <w:rPr>
+            <w:rFonts w:cstheme="minorHAnsi"/>
+            <w:b/>
+          </w:rPr>
+          <w:t xml:space="preserve"> 2023</w:t>
         </w:r>
         <w:r w:rsidRPr="0008372D">
           <w:rPr>
             <w:rFonts w:cstheme="minorHAnsi"/>
             <w:b/>
           </w:rPr>
           <w:t xml:space="preserve">                         ISSN: 2448 – 6280</w:t>
         </w:r>
       </w:p>
     </w:sdtContent>
   </w:sdt>
   <w:p w14:paraId="48016973" w14:textId="77777777" w:rsidR="00660690" w:rsidRDefault="00660690">
     <w:pPr>
       <w:pStyle w:val="Piedepgina"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="42D13EF5" w14:textId="77777777" w:rsidR="0075039D" w:rsidRDefault="0075039D" w:rsidP="00660690">
+    <w:p w14:paraId="2EB1A97A" w14:textId="77777777" w:rsidR="00932957" w:rsidRDefault="00932957" w:rsidP="00660690">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="0B61A55A" w14:textId="77777777" w:rsidR="0075039D" w:rsidRDefault="0075039D" w:rsidP="00660690">
+    <w:p w14:paraId="7B136B35" w14:textId="77777777" w:rsidR="00932957" w:rsidRDefault="00932957" w:rsidP="00660690">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
-  <w:p w14:paraId="77BA331D" w14:textId="77777777" w:rsidR="00660690" w:rsidRDefault="00660690" w:rsidP="00660690">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="77BA331D" w14:textId="6D27D4F8" w:rsidR="00660690" w:rsidRDefault="00526ABF" w:rsidP="00660690">
     <w:pPr>
       <w:pStyle w:val="Encabezado"/>
       <w:jc w:val="center"/>
       <w:rPr>
         <w:rFonts w:cstheme="minorHAnsi"/>
         <w:b/>
         <w:i/>
       </w:rPr>
     </w:pPr>
+    <w:r>
+      <w:rPr>
+        <w:rStyle w:val="Hipervnculo"/>
+        <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:b/>
+        <w:bCs/>
+        <w:i/>
+        <w:iCs/>
+        <w:noProof/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="28"/>
+      </w:rPr>
+      <w:drawing>
+        <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="2C2230EC" wp14:editId="7A8F531D">
+          <wp:extent cx="6659880" cy="1043940"/>
+          <wp:effectExtent l="0" t="0" r="7620" b="3810"/>
+          <wp:docPr id="1222819394" name="Imagen 1"/>
+          <wp:cNvGraphicFramePr>
+            <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+          </wp:cNvGraphicFramePr>
+          <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+            <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+              <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:nvPicPr>
+                  <pic:cNvPr id="0" name="Picture 2"/>
+                  <pic:cNvPicPr>
+                    <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+                  </pic:cNvPicPr>
+                </pic:nvPicPr>
+                <pic:blipFill>
+                  <a:blip r:embed="rId1">
+                    <a:extLst>
+                      <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                        <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                      </a:ext>
+                    </a:extLst>
+                  </a:blip>
+                  <a:srcRect/>
+                  <a:stretch>
+                    <a:fillRect/>
+                  </a:stretch>
+                </pic:blipFill>
+                <pic:spPr bwMode="auto">
+                  <a:xfrm>
+                    <a:off x="0" y="0"/>
+                    <a:ext cx="6659880" cy="1043940"/>
+                  </a:xfrm>
+                  <a:prstGeom prst="rect">
+                    <a:avLst/>
+                  </a:prstGeom>
+                  <a:noFill/>
+                  <a:ln>
+                    <a:noFill/>
+                  </a:ln>
+                </pic:spPr>
+              </pic:pic>
+            </a:graphicData>
+          </a:graphic>
+        </wp:inline>
+      </w:drawing>
+    </w:r>
   </w:p>
-  <w:p w14:paraId="5024ABB7" w14:textId="5304BC57" w:rsidR="00660690" w:rsidRDefault="00660690" w:rsidP="00660690">
+  <w:p w14:paraId="5024ABB7" w14:textId="7CE28192" w:rsidR="00660690" w:rsidRDefault="00660690" w:rsidP="00660690">
     <w:pPr>
       <w:pStyle w:val="Encabezado"/>
       <w:jc w:val="center"/>
     </w:pPr>
-    <w:r w:rsidRPr="00B26827">
-[...6 lines deleted...]
-    </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="3ABA3CE6"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="28A477A8"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="none"/>
       <w:suff w:val="nothing"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="0"/>
         </w:tabs>
         <w:ind w:left="0" w:firstLine="0"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="none"/>
       <w:suff w:val="nothing"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -8348,109 +8305,112 @@
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="▪"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="3600"/>
         </w:tabs>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="OpenSymbol" w:hAnsi="OpenSymbol" w:cs="OpenSymbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1" w16cid:durableId="1383479472">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="2" w16cid:durableId="1089544116">
     <w:abstractNumId w:val="0"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:autoHyphenation/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00A44C49"/>
+    <w:rsid w:val="00526ABF"/>
     <w:rsid w:val="00660690"/>
     <w:rsid w:val="0075039D"/>
+    <w:rsid w:val="00932957"/>
     <w:rsid w:val="00A44C49"/>
+    <w:rsid w:val="00A94B61"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="es-MX" w:eastAsia="" w:bidi=""/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="5E3FEE31"/>
   <w15:docId w15:val="{4A12F4BA-C077-44C4-8B16-3F767C0047D6}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="es-MX" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:suppressAutoHyphens/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -8829,78 +8789,100 @@
       <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Ttulo1">
     <w:name w:val="heading 1"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Ttulo1Car"/>
     <w:uiPriority w:val="9"/>
     <w:qFormat/>
     <w:rsid w:val="00F604CF"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="240" w:after="0"/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:color w:val="2E74B5" w:themeColor="accent1" w:themeShade="BF"/>
       <w:sz w:val="32"/>
       <w:szCs w:val="32"/>
       <w:lang w:eastAsia="es-MX"/>
     </w:rPr>
   </w:style>
+  <w:style w:type="paragraph" w:styleId="Ttulo2">
+    <w:name w:val="heading 2"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Ttulo2Car"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="00526ABF"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="40" w:after="0"/>
+      <w:outlineLvl w:val="1"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="2E74B5" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:sz w:val="26"/>
+      <w:szCs w:val="26"/>
+    </w:rPr>
+  </w:style>
   <w:style w:type="character" w:default="1" w:styleId="Fuentedeprrafopredeter">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
-    <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="Tablanormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="Sinlista">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="character" w:styleId="Textoennegrita">
+  <w:style w:type="character" w:styleId="Fuerte">
     <w:name w:val="Strong"/>
     <w:basedOn w:val="Fuentedeprrafopredeter"/>
     <w:uiPriority w:val="22"/>
     <w:qFormat/>
     <w:rsid w:val="00273592"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="Refdecomentario">
     <w:name w:val="annotation reference"/>
     <w:basedOn w:val="Fuentedeprrafopredeter"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="00D10560"/>
     <w:rPr>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="TextocomentarioCar">
     <w:name w:val="Texto comentario Car"/>
@@ -9137,77 +9119,118 @@
   <w:style w:type="paragraph" w:styleId="Bibliografa">
     <w:name w:val="Bibliography"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:uiPriority w:val="37"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="00F604CF"/>
   </w:style>
   <w:style w:type="table" w:styleId="Tablaconcuadrcula">
     <w:name w:val="Table Grid"/>
     <w:basedOn w:val="Tablanormal"/>
     <w:uiPriority w:val="39"/>
     <w:rsid w:val="00BE0154"/>
     <w:tblPr>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
     </w:tblPr>
   </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Ttulo2Car">
+    <w:name w:val="Título 2 Car"/>
+    <w:basedOn w:val="Fuentedeprrafopredeter"/>
+    <w:link w:val="Ttulo2"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00526ABF"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="2E74B5" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:sz w:val="26"/>
+      <w:szCs w:val="26"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="Hipervnculo">
+    <w:name w:val="Hyperlink"/>
+    <w:basedOn w:val="Fuentedeprrafopredeter"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00526ABF"/>
+    <w:rPr>
+      <w:color w:val="0563C1" w:themeColor="hyperlink"/>
+      <w:u w:val="single"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="Mencinsinresolver">
+    <w:name w:val="Unresolved Mention"/>
+    <w:basedOn w:val="Fuentedeprrafopredeter"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00526ABF"/>
+    <w:rPr>
+      <w:color w:val="605E5C"/>
+      <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
+    </w:rPr>
+  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh"/>
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du"/>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/chart" Target="charts/chart1.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/chart" Target="charts/chart3.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/chart" Target="charts/chart2.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
+</file>
+
+<file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg"/></Relationships>
 </file>
 
 <file path=word/charts/_rels/chart1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/package" Target="../embeddings/Microsoft_Excel_Worksheet.xlsx"/></Relationships>
 </file>
 
 <file path=word/charts/_rels/chart2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/package" Target="../embeddings/Microsoft_Excel_Worksheet1.xlsx"/></Relationships>
 </file>
 
 <file path=word/charts/_rels/chart3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/package" Target="../embeddings/Microsoft_Excel_Worksheet2.xlsx"/></Relationships>
 </file>
 
 <file path=word/charts/chart1.xml><?xml version="1.0" encoding="utf-8"?>
 <c:chartSpace xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:c16r2="http://schemas.microsoft.com/office/drawing/2015/06/chart">
   <c:date1904 val="1"/>
-  <c:lang val="es-ES"/>
+  <c:lang val="es-MX"/>
   <c:roundedCorners val="0"/>
   <c:style val="2"/>
   <c:chart>
     <c:autoTitleDeleted val="1"/>
     <c:plotArea>
       <c:layout/>
       <c:barChart>
         <c:barDir val="col"/>
         <c:grouping val="clustered"/>
         <c:varyColors val="0"/>
         <c:ser>
           <c:idx val="0"/>
           <c:order val="0"/>
           <c:tx>
             <c:strRef>
               <c:f>label 0</c:f>
               <c:strCache>
                 <c:ptCount val="1"/>
                 <c:pt idx="0">
                   <c:v>Primer semestre (muchos libros físicos)</c:v>
                 </c:pt>
               </c:strCache>
             </c:strRef>
           </c:tx>
           <c:spPr>
@@ -9534,51 +9557,51 @@
     </c:legend>
     <c:plotVisOnly val="1"/>
     <c:dispBlanksAs val="gap"/>
     <c:showDLblsOverMax val="1"/>
   </c:chart>
   <c:spPr>
     <a:solidFill>
       <a:srgbClr val="FFFFFF"/>
     </a:solidFill>
     <a:ln w="9360">
       <a:solidFill>
         <a:srgbClr val="D9D9D9"/>
       </a:solidFill>
       <a:round/>
     </a:ln>
   </c:spPr>
   <c:externalData r:id="rId1">
     <c:autoUpdate val="0"/>
   </c:externalData>
 </c:chartSpace>
 </file>
 
 <file path=word/charts/chart2.xml><?xml version="1.0" encoding="utf-8"?>
 <c:chartSpace xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:c16r2="http://schemas.microsoft.com/office/drawing/2015/06/chart">
   <c:date1904 val="1"/>
-  <c:lang val="es-ES"/>
+  <c:lang val="es-MX"/>
   <c:roundedCorners val="0"/>
   <c:style val="2"/>
   <c:chart>
     <c:autoTitleDeleted val="1"/>
     <c:plotArea>
       <c:layout/>
       <c:barChart>
         <c:barDir val="col"/>
         <c:grouping val="clustered"/>
         <c:varyColors val="0"/>
         <c:ser>
           <c:idx val="0"/>
           <c:order val="0"/>
           <c:tx>
             <c:strRef>
               <c:f>label 0</c:f>
               <c:strCache>
                 <c:ptCount val="1"/>
                 <c:pt idx="0">
                   <c:v>Tercer semestre (muchos libros físicos)</c:v>
                 </c:pt>
               </c:strCache>
             </c:strRef>
           </c:tx>
           <c:spPr>
@@ -9905,51 +9928,51 @@
     </c:legend>
     <c:plotVisOnly val="1"/>
     <c:dispBlanksAs val="gap"/>
     <c:showDLblsOverMax val="1"/>
   </c:chart>
   <c:spPr>
     <a:solidFill>
       <a:srgbClr val="FFFFFF"/>
     </a:solidFill>
     <a:ln w="9360">
       <a:solidFill>
         <a:srgbClr val="D9D9D9"/>
       </a:solidFill>
       <a:round/>
     </a:ln>
   </c:spPr>
   <c:externalData r:id="rId1">
     <c:autoUpdate val="0"/>
   </c:externalData>
 </c:chartSpace>
 </file>
 
 <file path=word/charts/chart3.xml><?xml version="1.0" encoding="utf-8"?>
 <c:chartSpace xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:c16r2="http://schemas.microsoft.com/office/drawing/2015/06/chart">
   <c:date1904 val="1"/>
-  <c:lang val="es-ES"/>
+  <c:lang val="es-MX"/>
   <c:roundedCorners val="0"/>
   <c:style val="2"/>
   <c:chart>
     <c:autoTitleDeleted val="1"/>
     <c:plotArea>
       <c:layout/>
       <c:barChart>
         <c:barDir val="col"/>
         <c:grouping val="clustered"/>
         <c:varyColors val="0"/>
         <c:ser>
           <c:idx val="0"/>
           <c:order val="0"/>
           <c:tx>
             <c:strRef>
               <c:f>label 0</c:f>
               <c:strCache>
                 <c:ptCount val="1"/>
                 <c:pt idx="0">
                   <c:v>Quinto semestre (muchos libros físicos)</c:v>
                 </c:pt>
               </c:strCache>
             </c:strRef>
           </c:tx>
           <c:spPr>
@@ -10915,55 +10938,55 @@
           </b:Person>
           <b:Person>
             <b:Last>Aguayo Álvarez</b:Last>
             <b:First>Zeferino</b:First>
           </b:Person>
         </b:NameList>
       </b:Author>
     </b:Author>
     <b:RefOrder>15</b:RefOrder>
   </b:Source>
 </b:Sources>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{5A09F554-FC72-49C4-9C5D-4A0CF9FA63B2}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
-  <Pages>16</Pages>
-[...1 lines deleted...]
-  <Characters>26544</Characters>
+  <Pages>18</Pages>
+  <Words>4833</Words>
+  <Characters>26582</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>221</Lines>
   <Paragraphs>62</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>31308</CharactersWithSpaces>
+  <CharactersWithSpaces>31353</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Cuenta Microsoft</dc:creator>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:language>es-MX</dc:language>
 </cp:coreProperties>
 </file>