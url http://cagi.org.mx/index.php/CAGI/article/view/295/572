--- v0 (2025-12-08)
+++ v1 (2026-03-04)
@@ -1,68 +1,96 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
+  <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xlsx" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/charts/chart1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.chart+xml"/>
   <Override PartName="/word/charts/chart2.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.chart+xml"/>
   <Override PartName="/word/charts/chart3.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.chart+xml"/>
   <Override PartName="/word/charts/chart4.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.chart+xml"/>
   <Override PartName="/word/charts/chart5.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.chart+xml"/>
   <Override PartName="/word/charts/chart6.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.chart+xml"/>
   <Override PartName="/word/charts/chart7.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.chart+xml"/>
   <Override PartName="/word/charts/chart8.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.chart+xml"/>
   <Override PartName="/word/charts/chart9.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.chart+xml"/>
   <Override PartName="/word/charts/chart10.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.chart+xml"/>
   <Override PartName="/word/charts/chart11.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.chart+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w14:paraId="4DD3042B" w14:textId="3353B1F9" w:rsidR="00AD3956" w:rsidRDefault="00AD3956" w:rsidP="00AD3956">
+    <w:p w14:paraId="5E81FEC2" w14:textId="0B9ED39F" w:rsidR="00930B51" w:rsidRDefault="00930B51" w:rsidP="00AD3956">
+      <w:pPr>
+        <w:spacing w:before="240" w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00930B51">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>DOI: https://doi.org/10.23913/cagi.v10i19.295</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4DD3042B" w14:textId="3CA69A80" w:rsidR="00AD3956" w:rsidRDefault="00AD3956" w:rsidP="00AD3956">
       <w:pPr>
         <w:spacing w:before="240" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:highlight w:val="white"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00862FC9">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Artículos científicos</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="711E8AD4" w14:textId="7BABEA97" w:rsidR="006A0B60" w:rsidRPr="00AD3956" w:rsidRDefault="00000000" w:rsidP="00AD3956">
@@ -279,63 +307,63 @@
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Universidad Autónoma de Occidente UR Los Mochis</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="040A32A7" w14:textId="77777777" w:rsidR="00AD3956" w:rsidRPr="00FA1A7F" w:rsidRDefault="00AD3956" w:rsidP="00AD3956">
       <w:pPr>
         <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00FA1A7F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>marco.arciniega@uadeo.mx</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1E525E62" w14:textId="3FBE4546" w:rsidR="006A0B60" w:rsidRDefault="00000000" w:rsidP="00AD3956">
+    <w:p w14:paraId="1E525E62" w14:textId="3FBE4546" w:rsidR="006A0B60" w:rsidRDefault="00FA1A7F" w:rsidP="00AD3956">
       <w:pPr>
         <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink r:id="rId8" w:history="1">
-        <w:r w:rsidR="00FA1A7F" w:rsidRPr="00DC5541">
+        <w:r w:rsidRPr="00DC5541">
           <w:rPr>
             <w:rStyle w:val="Hipervnculo"/>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:iCs/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>https://orcid.org/0000-0001-8532-7130</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w14:paraId="2F223D13" w14:textId="77777777" w:rsidR="00FA1A7F" w:rsidRDefault="00FA1A7F" w:rsidP="00AD3956">
       <w:pPr>
         <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="58FB8EB2" w14:textId="77777777" w:rsidR="006A0B60" w:rsidRDefault="00000000" w:rsidP="00AD3956">
       <w:pPr>
@@ -390,51 +418,51 @@
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Universidad Autónoma de Occidente UR Los Mochis</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1734AFCA" w14:textId="77777777" w:rsidR="00AD3956" w:rsidRPr="00FA1A7F" w:rsidRDefault="00AD3956" w:rsidP="00AD3956">
       <w:pPr>
         <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00FA1A7F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>jeovan.avila@uadeo.mx</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6013F760" w14:textId="11F18BB6" w:rsidR="006A0B60" w:rsidRDefault="00000000" w:rsidP="00AD3956">
+    <w:p w14:paraId="6013F760" w14:textId="11F18BB6" w:rsidR="006A0B60" w:rsidRDefault="006A0B60" w:rsidP="00AD3956">
       <w:pPr>
         <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rStyle w:val="EnlacedeInternet"/>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:iCs/>
           <w:color w:val="auto"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="none"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink r:id="rId9">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="EnlacedeInternet"/>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:iCs/>
             <w:color w:val="auto"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
             <w:u w:val="none"/>
           </w:rPr>
           <w:t>https://orcid.org/0000-0002-7692-4547</w:t>
@@ -494,63 +522,63 @@
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Universidad Autónoma de Occidente UR Los Mochis</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="442A93BF" w14:textId="77777777" w:rsidR="00AD3956" w:rsidRPr="00FA1A7F" w:rsidRDefault="00AD3956" w:rsidP="00AD3956">
       <w:pPr>
         <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00FA1A7F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>karla.moreno@uadeo.mx</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6C7226A7" w14:textId="67C4B13E" w:rsidR="006A0B60" w:rsidRDefault="00000000" w:rsidP="00AD3956">
+    <w:p w14:paraId="6C7226A7" w14:textId="67C4B13E" w:rsidR="006A0B60" w:rsidRDefault="00FA1A7F" w:rsidP="00AD3956">
       <w:pPr>
         <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink r:id="rId10" w:history="1">
-        <w:r w:rsidR="00FA1A7F" w:rsidRPr="00DC5541">
+        <w:r w:rsidRPr="00DC5541">
           <w:rPr>
             <w:rStyle w:val="Hipervnculo"/>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:iCs/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>https://orcid.org/0000-0001-5584-0638</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w14:paraId="4E76F5B4" w14:textId="77777777" w:rsidR="00FA1A7F" w:rsidRDefault="00FA1A7F" w:rsidP="00AD3956">
       <w:pPr>
         <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="7241B699" w14:textId="77777777" w:rsidR="006A0B60" w:rsidRDefault="00000000" w:rsidP="00AD3956">
       <w:pPr>
@@ -646,101 +674,61 @@
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">Resumen </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="53D7AAC6" w14:textId="77777777" w:rsidR="006A0B60" w:rsidRDefault="00000000">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">En México, en la educación primaria se incluyen temas de educación ambiental que abordan temas sobre el cuidado del planeta, el ahorro de energía y agua, el cuidado de plantas y animales, y el manejo adecuado de residuos sólidos urbanos. Estos conocimientos permiten a los alumnos obtener una conciencia sobre el cuidado del medio ambiente. El objetivo de la investigación fue conocer el nivel de conocimiento y sensibilización que tienen </w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="gramStart"/>
+        <w:t xml:space="preserve">En México, en la educación primaria se incluyen temas de educación ambiental que abordan temas sobre el cuidado del planeta, el ahorro de energía y agua, el cuidado de plantas y animales, y el manejo adecuado de residuos sólidos urbanos. Estos conocimientos permiten a los alumnos obtener una conciencia sobre el cuidado del medio ambiente. El objetivo de la investigación fue conocer el nivel de conocimiento y sensibilización que tienen los alumnos y alumnas de una escuela primaria </w:t>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>los alumnos y alumnas</w:t>
-[...17 lines deleted...]
-        </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t xml:space="preserve">55% menciona no desperdiciar el agua para cuidarla. En cuanto a las consecuencias de no cuidar el medio ambiente, el 26% lo relaciona con la desaparición de animales y plantas, y el 38% expresó, por medio de un dibujo, que el cuidado del medio ambiente consiste en colocar la basura en contenedores. Aunque los libros de primaria contemplan distintos ejes temáticos sobre el cuidado del medio ambiente, no se reflejan en los resultados de las encuestas aplicadas. Existen deficiencias en el conocimiento adquirido por </w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve"> acerca de estos temas. Se deben implementar estrategias para lograr que la información presente en los libros llegue a los alumnos y que el proceso enseñanza-aprendizaje sea efectivo.</w:t>
+        <w:t>en Los Mochis, Sinaloa, por medio de un cuestionario con diez preguntas que se aplicaron a 100 alumnos de los grados de 4to, 5to y 6to, midiendo el conocimiento y compromiso sobre el cuidado del medio ambiente. El 99% de los alumnos encuestados consideran importante cuidar el medio ambiente. El 51% considera importante cuidar el medio ambiente para tener una vida mejor, y el 55% menciona no desperdiciar el agua para cuidarla. En cuanto a las consecuencias de no cuidar el medio ambiente, el 26% lo relaciona con la desaparición de animales y plantas, y el 38% expresó, por medio de un dibujo, que el cuidado del medio ambiente consiste en colocar la basura en contenedores. Aunque los libros de primaria contemplan distintos ejes temáticos sobre el cuidado del medio ambiente, no se reflejan en los resultados de las encuestas aplicadas. Existen deficiencias en el conocimiento adquirido por los niños y niñas acerca de estos temas. Se deben implementar estrategias para lograr que la información presente en los libros llegue a los alumnos y que el proceso enseñanza-aprendizaje sea efectivo.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="13BF5CD4" w14:textId="77777777" w:rsidR="006A0B60" w:rsidRDefault="00000000">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AD3956">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>Palabras Clave:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
@@ -797,117 +785,82 @@
         <w:t>Abstract</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2B1E936D" w14:textId="77777777" w:rsidR="006A0B60" w:rsidRPr="00AD3956" w:rsidRDefault="00000000">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en"/>
         </w:rPr>
         <w:t xml:space="preserve">In Mexico, primary education includes environmental education topics that address issues about caring for the planet, saving energy and water, caring for plants, animals and the proper management of solid urban waste, this knowledge allows students to obtain </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
       <w:proofErr w:type="gramStart"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en"/>
         </w:rPr>
         <w:t>a</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
       <w:proofErr w:type="gramEnd"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en"/>
         </w:rPr>
-        <w:t xml:space="preserve"> awareness about caring for the environment. The objective of the research was to know the level of knowledge and awareness of the students </w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="gramStart"/>
+        <w:t xml:space="preserve"> awareness about caring for the environment. The objective of the research was to know the level of knowledge and awareness of the students of an elementary school in Los Mochis, Sinaloa, through a questionnaire with ten questions that were applied to 100 students from the 4th, 5th grades. and 6th, measuring knowledge and commitment to caring for the environment. 99% of the students surveyed consider it important to take care of the environment, 51% consider it important to take care of the environment to have a better life, 55% mention not wasting water to take care of it, as consequences of not taking care of the environment, the 26% related it to the disappearance of animals and plants, 38% expressed through a drawing that caring for the environment is placing garbage in containers. Although the primary books contemplate different thematic axes on the care of the environment, they are not reflected in the results of the applied surveys, there are deficiencies in the knowledge acquired by the boys and girls about these topics, strategies must be implemented to achieve that </w:t>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en"/>
         </w:rPr>
-        <w:t>of</w:t>
-[...32 lines deleted...]
-        <w:t xml:space="preserve"> and the teaching-learning process is effective.</w:t>
+        <w:lastRenderedPageBreak/>
+        <w:t>the information present in the books reaches the students and the teaching-learning process is effective.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4F0A904B" w14:textId="570EF111" w:rsidR="006A0B60" w:rsidRDefault="00000000">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AD3956">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Keywords:</w:t>
       </w:r>
@@ -975,142 +928,130 @@
         </w:rPr>
         <w:t>2</w:t>
       </w:r>
       <w:r w:rsidRPr="00277F61">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">    </w:t>
       </w:r>
       <w:r w:rsidRPr="00277F61">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>Fecha Aceptación:</w:t>
       </w:r>
       <w:r w:rsidRPr="00277F61">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
+      <w:proofErr w:type="gramStart"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
         </w:rPr>
-        <w:t>Enero 2023</w:t>
+        <w:t>Enero</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2023</w:t>
       </w:r>
       <w:r w:rsidRPr="00277F61">
         <w:br/>
       </w:r>
-      <w:r>
+      <w:r w:rsidR="00000000">
         <w:pict w14:anchorId="518EE8FC">
           <v:rect id="_x0000_i1025" style="width:446.5pt;height:1.5pt" o:hralign="center" o:hrstd="t" o:hr="t" fillcolor="#a0a0a0" stroked="f"/>
         </w:pict>
       </w:r>
     </w:p>
     <w:p w14:paraId="4311001F" w14:textId="77777777" w:rsidR="00AD3956" w:rsidRDefault="00AD3956" w:rsidP="00AD3956">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="634E62F6" w14:textId="63A16E4A" w:rsidR="006A0B60" w:rsidRDefault="00000000" w:rsidP="00AD3956">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>Introducción</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="51376FC7" w14:textId="77777777" w:rsidR="006A0B60" w:rsidRDefault="00000000" w:rsidP="00AD3956">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">De acuerdo con la UNICEF (2017), la educación es un derecho básico que tienen </w:t>
-[...19 lines deleted...]
-        <w:t>, lo cual les dará conocimientos, habilidades, actitudes y valores que les permitirán crecer como adultos con mejores expectativas en su calidad de vida. En México, más de 4 millones de niños, niñas y adolescentes no asisten a la escuela, y aproximadamente 600 mil podrían dejarla por falta de recursos, la lejanía de las escuelas y la violencia.</w:t>
+        <w:t>De acuerdo con la UNICEF (2017), la educación es un derecho básico que tienen niños y niñas, lo cual les dará conocimientos, habilidades, actitudes y valores que les permitirán crecer como adultos con mejores expectativas en su calidad de vida. En México, más de 4 millones de niños, niñas y adolescentes no asisten a la escuela, y aproximadamente 600 mil podrían dejarla por falta de recursos, la lejanía de las escuelas y la violencia.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="56C7FB29" w14:textId="77777777" w:rsidR="006A0B60" w:rsidRDefault="00000000" w:rsidP="00AD3956">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
         <w:t>La falta de educación en los niños implicaría una menor posibilidad de llevar una buena calidad de vida para ellos y sus familias; su formación cívica y ética sería deficiente, ya que sus conductas acerca de las reglas de convivencia social serían inadecuadas, dejando a un lado el cuidado del medio ambiente, animales, plantas, cuidado del agua, energía eléctrica y la disposición correcta de la basura.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="50FB33E1" w14:textId="77777777" w:rsidR="006A0B60" w:rsidRDefault="00000000" w:rsidP="00AD3956">
@@ -1193,83 +1134,74 @@
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> Agency (2022), la educación ambiental permite a las personas aprender e investigar sobre aspectos ambientales en los cuales se pueden involucrar para ser parte de la solución de problemas ambientales. Con lo anterior, los individuos adquieren un nivel de concientización sobre el cuidado de los recursos naturales y problemas de contaminación. Con la educación ambiental, las personas adquieren actitudes y habilidades para mantener la calidad ambiental y contribuir a resolver los desafíos ambientales.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="79A12C84" w14:textId="77777777" w:rsidR="006A0B60" w:rsidRDefault="00000000" w:rsidP="00AD3956">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:tab/>
         <w:t>En México, en la educación primaria, se incluyen temas de educación ambiental desde primero a sexto grado, principalmente en los libros de educación cívica y ética. Los temas que se abordan son sobre el cuidado del planeta, ahorro de energía, ahorro de agua, cuidado de las plantas y animales y el manejo adecuado de los residuos sólidos urbanos. Con lo anterior, los alumnos aprenden los valores y normas de convivencia, convirtiéndolos en buenos ciudadanos, respetando así los derechos de las demás personas de la sociedad.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3735B0E6" w14:textId="77777777" w:rsidR="006A0B60" w:rsidRDefault="00000000" w:rsidP="00AD3956">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">Existen estudios en los que se busca conocer los niveles de conocimiento acerca del cuidado del medio ambiente que adquieren los niños en su educación de nivel básico. Araujo (2016), en su tesis titulada "Conciencia ambiental en estudiantes del sexto grado de primaria de la Institución Educativa Virgen de La Puerta", aplicó un cuestionario para una población de 150 estudiantes. Como resultado, infiere que la mayoría de los estudiantes poseen medianamente conocimientos referidos a los problemas ambientales, mostrando cierto grado de preocupación y sensibilidad </w:t>
-[...9 lines deleted...]
-        <w:t>ambiental, teniendo la disposición intrínseca y extrínseca de realizar comportamientos ecológicamente responsables.</w:t>
+        <w:t>Existen estudios en los que se busca conocer los niveles de conocimiento acerca del cuidado del medio ambiente que adquieren los niños en su educación de nivel básico. Araujo (2016), en su tesis titulada "Conciencia ambiental en estudiantes del sexto grado de primaria de la Institución Educativa Virgen de La Puerta", aplicó un cuestionario para una población de 150 estudiantes. Como resultado, infiere que la mayoría de los estudiantes poseen medianamente conocimientos referidos a los problemas ambientales, mostrando cierto grado de preocupación y sensibilidad ambiental, teniendo la disposición intrínseca y extrínseca de realizar comportamientos ecológicamente responsables.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="21D04598" w14:textId="77777777" w:rsidR="006A0B60" w:rsidRDefault="00000000" w:rsidP="00AD3956">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
         <w:t xml:space="preserve">Por otro lado, Apaza (2020), en su trabajo de investigación "Conciencia ambiental y conservación del medio ambiente en niños de tercer grado de primaria de la Institución Educativa 70542 Santa Bárbara del distrito Juliaca 2018", mediante un cuestionario obtuvo </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r>
@@ -1370,230 +1302,180 @@
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> – Jaén, Cajamarca, Perú 2017", establece como resultado la necesidad de trabajar con los estudiantes de las instituciones educativas a través de la sensibilización y capacitación. Propone promover y generar una cultura ambiental en el distrito de </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Chontali</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>, fomentando actitudes favorables hacia el ambiente y el desarrollo sostenible del distrito. González (2016), en su artículo publicado en la Revista Científica de la Universidad de Cienfuegos llamado "Programa de educación ambiental sobre el cambio climático en la educación formal y no formal", concluye que los alumnos están dispuestos a participar en actividades que contribuyan a disminuir los efectos del cambio climático y a difundir la información obtenida para sensibilizar y concienciar a otras personas sobre el problema del cambio climático.</w:t>
+        <w:t xml:space="preserve">, fomentando actitudes favorables hacia el ambiente y el desarrollo sostenible del distrito. González (2016), en su artículo publicado en la Revista Científica de la Universidad de Cienfuegos llamado "Programa de </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>educación ambiental sobre el cambio climático en la educación formal y no formal", concluye que los alumnos están dispuestos a participar en actividades que contribuyan a disminuir los efectos del cambio climático y a difundir la información obtenida para sensibilizar y concienciar a otras personas sobre el problema del cambio climático.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0D45F5EE" w14:textId="77777777" w:rsidR="006A0B60" w:rsidRDefault="00000000" w:rsidP="00AD3956">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>González (2017), en su investigación titulada: "Estudio sobre la conciencia ambiental en niños de educación primaria en un entorno rural", presentado por la Universidad de Valladolid en la Facultad de Educación Primaria, participaron 41 alumnos de una escuela rural y muestra en los resultados que los participantes otorgaron valores altos a aspectos tales como juego al aire libre, ahorro de agua y energía, cuidado de plantas y animales. En conclusión, muestran actitud favorable frente al entorno natural; por el contrario, concedieron menos puntuaciones a elementos como implicación en actividades para ayudar a mejorar y proteger el medio ambiente o donar parte del dinero para ello.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4FF871D1" w14:textId="77777777" w:rsidR="006A0B60" w:rsidRDefault="00000000" w:rsidP="00AD3956">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
-        <w:t xml:space="preserve">Uno de los propósitos de la educación primaria a nivel nacional es que </w:t>
-[...29 lines deleted...]
-        <w:t>particular los que se relacionan con la preservación de la salud, con la protección del ambiente y el uso racional de los recursos naturales.</w:t>
+        <w:t>Uno de los propósitos de la educación primaria a nivel nacional es que los alumnos y alumnas adquieran los conocimientos fundamentales para comprender los fenómenos naturales, en particular los que se relacionan con la preservación de la salud, con la protección del ambiente y el uso racional de los recursos naturales.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="09334E46" w14:textId="77777777" w:rsidR="006A0B60" w:rsidRDefault="00000000" w:rsidP="00AD3956">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
         <w:t>Es importante implementar estrategias educativas para que los alumnos del nivel básico adquieran conciencia sobre el cuidado del medio ambiente, del ahorro de energía eléctrica y agua, así como un manejo adecuado de los residuos sólidos generados en las escuelas. Con estas estrategias se busca que los alumnos adquieran habilidades y valores en la preservación del medio ambiente y de los ecosistemas y desarrollen conductas y estilos de vida que los conviertan en jóvenes preocupados por la conservación de los recursos naturales y sean ellos los principales precursores y promotores del cuidado del medio ambiente.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="104E83C3" w14:textId="77777777" w:rsidR="006A0B60" w:rsidRDefault="00000000" w:rsidP="00AD3956">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
-        <w:t xml:space="preserve">Por lo anterior, los temas ambientales que son enseñados en las escuelas primarias son un instrumento para que los alumnos conozcan, se motiven e informen de la problemática de su entorno. Con este trabajo de investigación se buscó conocer cómo perciben el cuidado del medio ambiente los alumnos de 4to, 5to y 6to año de primaria </w:t>
-[...2 lines deleted...]
-      <w:r>
+        <w:t>Por lo anterior, los temas ambientales que son enseñados en las escuelas primarias son un instrumento para que los alumnos conozcan, se motiven e informen de la problemática de su entorno. Con este trabajo de investigación se buscó conocer cómo perciben el cuidado del medio ambiente los alumnos de 4to, 5to y 6to año de primaria de acuerdo a los distintos temas ambientales que estudian en estos niveles.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2F218963" w14:textId="77777777" w:rsidR="006A0B60" w:rsidRDefault="00000000" w:rsidP="00AD3956">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>de acuerdo a</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="gramEnd"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> los distintos temas ambientales que estudian en estos niveles.</w:t>
-[...5 lines deleted...]
-        <w:jc w:val="both"/>
+        <w:tab/>
+        <w:t xml:space="preserve">El objetivo de la investigación fue conocer el nivel de conciencia ambiental que tienen los alumnos y alumnas de una escuela primaria en Los Mochis, Sinaloa, por medio de un cuestionario que mide la sensibilización, compromiso y conocimiento sobre el cuidado del medio ambiente, con </w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-      </w:pPr>
-[...28 lines deleted...]
-        <w:t xml:space="preserve"> de una escuela primaria en Los Mochis, Sinaloa, por medio de un cuestionario que mide la sensibilización, compromiso y conocimiento sobre el cuidado del medio ambiente, con la finalidad de hacer propuestas en las áreas de oportunidad para formar mejores alumnos en este ámbito.</w:t>
+        <w:lastRenderedPageBreak/>
+        <w:t>la finalidad de hacer propuestas en las áreas de oportunidad para formar mejores alumnos en este ámbito.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="32BEA31F" w14:textId="77777777" w:rsidR="00AD3956" w:rsidRDefault="00AD3956" w:rsidP="00AD3956">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="34A061A0" w14:textId="6876DB0E" w:rsidR="006A0B60" w:rsidRDefault="00000000" w:rsidP="00AD3956">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
@@ -1677,316 +1559,316 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Instrumento de investigación:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="563B2E6A" w14:textId="77777777" w:rsidR="006A0B60" w:rsidRDefault="00000000" w:rsidP="00AD3956">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
+        <w:t xml:space="preserve">Expresa brevemente </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="37708EAC" w14:textId="77777777" w:rsidR="006A0B60" w:rsidRDefault="00000000" w:rsidP="00AD3956">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>1.- ¿Qué entiendes por medio ambiente?</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="741E211E" w14:textId="77777777" w:rsidR="006A0B60" w:rsidRDefault="00000000" w:rsidP="00AD3956">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>2.- ¿Por qué es importante cuidarlo?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="42E9646C" w14:textId="77777777" w:rsidR="006A0B60" w:rsidRDefault="00000000" w:rsidP="00AD3956">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>3.- ¿Cuáles son las consecuencias de no cuidar el medio ambiente?</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0EBE6C10" w14:textId="77777777" w:rsidR="006A0B60" w:rsidRDefault="00000000" w:rsidP="00AD3956">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>4.- ¿Cómo puedes cuidar el agua?</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3A4459B6" w14:textId="77777777" w:rsidR="006A0B60" w:rsidRDefault="00000000" w:rsidP="00AD3956">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>5.- ¿Cómo puedes ahorrar energía eléctrica (luz)?</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6B3261EC" w14:textId="77777777" w:rsidR="006A0B60" w:rsidRDefault="00000000" w:rsidP="00AD3956">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>6.- ¿Consideras importante cuidar la biodiversidad?</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="06E38D87" w14:textId="77777777" w:rsidR="006A0B60" w:rsidRDefault="00000000" w:rsidP="00AD3956">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>7.- ¿Separas la basura entre orgánicos (restos de comidas, podas de jardinería) e inorgánicos (metal, cartón y plásticos, etc.) en tu hogar o escuela?</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="62B93202" w14:textId="77777777" w:rsidR="006A0B60" w:rsidRDefault="00000000" w:rsidP="00AD3956">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>8.- ¿Has escuchado sobre calentamiento global y cambio climático?</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="75C058E1" w14:textId="77777777" w:rsidR="006A0B60" w:rsidRDefault="00000000" w:rsidP="00AD3956">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">9.- ¿Consideras importante proteger el medio ambiente para las próximas generaciones? </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6F1EADFD" w14:textId="77777777" w:rsidR="006A0B60" w:rsidRDefault="00000000" w:rsidP="00AD3956">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>10. De responder SI en la pregunta anterior por favor exprese con un dibujo tú idea para ayudar a la protección del medio ambiente en tu hogar o en la escuela.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0705C5AA" w14:textId="77777777" w:rsidR="006A0B60" w:rsidRDefault="00000000" w:rsidP="00AD3956">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t xml:space="preserve">Expresa brevemente </w:t>
-[...263 lines deleted...]
-        </w:rPr>
         <w:t>En la última pregunta, se les pidió a los alumnos que plasmaran el significado del cuidado del medio ambiente mediante un dibujo. Al analizar los dibujos, se agruparon en tres categorías: "Separación y disposición de basura", "Cuidado de los árboles" y "Cuidado del planeta". También se creó una categoría adicional para los alumnos que no realizaron el dibujo.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="037CBCE4" w14:textId="77777777" w:rsidR="006A0B60" w:rsidRDefault="00000000" w:rsidP="00AD3956">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
         <w:t>Con los resultados obtenidos en los cuestionarios, se elaboró una base de datos en el software Excel. Se capturaron cada una de las respuestas de los alumnos y se realizó una distribución de frecuencias para anotar la prevalencia de cada una de ellas. Posteriormente, se elaboraron gráficas con el mismo software para visualizar los resultados y poder realizar las discusiones y conclusiones. Aunque las preguntas eran abiertas, se analizó cada una de las respuestas para entender su significado.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="40B58210" w14:textId="77777777" w:rsidR="00AD3956" w:rsidRDefault="00AD3956" w:rsidP="00AD3956">
       <w:pPr>
@@ -2088,76 +1970,76 @@
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="37E69D0B" w14:textId="77777777" w:rsidR="006A0B60" w:rsidRDefault="00000000">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>Figura 1.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> Respuestas a la pregunta: ¿Consideras importante cuidar la biodiversidad?</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="25236E3D" w14:textId="77777777" w:rsidR="006A0B60" w:rsidRDefault="00000000">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="3C16A32B" wp14:editId="4B7E7F2A">
             <wp:extent cx="4638675" cy="3095625"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="1" name="Objeto1"/>
             <wp:cNvGraphicFramePr/>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/chart">
                 <c:chart xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId11"/>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:p w14:paraId="5B48D953" w14:textId="77777777" w:rsidR="006A0B60" w:rsidRDefault="00000000">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
@@ -2165,69 +2047,51 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Fuente: Elaboración propia</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="14C623B7" w14:textId="77777777" w:rsidR="006A0B60" w:rsidRDefault="00000000">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
-        <w:t xml:space="preserve">Dentro del libro de ciencias naturales para los tres grados se dan a conocer temas relacionados con la biodiversidad en los seres vivos y las interacciones con el ambiente (Tabla 1), por lo que </w:t>
-[...17 lines deleted...]
-        <w:t xml:space="preserve"> conocen de manera general el significado del término biodiversidad y la importancia del cuidado de las plantas y animales.</w:t>
+        <w:t>Dentro del libro de ciencias naturales para los tres grados se dan a conocer temas relacionados con la biodiversidad en los seres vivos y las interacciones con el ambiente (Tabla 1), por lo que las alumnas y alumnos conocen de manera general el significado del término biodiversidad y la importancia del cuidado de las plantas y animales.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1054DFCD" w14:textId="77777777" w:rsidR="006A0B60" w:rsidRDefault="00000000">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Tabla 1.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
@@ -2271,89 +2135,85 @@
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>Grado</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3403" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="49640356" w14:textId="77777777" w:rsidR="006A0B60" w:rsidRDefault="00000000">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>Bloque</w:t>
             </w:r>
-            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4629" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="1CE0CE50" w14:textId="77777777" w:rsidR="006A0B60" w:rsidRDefault="00000000">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>Temas</w:t>
             </w:r>
-            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="006A0B60" w14:paraId="7E0A6C4A" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="987" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="786BB8C7" w14:textId="77777777" w:rsidR="006A0B60" w:rsidRDefault="00000000">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
@@ -2628,51 +2488,50 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="7E80EC32" w14:textId="3759887A" w:rsidR="006A0B60" w:rsidRDefault="00000000">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>Figura 2.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> Respuestas de la pregunta: ¿Separas la basura en orgánicos e inorgánicos en tu hogar?</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="32F22D7B" w14:textId="77777777" w:rsidR="006A0B60" w:rsidRDefault="00000000">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
@@ -2838,84 +2697,84 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> de igual manera, brinda a los alumnos la oportunidad de aprender la separación de basura y, sobre todo, la importancia de reciclarlos. En el libro de 6to grado, se realiza una actividad dentro del tema de "Reúso y Reciclado de Materiales", se pide la investigación relacionada con el reúso y reciclado de materiales, así como el uso de tecnologías para solucionar el deterioro del ambiente y facilitar el reúso y reciclaje. Por lo tanto, se les imparte temas relacionados con la separación de materiales, así como técnicas para reusarlos y reciclarlos.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="51A534F7" w14:textId="77777777" w:rsidR="006A0B60" w:rsidRDefault="00000000">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:tab/>
         <w:t>Para la pregunta 3, en la cual se preguntó si han escuchado sobre el cambio climático y calentamiento global, el 84% de ellos contestaron que sí lo han escuchado y el 16% no (Figura 3).</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="224A3F5A" w14:textId="77777777" w:rsidR="00AD3956" w:rsidRDefault="00AD3956">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="49EDC04C" w14:textId="174DE4AB" w:rsidR="006A0B60" w:rsidRDefault="00000000">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>Figura 3.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> Respuestas de la pregunta: ¿Has escuchado sobre el cambio climático y calentamiento global?</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="40F6F1E9" w14:textId="77777777" w:rsidR="006A0B60" w:rsidRDefault="00000000">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
@@ -3059,69 +2918,88 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Investigar, analizar, y proponer sobre las consecuencias del aumento del efecto invernadero </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="637B6EAE" w14:textId="77777777" w:rsidR="006A0B60" w:rsidRDefault="00000000" w:rsidP="00AD3956">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Son actividades que permiten a las alumnas y alumnos conocer las causas de </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>la  problemática</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>, consecuencias y soluciones a éste fenómeno, son sensibilizados ya que entienden que muchas especies animales, vegetales y las personas pueden ser afectados.</w:t>
+        <w:t xml:space="preserve">, consecuencias y soluciones a </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>éste</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> fenómeno, son sensibilizados ya que entienden que muchas especies animales, vegetales y las personas pueden ser afectados.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1151F509" w14:textId="77777777" w:rsidR="006A0B60" w:rsidRDefault="00000000" w:rsidP="00AD3956">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>En la cuarta pregunta, se les cuestionó si consideran importante proteger el medio ambiente, por lo que el 99% contesto que si les importa y el 1% no lo consideran así (Figura 4).</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="08FB3FFD" w14:textId="77777777" w:rsidR="00AD3956" w:rsidRDefault="00AD3956">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="center"/>
@@ -3152,51 +3030,50 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="10321C5C" w14:textId="695AD35A" w:rsidR="006A0B60" w:rsidRDefault="00000000">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>Figura 4.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> Respuestas de la pregunta: ¿Consideras importante proteger el medio ambiente?</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6D76B0D6" w14:textId="77777777" w:rsidR="006A0B60" w:rsidRDefault="00000000">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
@@ -3268,50 +3145,51 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
         <w:t>En el libro de Ciencias Naturales de 5to grado, se encuentra el tema "Importancia del cuidado del medio ambiente", "Importancia del cuidado del agua" e "Importancia del cuidado de los bosques". De la misma manera, para el 5to grado, pero en el libro de Formación Cívica y Ética, se muestran los temas de "Responsabilidad de la Ciudadanía ante los problemas ambientales" y "Feria del Medio Ambiente".</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1A84C975" w14:textId="77777777" w:rsidR="006A0B60" w:rsidRDefault="00000000" w:rsidP="00AD3956">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:tab/>
         <w:t>Para el libro de 6to grado, Ciencias Naturales, "Mejoremos nuestro ambiente", el objetivo de la actividad es investigar y analizar los productos que consumimos indiscriminadamente sin saber de dónde proceden y las consecuencias al ambiente. Y para el mismo nivel de 6to grado, pero en el libro de Formación Cívica y Ética, contiene temas de "Acciones a favor del mundo", "Reconocemos el deterioro del medio ambiente", "Decidimos a favor del medio ambiente" y "Participamos de manera individual y colectiva".</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="733157E8" w14:textId="77777777" w:rsidR="006A0B60" w:rsidRDefault="00000000" w:rsidP="00AD3956">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
         <w:t>En la quinta pregunta, se cuestionó: ¿Cuáles son las consecuencias de no cuidar el medio ambiente? Del total de encuestados, el 26% contestó que las plantas y animales se extinguirían, y el 24% mencionó que lo contaminamos. Un 18% menciona que nos quedaríamos sin oxígeno, pensando que el aire contaminado no se podría respirar (Figura 5).</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6B6B3552" w14:textId="77777777" w:rsidR="00AD3956" w:rsidRDefault="00AD3956" w:rsidP="00AD3956">
@@ -3331,51 +3209,50 @@
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="47064748" w14:textId="77777777" w:rsidR="006A0B60" w:rsidRDefault="00000000">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>Figura 5</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>. Respuestas de la pregunta: ¿Cuáles son las consecuencias de no cuidar el medio ambiente?</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="56E9737D" w14:textId="77777777" w:rsidR="006A0B60" w:rsidRDefault="00000000">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
@@ -3401,67 +3278,57 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Fuente: Elaboración propia</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1D836AC0" w14:textId="77777777" w:rsidR="006A0B60" w:rsidRDefault="00000000" w:rsidP="00AD3956">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="gramStart"/>
-[...15 lines deleted...]
-        <w:t xml:space="preserve"> la pregunta 6, “¿Que entiendes por medio Ambiente?”, las respuestas fueron abiertas, cada alumno escribió con sus propias palabras la respuesta las cuales fueron variadas. Se agruparon las respuestas que pretendían decir lo mismo con diferentes palabras.</w:t>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>En relación a la pregunta 6, “¿Que entiendes por medio Ambiente?”, las respuestas fueron abiertas, cada alumno escribió con sus propias palabras la respuesta las cuales fueron variadas. Se agruparon las respuestas que pretendían decir lo mismo con diferentes palabras.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="55A30005" w14:textId="77777777" w:rsidR="006A0B60" w:rsidRDefault="006A0B60">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="6944A977" w14:textId="77777777" w:rsidR="006A0B60" w:rsidRDefault="00000000">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -3473,50 +3340,51 @@
         <w:t>Figura 6.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> Respuestas de la pregunta: ¿Qué entiendes por medio ambiente?</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0A26186B" w14:textId="77777777" w:rsidR="006A0B60" w:rsidRDefault="00000000">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="3824F360" wp14:editId="7C9982F6">
             <wp:extent cx="5971540" cy="2714625"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="6" name="Objeto6"/>
             <wp:cNvGraphicFramePr/>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/chart">
                 <c:chart xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId16"/>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:p w14:paraId="728380B5" w14:textId="77777777" w:rsidR="006A0B60" w:rsidRDefault="00000000" w:rsidP="00AD3956">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
@@ -3524,60 +3392,51 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Fuente: Elaboración propia</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="39ED96AA" w14:textId="77777777" w:rsidR="006A0B60" w:rsidRDefault="00000000" w:rsidP="00AD3956">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
-        <w:t xml:space="preserve">Para el 45% de los encuestados, preguntarles sobre qué entienden por medio ambiente significa cuidarlo. Relacionan el medio ambiente con el cuidado de las plantas, animales, agua y </w:t>
-[...8 lines deleted...]
-        <w:t>evitar la contaminación por medio de la basura. Para el 22%, el medio ambiente es la naturaleza que los rodea, como los árboles y animales (Figura 6).</w:t>
+        <w:t>Para el 45% de los encuestados, preguntarles sobre qué entienden por medio ambiente significa cuidarlo. Relacionan el medio ambiente con el cuidado de las plantas, animales, agua y evitar la contaminación por medio de la basura. Para el 22%, el medio ambiente es la naturaleza que los rodea, como los árboles y animales (Figura 6).</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6AB9DBC9" w14:textId="77777777" w:rsidR="006A0B60" w:rsidRDefault="00000000" w:rsidP="00AD3956">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
         <w:t>Desde segundo grado de primaria, se comienza a hablar sobre el término "medio ambiente". En el libro de Formación Cívica y Ética se encuentra el tema "Acuerdo con otros para cuidar el medio ambiente", por lo que los alumnos comienzan a familiarizarse con el término y relacionarlo con la naturaleza que los rodea.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="77319AAA" w14:textId="77777777" w:rsidR="006A0B60" w:rsidRDefault="00000000" w:rsidP="00AD3956">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
@@ -3629,50 +3488,51 @@
         <w:t>Figura 7.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> Respuestas a la pregunta: ¿Por qué es importante cuidar el medio ambiente?</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="74B2050E" w14:textId="77777777" w:rsidR="006A0B60" w:rsidRDefault="00000000">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="28421673" wp14:editId="0A63EFA8">
             <wp:extent cx="5324475" cy="2752725"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="7" name="Objeto7"/>
             <wp:cNvGraphicFramePr/>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/chart">
                 <c:chart xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId17"/>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:p w14:paraId="6C78E531" w14:textId="77777777" w:rsidR="006A0B60" w:rsidRDefault="00000000" w:rsidP="00AD3956">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
@@ -3766,76 +3626,76 @@
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="3A41E25B" w14:textId="77777777" w:rsidR="006A0B60" w:rsidRDefault="00000000" w:rsidP="00AD3956">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>Figura 8.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> Respuestas a la pregunta: ¿Cuáles son las consecuencias de no cuidar el medio ambiente?</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0C959B19" w14:textId="77777777" w:rsidR="006A0B60" w:rsidRDefault="00000000">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="36EDA426" wp14:editId="55BF0E69">
             <wp:extent cx="4572000" cy="2752725"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="8" name="Objeto8"/>
             <wp:cNvGraphicFramePr/>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/chart">
                 <c:chart xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId18"/>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:p w14:paraId="626BBFFC" w14:textId="77777777" w:rsidR="006A0B60" w:rsidRDefault="00000000" w:rsidP="00AD3956">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
@@ -3949,61 +3809,53 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Fuente: Elaboración propia</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0B11AD5C" w14:textId="77777777" w:rsidR="006A0B60" w:rsidRDefault="00000000" w:rsidP="00AD3956">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:tab/>
-        <w:t xml:space="preserve">Un poco más de la mitad de los alumnos encuestados coinciden en que cuidar el agua es no desperdiciarla (Figura 9). En el libro de Ciencias Naturales se les enseña a los alumnos sobre la </w:t>
-[...8 lines deleted...]
-        <w:t>"Importancia del cuidado del agua", en el tema se muestra la relevancia de no desperdiciar el agua potable y cuidarla debido a su escasa disponibilidad en el planeta.</w:t>
+        <w:t>Un poco más de la mitad de los alumnos encuestados coinciden en que cuidar el agua es no desperdiciarla (Figura 9). En el libro de Ciencias Naturales se les enseña a los alumnos sobre la "Importancia del cuidado del agua", en el tema se muestra la relevancia de no desperdiciar el agua potable y cuidarla debido a su escasa disponibilidad en el planeta.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4E63FB31" w14:textId="77777777" w:rsidR="00AD3956" w:rsidRDefault="00AD3956">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="4DB5C9FD" w14:textId="5AE6414D" w:rsidR="006A0B60" w:rsidRDefault="00000000">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
@@ -4173,78 +4025,59 @@
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="1DC83C8A" w14:textId="77777777" w:rsidR="006A0B60" w:rsidRDefault="00000000">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>Figura 11.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Agrupación de los dibujos para los tres grados </w:t>
-[...17 lines deleted...]
-        <w:t xml:space="preserve"> la categoría.</w:t>
+        <w:t xml:space="preserve"> Agrupación de los dibujos para los tres grados de acuerdo a la categoría.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="25C73720" w14:textId="77777777" w:rsidR="006A0B60" w:rsidRDefault="00000000">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="75CF5046" wp14:editId="2D478BD6">
             <wp:extent cx="5438775" cy="3152775"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="11" name="Objeto11"/>
             <wp:cNvGraphicFramePr/>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/chart">
                 <c:chart xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId21"/>
@@ -4268,85 +4101,68 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Fuente: Elaboración propia</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="54361079" w14:textId="77777777" w:rsidR="006A0B60" w:rsidRDefault="00000000" w:rsidP="00AD3956">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
-        <w:t xml:space="preserve">De acuerdo con la (Figura 11), los dibujos que predominan están en la categoría de separación y disposición de la basura, ya que 38 alumnos expresaron que el cuidado del medio ambiente consiste en colocar la basura en contenedores. Además, 26 de </w:t>
-[...17 lines deleted...]
-        <w:t xml:space="preserve"> expresaron en sus dibujos que el cuidado del medio ambiente implica plantar, regar y cuidar de los árboles. Algunos de estos dibujos se muestran a continuación:</w:t>
+        <w:t>De acuerdo con la (Figura 11), los dibujos que predominan están en la categoría de separación y disposición de la basura, ya que 38 alumnos expresaron que el cuidado del medio ambiente consiste en colocar la basura en contenedores. Además, 26 de los niños y niñas expresaron en sus dibujos que el cuidado del medio ambiente implica plantar, regar y cuidar de los árboles. Algunos de estos dibujos se muestran a continuación:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3922C966" w14:textId="77777777" w:rsidR="006A0B60" w:rsidRDefault="00000000">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="2CCC54B4" wp14:editId="35DA4D91">
             <wp:extent cx="3354705" cy="2687955"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="12" name="Imagen 15"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="12" name="Imagen 15"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId22"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
@@ -4442,51 +4258,50 @@
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">                      Evelyn Michelle Gastelum (5to grado)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2302EF8C" w14:textId="77777777" w:rsidR="006A0B60" w:rsidRDefault="00000000">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="77C39D98" wp14:editId="2681BC58">
             <wp:extent cx="2571750" cy="3131185"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="14" name="Imagen 18"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="14" name="Imagen 18"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId24"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
@@ -4542,67 +4357,57 @@
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="3124200" cy="2091690"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:p w14:paraId="42AC9019" w14:textId="77777777" w:rsidR="006A0B60" w:rsidRDefault="00000000">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="spellStart"/>
-[...15 lines deleted...]
-        <w:t xml:space="preserve"> Cázares Félix (6to </w:t>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Yeira Cázares Félix (6to </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">A)   </w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">                                              Dafne Paola Vázquez (4to A)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5B2B008F" w14:textId="77777777" w:rsidR="00AD3956" w:rsidRPr="00AD3956" w:rsidRDefault="00AD3956" w:rsidP="00AD3956">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
@@ -4632,103 +4437,83 @@
           <w:bCs/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>Discusión</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="141C13DC" w14:textId="77777777" w:rsidR="006A0B60" w:rsidRDefault="00000000" w:rsidP="00AD3956">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Estas últimas generaciones de ciudadanos en México, en su educación básica, han sido instruidos en el cuidado del medio ambiente, cuidado del agua, la energía eléctrica, respeto a las plantas y animales. Por lo tanto, han crecido con una percepción de que no es correcto tirar basura, que se debe colocar en contenedores identificados, y están conscientes de que el humo de fábricas y carros puede causar enfermedades respiratorias en las personas. Todo esto es gracias a los ejes temáticos incluidos en los libros de la educación primaria y secundaria. Con estos temas, se están formando ciudadanos sensibilizados en cuidar el lugar donde viven, y enterados de que hay especies de plantas y animales que deben ser cuidados, o de lo contrario desaparecerán. Esto lleva a la formación de sociedades más educadas y con una mejor responsabilidad ética y cívica.</w:t>
+        <w:t xml:space="preserve">Estas últimas generaciones de ciudadanos en México, en su educación básica, han sido instruidos en el cuidado del medio ambiente, cuidado del agua, la energía eléctrica, respeto a las plantas y animales. Por lo tanto, han crecido con una percepción de que no es correcto tirar basura, que se </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>debe colocar en contenedores identificados, y están conscientes de que el humo de fábricas y carros puede causar enfermedades respiratorias en las personas. Todo esto es gracias a los ejes temáticos incluidos en los libros de la educación primaria y secundaria. Con estos temas, se están formando ciudadanos sensibilizados en cuidar el lugar donde viven, y enterados de que hay especies de plantas y animales que deben ser cuidados, o de lo contrario desaparecerán. Esto lleva a la formación de sociedades más educadas y con una mejor responsabilidad ética y cívica.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1432AA61" w14:textId="77777777" w:rsidR="006A0B60" w:rsidRDefault="00000000" w:rsidP="00AD3956">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
-        <w:t xml:space="preserve">Aunque los libros de primaria, en los seis grados, contienen distintos ejes temáticos sobre el cuidado del medio ambiente, no se reflejan en los resultados de las encuestas aplicadas. Existen deficiencias en el conocimiento adquirido por </w:t>
-[...29 lines deleted...]
-        <w:t>información existe en los libros, por lo que faltaría diseñar actividades para lograr un mayor porcentaje de aprendizaje en estos temas.</w:t>
+        <w:t>Aunque los libros de primaria, en los seis grados, contienen distintos ejes temáticos sobre el cuidado del medio ambiente, no se reflejan en los resultados de las encuestas aplicadas. Existen deficiencias en el conocimiento adquirido por los niños y niñas acerca de estos temas, por lo que se deben implementar estrategias para lograr que la información presente en los libros llegue a los alumnos y el proceso enseñanza-aprendizaje sea efectivo. Implementar cursos y talleres a los profesores de primaria acerca de los temas del cuidado del medio ambiente les daría más herramientas didácticas para implementarse con sus alumnos, mostrar videos didácticos, realizar prácticas de campo serían otra forma de complementar la parte teórica vista en clases. La información existe en los libros, por lo que faltaría diseñar actividades para lograr un mayor porcentaje de aprendizaje en estos temas.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="319BDE13" w14:textId="77777777" w:rsidR="00AD3956" w:rsidRDefault="00AD3956" w:rsidP="00AD3956">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="76BEFB57" w14:textId="23A9512D" w:rsidR="006A0B60" w:rsidRPr="00AD3956" w:rsidRDefault="00000000" w:rsidP="00AD3956">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
@@ -4782,51 +4567,60 @@
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
         <w:t>Existe una diferencia entre los niños en la forma en que perciben el cuidado del medio ambiente. Para algunos de ellos, significa cuidar los árboles y animales; para otros, no tirar la basura o separarla en contenedores. Pero, de manera general, coinciden en que no es bueno para vivir en un lugar sucio, cortar árboles o tirar la basura en cualquier lugar.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4F54F3EC" w14:textId="77777777" w:rsidR="006A0B60" w:rsidRDefault="00000000" w:rsidP="00AD3956">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
-        <w:t>Aunque los libros contienen los temas para inculcar en los niños la importancia del cuidado del medio ambiente y los seres vivos, se puede observar que existen deficiencias en la manera en que reciben la información, por lo que se recomienda desarrollar estrategias para que el proceso de enseñanza-aprendizaje sea más efectivo, y lograr un mejor entendimiento por parte de los niños sobre estos temas. Por ejemplo, el desarrollo de talleres sobre la importancia de jardines polinizadores, la elaboración de compostas con residuos orgánicos para mejorar los suelos en las áreas verdes de las escuelas, la separación de residuos sólidos en contenedores identificados y la realización de manualidades con ellos para fomentar el reúso de botellas de plástico y la venta de papel y aluminio a empresas recicladoras de la ciudad de Los Mochis.</w:t>
+        <w:t xml:space="preserve">Aunque los libros contienen los temas para inculcar en los niños la importancia del cuidado del medio ambiente y los seres vivos, se puede observar que existen deficiencias en la manera en </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>que reciben la información, por lo que se recomienda desarrollar estrategias para que el proceso de enseñanza-aprendizaje sea más efectivo, y lograr un mejor entendimiento por parte de los niños sobre estos temas. Por ejemplo, el desarrollo de talleres sobre la importancia de jardines polinizadores, la elaboración de compostas con residuos orgánicos para mejorar los suelos en las áreas verdes de las escuelas, la separación de residuos sólidos en contenedores identificados y la realización de manualidades con ellos para fomentar el reúso de botellas de plástico y la venta de papel y aluminio a empresas recicladoras de la ciudad de Los Mochis.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6C6524A2" w14:textId="77777777" w:rsidR="00AD3956" w:rsidRDefault="00AD3956" w:rsidP="00AD3956">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="091E7164" w14:textId="43A3579E" w:rsidR="006A0B60" w:rsidRDefault="00000000" w:rsidP="00AD3956">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
@@ -4869,51 +4663,50 @@
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="007CA88A" w14:textId="7E475CE2" w:rsidR="006A0B60" w:rsidRDefault="00000000" w:rsidP="00AD3956">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>Agradecimiento</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="495A68DC" w14:textId="77777777" w:rsidR="006A0B60" w:rsidRDefault="00000000" w:rsidP="00AD3956">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Se agradece al alumno Fernando Castro Bojórquez egresado de la Universidad Autónoma de Occidente unidad regional Los Mochis del programa educativo de Ingeniería Ambiental por su investigación realizada para obtener el título como Licenciado en Ingeniería Ambiental modalidad de tesis.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1DACFA95" w14:textId="77777777" w:rsidR="00AD3956" w:rsidRDefault="00AD3956" w:rsidP="00AD3956">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
@@ -5090,74 +4883,75 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> https://repositorio.uladech.edu.pe/bitstream/handle/20.500.13032/18871/CONCIENCIA_</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2AEF2AA4" w14:textId="77777777" w:rsidR="006A0B60" w:rsidRDefault="00000000">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:left="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>AMBIENTAL_%20APAZA_PAJA_WALTER.pdf?sequence=1&amp;isAllowed=y</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="34439C63" w14:textId="77777777" w:rsidR="006A0B60" w:rsidRDefault="00000000">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:left="709" w:hanging="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Araujo, K. P. (2016). </w:t>
       </w:r>
       <w:hyperlink r:id="rId26">
-        <w:r>
+        <w:r w:rsidR="006A0B60">
           <w:rPr>
             <w:rStyle w:val="Enlacedelndice"/>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:i/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>Actitudes hacia la lectura y comprensión lectora en los estudiantes del 6º grado de primaria</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">. [Tesis de Licenciatura </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
@@ -5179,119 +4973,71 @@
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>https://repositorio.ucv.edu.pe/bitstream/handle/20.500.12692</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="20D34E65" w14:textId="77777777" w:rsidR="006A0B60" w:rsidRPr="00AD3956" w:rsidRDefault="00000000">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:left="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AD3956">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>/103/</w:t>
-[...19 lines deleted...]
-        <w:t>=1&amp;isAllowed=y</w:t>
+        <w:t>/103/almeida_ak.pdf?sequence=1&amp;isAllowed=y</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="657336A8" w14:textId="77777777" w:rsidR="006A0B60" w:rsidRDefault="00000000">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:left="709" w:hanging="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="spellStart"/>
-[...33 lines deleted...]
-        <w:t xml:space="preserve">, L. E. (2018). </w:t>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Arestegui Ayamamani, L. E. (2018). </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Conciencia ambiental y conservación del medio ambiente en los niños del cuarto grado sección “d” de la institución educativa 70549 Virgen del Carmen de la ciudad de Juliaca, provincia de San Román, región Puno, en el año 2018</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">. [Tesis de licenciatura </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
@@ -5366,51 +5112,50 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>] https://repositorio.udl.edu.pe/bitstream/UDL/125/3/Tesis-Plan-De-Educaci%c3%b3n-Ambiental-Final.pdf</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1E74E255" w14:textId="77777777" w:rsidR="006A0B60" w:rsidRDefault="00000000">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:left="709" w:hanging="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>Fondo de las Naciones Unidas para la Infancia. (2017). Educación y aprendizaje. https://www.unicef.org/mexico/educaci%C3%B3n-y aprendizaje#:~:text= La%20educaci</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="051B8CD5" w14:textId="77777777" w:rsidR="006A0B60" w:rsidRDefault="00000000">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:left="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>%C3%B3n%20es%20un%20derecho,y%20ejercer%20sus%20otros%20derechos.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0CF67277" w14:textId="77777777" w:rsidR="006A0B60" w:rsidRDefault="00000000">
       <w:pPr>
@@ -5496,76 +5241,76 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:sectPr w:rsidR="006A0B60" w:rsidSect="00AD3956">
       <w:headerReference w:type="default" r:id="rId27"/>
       <w:footerReference w:type="default" r:id="rId28"/>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="851" w:right="1418" w:bottom="709" w:left="1418" w:header="0" w:footer="0" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:formProt w:val="0"/>
       <w:docGrid w:linePitch="360" w:charSpace="4096"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="645F3545" w14:textId="77777777" w:rsidR="005050C2" w:rsidRDefault="005050C2" w:rsidP="00AD3956">
+    <w:p w14:paraId="65EFA602" w14:textId="77777777" w:rsidR="007F615A" w:rsidRDefault="007F615A" w:rsidP="00AD3956">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="086F7984" w14:textId="77777777" w:rsidR="005050C2" w:rsidRDefault="005050C2" w:rsidP="00AD3956">
+    <w:p w14:paraId="365E0CA8" w14:textId="77777777" w:rsidR="007F615A" w:rsidRDefault="007F615A" w:rsidP="00AD3956">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
@@ -5600,51 +5345,51 @@
     <w:pitch w:val="variable"/>
   </w:font>
   <w:font w:name="Noto Sans CJK SC">
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:notTrueType/>
     <w:pitch w:val="default"/>
   </w:font>
   <w:font w:name="Noto Sans Devanagari">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="80008023" w:usb1="00002046" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Helvetica Neue">
     <w:altName w:val="Arial"/>
     <w:charset w:val="01"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:sdt>
     <w:sdtPr>
       <w:id w:val="181709762"/>
       <w:docPartObj>
         <w:docPartGallery w:val="Page Numbers (Bottom of Page)"/>
         <w:docPartUnique/>
       </w:docPartObj>
     </w:sdtPr>
     <w:sdtContent>
       <w:p w14:paraId="4190C94E" w14:textId="77777777" w:rsidR="00AD3956" w:rsidRDefault="00AD3956" w:rsidP="00AD3956">
         <w:pPr>
           <w:pStyle w:val="Piedepgina"/>
           <w:jc w:val="center"/>
         </w:pPr>
         <w:r w:rsidRPr="0008372D">
           <w:rPr>
             <w:rFonts w:cstheme="minorHAnsi"/>
             <w:b/>
           </w:rPr>
           <w:t xml:space="preserve">Vol. </w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rFonts w:cstheme="minorHAnsi"/>
             <w:b/>
@@ -5664,126 +5409,190 @@
             <w:b/>
           </w:rPr>
           <w:t>9</w:t>
         </w:r>
         <w:r w:rsidRPr="0008372D">
           <w:rPr>
             <w:rFonts w:cstheme="minorHAnsi"/>
             <w:b/>
           </w:rPr>
           <w:t xml:space="preserve">                  </w:t>
         </w:r>
         <w:proofErr w:type="gramStart"/>
         <w:r>
           <w:rPr>
             <w:rFonts w:cstheme="minorHAnsi"/>
             <w:b/>
           </w:rPr>
           <w:t>Enero</w:t>
         </w:r>
         <w:proofErr w:type="gramEnd"/>
         <w:r>
           <w:rPr>
             <w:rFonts w:cstheme="minorHAnsi"/>
             <w:b/>
           </w:rPr>
-          <w:t xml:space="preserve"> – Junio 2023</w:t>
+          <w:t xml:space="preserve"> – </w:t>
+        </w:r>
+        <w:proofErr w:type="gramStart"/>
+        <w:r>
+          <w:rPr>
+            <w:rFonts w:cstheme="minorHAnsi"/>
+            <w:b/>
+          </w:rPr>
+          <w:t>Junio</w:t>
+        </w:r>
+        <w:proofErr w:type="gramEnd"/>
+        <w:r>
+          <w:rPr>
+            <w:rFonts w:cstheme="minorHAnsi"/>
+            <w:b/>
+          </w:rPr>
+          <w:t xml:space="preserve"> 2023</w:t>
         </w:r>
         <w:r w:rsidRPr="0008372D">
           <w:rPr>
             <w:rFonts w:cstheme="minorHAnsi"/>
             <w:b/>
           </w:rPr>
           <w:t xml:space="preserve">                         ISSN: 2448 – 6280</w:t>
         </w:r>
       </w:p>
     </w:sdtContent>
   </w:sdt>
   <w:p w14:paraId="0D0CAA97" w14:textId="77777777" w:rsidR="00AD3956" w:rsidRDefault="00AD3956">
     <w:pPr>
       <w:pStyle w:val="Piedepgina"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="75190EEC" w14:textId="77777777" w:rsidR="005050C2" w:rsidRDefault="005050C2" w:rsidP="00AD3956">
+    <w:p w14:paraId="7624B353" w14:textId="77777777" w:rsidR="007F615A" w:rsidRDefault="007F615A" w:rsidP="00AD3956">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="08B2B10C" w14:textId="77777777" w:rsidR="005050C2" w:rsidRDefault="005050C2" w:rsidP="00AD3956">
+    <w:p w14:paraId="23096322" w14:textId="77777777" w:rsidR="007F615A" w:rsidRDefault="007F615A" w:rsidP="00AD3956">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="742BC6E8" w14:textId="77777777" w:rsidR="00AD3956" w:rsidRDefault="00AD3956">
     <w:pPr>
       <w:pStyle w:val="Encabezado"/>
       <w:rPr>
         <w:rFonts w:cstheme="minorHAnsi"/>
         <w:b/>
         <w:i/>
       </w:rPr>
     </w:pPr>
   </w:p>
-  <w:p w14:paraId="27989F4D" w14:textId="78085EDA" w:rsidR="00AD3956" w:rsidRDefault="00AD3956" w:rsidP="00AD3956">
+  <w:p w14:paraId="27989F4D" w14:textId="4512588D" w:rsidR="00AD3956" w:rsidRDefault="00930B51" w:rsidP="00AD3956">
     <w:pPr>
       <w:pStyle w:val="Encabezado"/>
       <w:jc w:val="center"/>
     </w:pPr>
-    <w:r w:rsidRPr="00B26827">
+    <w:r>
       <w:rPr>
         <w:rFonts w:cstheme="minorHAnsi"/>
         <w:b/>
         <w:i/>
+        <w:noProof/>
       </w:rPr>
-      <w:t>Revista Electrónica sobre Cuerpos Académicos y Grupos de Investigación</w:t>
+      <w:drawing>
+        <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="6293E67B" wp14:editId="0950E610">
+          <wp:extent cx="6858000" cy="1097280"/>
+          <wp:effectExtent l="0" t="0" r="0" b="7620"/>
+          <wp:docPr id="1574438553" name="Imagen 1"/>
+          <wp:cNvGraphicFramePr>
+            <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+          </wp:cNvGraphicFramePr>
+          <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+            <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+              <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:nvPicPr>
+                  <pic:cNvPr id="0" name="Picture 2"/>
+                  <pic:cNvPicPr>
+                    <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+                  </pic:cNvPicPr>
+                </pic:nvPicPr>
+                <pic:blipFill>
+                  <a:blip r:embed="rId1">
+                    <a:extLst>
+                      <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                        <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                      </a:ext>
+                    </a:extLst>
+                  </a:blip>
+                  <a:srcRect/>
+                  <a:stretch>
+                    <a:fillRect/>
+                  </a:stretch>
+                </pic:blipFill>
+                <pic:spPr bwMode="auto">
+                  <a:xfrm>
+                    <a:off x="0" y="0"/>
+                    <a:ext cx="6858000" cy="1097280"/>
+                  </a:xfrm>
+                  <a:prstGeom prst="rect">
+                    <a:avLst/>
+                  </a:prstGeom>
+                  <a:noFill/>
+                  <a:ln>
+                    <a:noFill/>
+                  </a:ln>
+                </pic:spPr>
+              </pic:pic>
+            </a:graphicData>
+          </a:graphic>
+        </wp:inline>
+      </w:drawing>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="39E83C7D"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="9F48211A"/>
     <w:lvl w:ilvl="0">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="-"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="0"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -6011,110 +5820,113 @@
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="none"/>
       <w:suff w:val="nothing"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="0"/>
         </w:tabs>
         <w:ind w:left="0" w:firstLine="0"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1" w16cid:durableId="231081089">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="2" w16cid:durableId="652218893">
     <w:abstractNumId w:val="1"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:autoHyphenation/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="006A0B60"/>
     <w:rsid w:val="005050C2"/>
     <w:rsid w:val="006A0B60"/>
+    <w:rsid w:val="007F615A"/>
+    <w:rsid w:val="00930B51"/>
+    <w:rsid w:val="00A94B61"/>
     <w:rsid w:val="00AD3956"/>
     <w:rsid w:val="00FA1A7F"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="es-MX" w:eastAsia="" w:bidi=""/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="1BEFF108"/>
   <w15:docId w15:val="{6FABD16E-AFCE-4356-904D-5A45454640D1}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="es-MX" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:suppressAutoHyphens/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -6521,51 +6333,50 @@
     <w:name w:val="heading 4"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Ttulo4Car"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="001766AC"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="40" w:after="0"/>
       <w:outlineLvl w:val="3"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:i/>
       <w:iCs/>
       <w:color w:val="2E74B5" w:themeColor="accent1" w:themeShade="BF"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="Fuentedeprrafopredeter">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
-    <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="Tablanormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="Sinlista">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="EnlacedeInternet">
     <w:name w:val="Enlace de Internet"/>
@@ -6744,105 +6555,109 @@
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="PiedepginaCar">
     <w:name w:val="Pie de página Car"/>
     <w:basedOn w:val="Fuentedeprrafopredeter"/>
     <w:link w:val="Piedepgina"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00AD3956"/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Prrafodelista">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="34"/>
     <w:qFormat/>
     <w:rsid w:val="00AD3956"/>
     <w:pPr>
       <w:ind w:left="720"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh"/>
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du"/>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-8532-7130" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/chart" Target="charts/chart3.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/chart" Target="charts/chart8.xml"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://repositorio.ucv.edu.pe/handle/20.500.12692/18341" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/chart" Target="charts/chart11.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/chart" Target="charts/chart2.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/chart" Target="charts/chart7.xml"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/chart" Target="charts/chart6.xml"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/chart" Target="charts/chart10.xml"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/chart" Target="charts/chart1.xml"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/chart" Target="charts/chart5.xml"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-5584-0638" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/chart" Target="charts/chart9.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-7692-4547" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/chart" Target="charts/chart4.xml"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
+</file>
+
+<file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image5.jpeg"/></Relationships>
 </file>
 
 <file path=word/charts/_rels/chart1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/package" Target="../embeddings/Microsoft_Excel_Worksheet.xlsx"/></Relationships>
 </file>
 
 <file path=word/charts/_rels/chart10.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/package" Target="../embeddings/Microsoft_Excel_Worksheet9.xlsx"/></Relationships>
 </file>
 
 <file path=word/charts/_rels/chart11.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/package" Target="../embeddings/Microsoft_Excel_Worksheet10.xlsx"/></Relationships>
 </file>
 
 <file path=word/charts/_rels/chart2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/package" Target="../embeddings/Microsoft_Excel_Worksheet1.xlsx"/></Relationships>
 </file>
 
 <file path=word/charts/_rels/chart3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/package" Target="../embeddings/Microsoft_Excel_Worksheet2.xlsx"/></Relationships>
 </file>
 
 <file path=word/charts/_rels/chart4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/package" Target="../embeddings/Microsoft_Excel_Worksheet3.xlsx"/></Relationships>
 </file>
 
 <file path=word/charts/_rels/chart5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/package" Target="../embeddings/Microsoft_Excel_Worksheet4.xlsx"/></Relationships>
 </file>
 
 <file path=word/charts/_rels/chart6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/package" Target="../embeddings/Microsoft_Excel_Worksheet5.xlsx"/></Relationships>
 </file>
 
 <file path=word/charts/_rels/chart7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/package" Target="../embeddings/Microsoft_Excel_Worksheet6.xlsx"/></Relationships>
 </file>
 
 <file path=word/charts/_rels/chart8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/package" Target="../embeddings/Microsoft_Excel_Worksheet7.xlsx"/></Relationships>
 </file>
 
 <file path=word/charts/_rels/chart9.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/package" Target="../embeddings/Microsoft_Excel_Worksheet8.xlsx"/></Relationships>
 </file>
 
 <file path=word/charts/chart1.xml><?xml version="1.0" encoding="utf-8"?>
 <c:chartSpace xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:c16r2="http://schemas.microsoft.com/office/drawing/2015/06/chart">
   <c:date1904 val="1"/>
-  <c:lang val="es-ES"/>
+  <c:lang val="es-MX"/>
   <c:roundedCorners val="0"/>
   <c:style val="2"/>
   <c:chart>
     <c:title>
       <c:tx>
         <c:rich>
           <a:bodyPr rot="0"/>
           <a:lstStyle/>
           <a:p>
             <a:pPr>
               <a:defRPr lang="en-US" sz="1100" b="0" strike="noStrike" spc="-1">
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
                 <a:latin typeface="Times New Roman"/>
               </a:defRPr>
             </a:pPr>
             <a:r>
               <a:rPr lang="en-US" sz="1100" b="0" strike="noStrike" spc="-1">
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
                 <a:latin typeface="Times New Roman"/>
               </a:rPr>
               <a:t>¿Consideras importantes cuidar la biodiversidad?</a:t>
@@ -7167,51 +6982,51 @@
     </c:legend>
     <c:plotVisOnly val="1"/>
     <c:dispBlanksAs val="zero"/>
     <c:showDLblsOverMax val="1"/>
   </c:chart>
   <c:spPr>
     <a:solidFill>
       <a:srgbClr val="FFFFFF"/>
     </a:solidFill>
     <a:ln w="9360">
       <a:solidFill>
         <a:srgbClr val="D9D9D9"/>
       </a:solidFill>
       <a:round/>
     </a:ln>
   </c:spPr>
   <c:externalData r:id="rId1">
     <c:autoUpdate val="0"/>
   </c:externalData>
 </c:chartSpace>
 </file>
 
 <file path=word/charts/chart10.xml><?xml version="1.0" encoding="utf-8"?>
 <c:chartSpace xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:c16r2="http://schemas.microsoft.com/office/drawing/2015/06/chart">
   <c:date1904 val="1"/>
-  <c:lang val="es-ES"/>
+  <c:lang val="es-MX"/>
   <c:roundedCorners val="0"/>
   <c:style val="2"/>
   <c:chart>
     <c:title>
       <c:tx>
         <c:rich>
           <a:bodyPr rot="0"/>
           <a:lstStyle/>
           <a:p>
             <a:pPr>
               <a:defRPr lang="es-MX" sz="1100" b="0" strike="noStrike" spc="-1">
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
                 <a:latin typeface="Times New Roman"/>
               </a:defRPr>
             </a:pPr>
             <a:r>
               <a:rPr lang="es-MX" sz="1100" b="0" strike="noStrike" spc="-1">
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
                 <a:latin typeface="Times New Roman"/>
               </a:rPr>
               <a:t>¿Como puedes ahorrar energía electrica?</a:t>
@@ -7456,51 +7271,51 @@
     </c:plotArea>
     <c:plotVisOnly val="1"/>
     <c:dispBlanksAs val="gap"/>
     <c:showDLblsOverMax val="1"/>
   </c:chart>
   <c:spPr>
     <a:solidFill>
       <a:srgbClr val="FFFFFF"/>
     </a:solidFill>
     <a:ln w="9360">
       <a:solidFill>
         <a:srgbClr val="D9D9D9"/>
       </a:solidFill>
       <a:round/>
     </a:ln>
   </c:spPr>
   <c:externalData r:id="rId1">
     <c:autoUpdate val="0"/>
   </c:externalData>
 </c:chartSpace>
 </file>
 
 <file path=word/charts/chart11.xml><?xml version="1.0" encoding="utf-8"?>
 <c:chartSpace xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:c16r2="http://schemas.microsoft.com/office/drawing/2015/06/chart">
   <c:date1904 val="1"/>
-  <c:lang val="es-ES"/>
+  <c:lang val="es-MX"/>
   <c:roundedCorners val="0"/>
   <c:style val="2"/>
   <c:chart>
     <c:autoTitleDeleted val="1"/>
     <c:plotArea>
       <c:layout/>
       <c:barChart>
         <c:barDir val="bar"/>
         <c:grouping val="clustered"/>
         <c:varyColors val="0"/>
         <c:ser>
           <c:idx val="0"/>
           <c:order val="0"/>
           <c:tx>
             <c:strRef>
               <c:f>label 0</c:f>
               <c:strCache>
                 <c:ptCount val="1"/>
                 <c:pt idx="0">
                   <c:v>4to grado</c:v>
                 </c:pt>
               </c:strCache>
             </c:strRef>
           </c:tx>
           <c:spPr>
@@ -7948,51 +7763,51 @@
     </c:legend>
     <c:plotVisOnly val="1"/>
     <c:dispBlanksAs val="gap"/>
     <c:showDLblsOverMax val="1"/>
   </c:chart>
   <c:spPr>
     <a:solidFill>
       <a:srgbClr val="FFFFFF"/>
     </a:solidFill>
     <a:ln w="9360">
       <a:solidFill>
         <a:srgbClr val="D9D9D9"/>
       </a:solidFill>
       <a:round/>
     </a:ln>
   </c:spPr>
   <c:externalData r:id="rId1">
     <c:autoUpdate val="0"/>
   </c:externalData>
 </c:chartSpace>
 </file>
 
 <file path=word/charts/chart2.xml><?xml version="1.0" encoding="utf-8"?>
 <c:chartSpace xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:c16r2="http://schemas.microsoft.com/office/drawing/2015/06/chart">
   <c:date1904 val="1"/>
-  <c:lang val="es-ES"/>
+  <c:lang val="es-MX"/>
   <c:roundedCorners val="0"/>
   <c:style val="2"/>
   <c:chart>
     <c:autoTitleDeleted val="1"/>
     <c:plotArea>
       <c:layout>
         <c:manualLayout>
           <c:layoutTarget val="inner"/>
           <c:xMode val="edge"/>
           <c:yMode val="edge"/>
           <c:x val="0.30925000000000002"/>
           <c:y val="7.7777777777777807E-2"/>
           <c:w val="0.47318749999999998"/>
           <c:h val="0.78866666666666696"/>
         </c:manualLayout>
       </c:layout>
       <c:pieChart>
         <c:varyColors val="1"/>
         <c:ser>
           <c:idx val="0"/>
           <c:order val="0"/>
           <c:tx>
             <c:strRef>
               <c:f>label 0</c:f>
               <c:strCache>
@@ -8234,51 +8049,51 @@
     </c:legend>
     <c:plotVisOnly val="1"/>
     <c:dispBlanksAs val="zero"/>
     <c:showDLblsOverMax val="1"/>
   </c:chart>
   <c:spPr>
     <a:solidFill>
       <a:srgbClr val="FFFFFF"/>
     </a:solidFill>
     <a:ln w="9360">
       <a:solidFill>
         <a:srgbClr val="D9D9D9"/>
       </a:solidFill>
       <a:round/>
     </a:ln>
   </c:spPr>
   <c:externalData r:id="rId1">
     <c:autoUpdate val="0"/>
   </c:externalData>
 </c:chartSpace>
 </file>
 
 <file path=word/charts/chart3.xml><?xml version="1.0" encoding="utf-8"?>
 <c:chartSpace xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:c16r2="http://schemas.microsoft.com/office/drawing/2015/06/chart">
   <c:date1904 val="1"/>
-  <c:lang val="es-ES"/>
+  <c:lang val="es-MX"/>
   <c:roundedCorners val="0"/>
   <c:style val="2"/>
   <c:chart>
     <c:autoTitleDeleted val="1"/>
     <c:plotArea>
       <c:layout>
         <c:manualLayout>
           <c:layoutTarget val="inner"/>
           <c:xMode val="edge"/>
           <c:yMode val="edge"/>
           <c:x val="0.29512500000000003"/>
           <c:y val="8.1222222222222196E-2"/>
           <c:w val="0.47081250000000002"/>
           <c:h val="0.78466666666666696"/>
         </c:manualLayout>
       </c:layout>
       <c:pieChart>
         <c:varyColors val="1"/>
         <c:ser>
           <c:idx val="0"/>
           <c:order val="0"/>
           <c:tx>
             <c:strRef>
               <c:f>label 0</c:f>
               <c:strCache>
@@ -8530,51 +8345,51 @@
     </c:legend>
     <c:plotVisOnly val="1"/>
     <c:dispBlanksAs val="zero"/>
     <c:showDLblsOverMax val="1"/>
   </c:chart>
   <c:spPr>
     <a:solidFill>
       <a:srgbClr val="FFFFFF"/>
     </a:solidFill>
     <a:ln w="9360">
       <a:solidFill>
         <a:srgbClr val="D9D9D9"/>
       </a:solidFill>
       <a:round/>
     </a:ln>
   </c:spPr>
   <c:externalData r:id="rId1">
     <c:autoUpdate val="0"/>
   </c:externalData>
 </c:chartSpace>
 </file>
 
 <file path=word/charts/chart4.xml><?xml version="1.0" encoding="utf-8"?>
 <c:chartSpace xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:c16r2="http://schemas.microsoft.com/office/drawing/2015/06/chart">
   <c:date1904 val="1"/>
-  <c:lang val="es-ES"/>
+  <c:lang val="es-MX"/>
   <c:roundedCorners val="0"/>
   <c:style val="2"/>
   <c:chart>
     <c:autoTitleDeleted val="1"/>
     <c:plotArea>
       <c:layout>
         <c:manualLayout>
           <c:layoutTarget val="inner"/>
           <c:xMode val="edge"/>
           <c:yMode val="edge"/>
           <c:x val="0.325125"/>
           <c:y val="7.9666666666666705E-2"/>
           <c:w val="0.50256250000000002"/>
           <c:h val="0.83755555555555605"/>
         </c:manualLayout>
       </c:layout>
       <c:pieChart>
         <c:varyColors val="1"/>
         <c:ser>
           <c:idx val="0"/>
           <c:order val="0"/>
           <c:tx>
             <c:strRef>
               <c:f>label 0</c:f>
               <c:strCache>
@@ -8826,51 +8641,51 @@
     </c:legend>
     <c:plotVisOnly val="1"/>
     <c:dispBlanksAs val="zero"/>
     <c:showDLblsOverMax val="1"/>
   </c:chart>
   <c:spPr>
     <a:solidFill>
       <a:srgbClr val="FFFFFF"/>
     </a:solidFill>
     <a:ln w="9360">
       <a:solidFill>
         <a:srgbClr val="D9D9D9"/>
       </a:solidFill>
       <a:round/>
     </a:ln>
   </c:spPr>
   <c:externalData r:id="rId1">
     <c:autoUpdate val="0"/>
   </c:externalData>
 </c:chartSpace>
 </file>
 
 <file path=word/charts/chart5.xml><?xml version="1.0" encoding="utf-8"?>
 <c:chartSpace xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:c16r2="http://schemas.microsoft.com/office/drawing/2015/06/chart">
   <c:date1904 val="1"/>
-  <c:lang val="es-ES"/>
+  <c:lang val="es-MX"/>
   <c:roundedCorners val="0"/>
   <c:style val="2"/>
   <c:chart>
     <c:title>
       <c:tx>
         <c:rich>
           <a:bodyPr rot="0"/>
           <a:lstStyle/>
           <a:p>
             <a:pPr>
               <a:defRPr lang="en-US" sz="1400" b="0" strike="noStrike" spc="-1">
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
                 <a:latin typeface="Calibri"/>
               </a:defRPr>
             </a:pPr>
             <a:r>
               <a:rPr lang="en-US" sz="1400" b="0" strike="noStrike" spc="-1">
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
                 <a:latin typeface="Calibri"/>
               </a:rPr>
               <a:t>¿Cuáles son las consecuencias de no cuidar el medio ambiente?</a:t>
@@ -9131,51 +8946,51 @@
     </c:plotArea>
     <c:plotVisOnly val="1"/>
     <c:dispBlanksAs val="gap"/>
     <c:showDLblsOverMax val="1"/>
   </c:chart>
   <c:spPr>
     <a:solidFill>
       <a:srgbClr val="FFFFFF"/>
     </a:solidFill>
     <a:ln w="9360">
       <a:solidFill>
         <a:srgbClr val="D9D9D9"/>
       </a:solidFill>
       <a:round/>
     </a:ln>
   </c:spPr>
   <c:externalData r:id="rId1">
     <c:autoUpdate val="0"/>
   </c:externalData>
 </c:chartSpace>
 </file>
 
 <file path=word/charts/chart6.xml><?xml version="1.0" encoding="utf-8"?>
 <c:chartSpace xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:c16r2="http://schemas.microsoft.com/office/drawing/2015/06/chart">
   <c:date1904 val="1"/>
-  <c:lang val="es-ES"/>
+  <c:lang val="es-MX"/>
   <c:roundedCorners val="0"/>
   <c:style val="2"/>
   <c:chart>
     <c:title>
       <c:tx>
         <c:rich>
           <a:bodyPr rot="0"/>
           <a:lstStyle/>
           <a:p>
             <a:pPr>
               <a:defRPr lang="es-MX" sz="1100" b="0" strike="noStrike" spc="-1">
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
                 <a:latin typeface="Times New Roman"/>
               </a:defRPr>
             </a:pPr>
             <a:r>
               <a:rPr lang="es-MX" sz="1100" b="0" strike="noStrike" spc="-1">
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
                 <a:latin typeface="Times New Roman"/>
               </a:rPr>
               <a:t>¿Que entiendes por medio Ambiente?</a:t>
@@ -9442,51 +9257,51 @@
     </c:plotArea>
     <c:plotVisOnly val="1"/>
     <c:dispBlanksAs val="gap"/>
     <c:showDLblsOverMax val="1"/>
   </c:chart>
   <c:spPr>
     <a:solidFill>
       <a:srgbClr val="FFFFFF"/>
     </a:solidFill>
     <a:ln w="9360">
       <a:solidFill>
         <a:srgbClr val="D9D9D9"/>
       </a:solidFill>
       <a:round/>
     </a:ln>
   </c:spPr>
   <c:externalData r:id="rId1">
     <c:autoUpdate val="0"/>
   </c:externalData>
 </c:chartSpace>
 </file>
 
 <file path=word/charts/chart7.xml><?xml version="1.0" encoding="utf-8"?>
 <c:chartSpace xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:c16r2="http://schemas.microsoft.com/office/drawing/2015/06/chart">
   <c:date1904 val="1"/>
-  <c:lang val="es-ES"/>
+  <c:lang val="es-MX"/>
   <c:roundedCorners val="0"/>
   <c:style val="2"/>
   <c:chart>
     <c:title>
       <c:tx>
         <c:rich>
           <a:bodyPr rot="0"/>
           <a:lstStyle/>
           <a:p>
             <a:pPr>
               <a:defRPr lang="es-MX" sz="1100" b="0" strike="noStrike" spc="-1">
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
                 <a:latin typeface="Times New Roman"/>
               </a:defRPr>
             </a:pPr>
             <a:r>
               <a:rPr lang="es-MX" sz="1100" b="0" strike="noStrike" spc="-1">
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
                 <a:latin typeface="Times New Roman"/>
               </a:rPr>
               <a:t>¿Por que es importante cuidar el Medio Ambiente?</a:t>
@@ -9733,51 +9548,51 @@
     </c:plotArea>
     <c:plotVisOnly val="1"/>
     <c:dispBlanksAs val="gap"/>
     <c:showDLblsOverMax val="1"/>
   </c:chart>
   <c:spPr>
     <a:solidFill>
       <a:srgbClr val="FFFFFF"/>
     </a:solidFill>
     <a:ln w="9360">
       <a:solidFill>
         <a:srgbClr val="D9D9D9"/>
       </a:solidFill>
       <a:round/>
     </a:ln>
   </c:spPr>
   <c:externalData r:id="rId1">
     <c:autoUpdate val="0"/>
   </c:externalData>
 </c:chartSpace>
 </file>
 
 <file path=word/charts/chart8.xml><?xml version="1.0" encoding="utf-8"?>
 <c:chartSpace xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:c16r2="http://schemas.microsoft.com/office/drawing/2015/06/chart">
   <c:date1904 val="1"/>
-  <c:lang val="es-ES"/>
+  <c:lang val="es-MX"/>
   <c:roundedCorners val="0"/>
   <c:style val="2"/>
   <c:chart>
     <c:title>
       <c:tx>
         <c:rich>
           <a:bodyPr rot="0"/>
           <a:lstStyle/>
           <a:p>
             <a:pPr>
               <a:defRPr lang="en-US" sz="1100" b="0" strike="noStrike" spc="-1">
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
                 <a:latin typeface="Times New Roman"/>
               </a:defRPr>
             </a:pPr>
             <a:r>
               <a:rPr lang="en-US" sz="1100" b="0" strike="noStrike" spc="-1">
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
                 <a:latin typeface="Times New Roman"/>
               </a:rPr>
               <a:t>¿Cuáles son las consecuencias de no cuidar el medio ambiente?</a:t>
@@ -10038,51 +9853,51 @@
     </c:plotArea>
     <c:plotVisOnly val="1"/>
     <c:dispBlanksAs val="gap"/>
     <c:showDLblsOverMax val="1"/>
   </c:chart>
   <c:spPr>
     <a:solidFill>
       <a:srgbClr val="FFFFFF"/>
     </a:solidFill>
     <a:ln w="9360">
       <a:solidFill>
         <a:srgbClr val="D9D9D9"/>
       </a:solidFill>
       <a:round/>
     </a:ln>
   </c:spPr>
   <c:externalData r:id="rId1">
     <c:autoUpdate val="0"/>
   </c:externalData>
 </c:chartSpace>
 </file>
 
 <file path=word/charts/chart9.xml><?xml version="1.0" encoding="utf-8"?>
 <c:chartSpace xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:c16r2="http://schemas.microsoft.com/office/drawing/2015/06/chart">
   <c:date1904 val="1"/>
-  <c:lang val="es-ES"/>
+  <c:lang val="es-MX"/>
   <c:roundedCorners val="0"/>
   <c:style val="2"/>
   <c:chart>
     <c:title>
       <c:tx>
         <c:rich>
           <a:bodyPr rot="0"/>
           <a:lstStyle/>
           <a:p>
             <a:pPr>
               <a:defRPr lang="es-MX" sz="1100" b="0" strike="noStrike" spc="-1">
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
                 <a:latin typeface="Times New Roman"/>
               </a:defRPr>
             </a:pPr>
             <a:r>
               <a:rPr lang="es-MX" sz="1100" b="0" strike="noStrike" spc="-1">
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
                 <a:latin typeface="Times New Roman"/>
               </a:rPr>
               <a:t>¿Como podemos cuidar el agua?</a:t>
@@ -10599,55 +10414,55 @@
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{2DDC925A-87C7-4267-A76D-7A19A2702061}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
-  <Pages>19</Pages>
-[...1 lines deleted...]
-  <Characters>27109</Characters>
+  <Pages>21</Pages>
+  <Words>4935</Words>
+  <Characters>27148</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>225</Lines>
-  <Paragraphs>63</Paragraphs>
+  <Lines>226</Lines>
+  <Paragraphs>64</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>31974</CharactersWithSpaces>
+  <CharactersWithSpaces>32019</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>REVISOR</dc:creator>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:language>es-MX</dc:language>
 </cp:coreProperties>
 </file>