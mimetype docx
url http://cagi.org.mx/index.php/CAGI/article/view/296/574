--- v0 (2025-10-19)
+++ v1 (2026-03-04)
@@ -1,19170 +1,9164 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
-  <Default Extension="png" ContentType="image/png"/>
+  <Default Extension="jpg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
-  <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
+  <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
+  <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
+  <Override PartName="/word/header3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
+  <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
+  <Override PartName="/word/header4.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
+  <Override PartName="/word/header5.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
+  <Override PartName="/word/footer4.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
+  <Override PartName="/word/footer5.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
+  <Override PartName="/word/header6.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
+  <Override PartName="/word/footer6.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
+  <Override PartName="/word/header7.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
+  <Override PartName="/word/header8.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
+  <Override PartName="/word/footer7.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
+  <Override PartName="/word/footer8.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
+  <Override PartName="/word/header9.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
+  <Override PartName="/word/footer9.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w14:paraId="7D190658" w14:textId="676E3B35" w:rsidR="0077137E" w:rsidRPr="0077137E" w:rsidRDefault="0077137E" w:rsidP="0077137E">
-[...1 lines deleted...]
-        <w:spacing w:before="240"/>
+    <w:p w14:paraId="700B0A8C" w14:textId="273596D2" w:rsidR="007E2BBF" w:rsidRDefault="007E2BBF" w:rsidP="007E2BBF">
+      <w:pPr>
+        <w:spacing w:after="230" w:line="259" w:lineRule="auto"/>
+        <w:ind w:left="0" w:right="313" w:firstLine="0"/>
         <w:jc w:val="right"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...6 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:i/>
-          <w:sz w:val="24"/>
-[...2997 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007E2BBF">
+        <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:i/>
-          <w:iCs/>
-[...1 lines deleted...]
-          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>DOI: </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007E2BBF">
+        <w:rPr>
+          <w:b/>
+          <w:i/>
+        </w:rPr>
+        <w:t>https://doi.org/10.23913/cagi.v10i19.296</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6F9C8C46" w14:textId="2E9D9FDF" w:rsidR="005E3FD6" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:spacing w:after="230" w:line="259" w:lineRule="auto"/>
+        <w:ind w:left="0" w:right="313" w:firstLine="0"/>
+        <w:jc w:val="right"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:i/>
+        </w:rPr>
+        <w:t>Artículos científicos</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="36"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="63BE4AF2" w14:textId="77777777" w:rsidR="005E3FD6" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:spacing w:after="30" w:line="259" w:lineRule="auto"/>
+        <w:ind w:left="257" w:right="0" w:firstLine="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:sz w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Modelo para la transferencia de conocimiento y de tecnología del </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="164E06F3" w14:textId="77777777" w:rsidR="005E3FD6" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:spacing w:after="28" w:line="259" w:lineRule="auto"/>
+        <w:ind w:left="0" w:right="320" w:firstLine="0"/>
+        <w:jc w:val="right"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:sz w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Sistema Educativo del TecNM </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4A6D545F" w14:textId="77777777" w:rsidR="005E3FD6" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
+        <w:ind w:left="0" w:right="242" w:firstLine="0"/>
+        <w:jc w:val="right"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:sz w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5F4A8DE9" w14:textId="77777777" w:rsidR="005E3FD6" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
+        <w:ind w:left="10" w:right="304" w:hanging="10"/>
+        <w:jc w:val="right"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:i/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Model </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:i/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>for</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:i/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:i/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>the</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:i/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> transfer </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:i/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>of</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:i/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:i/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>knowledge</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:i/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:i/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>technology</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:i/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:i/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>of</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:i/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:i/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>the</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:i/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> TecNM </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4A3315D6" w14:textId="77777777" w:rsidR="005E3FD6" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
+        <w:ind w:left="10" w:right="304" w:hanging="10"/>
+        <w:jc w:val="right"/>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:i/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Educational</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:i/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:i/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>System</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:i/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="24D985B1" w14:textId="77777777" w:rsidR="005E3FD6" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
+        <w:ind w:left="0" w:right="111" w:firstLine="0"/>
+        <w:jc w:val="center"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="47EA8DB3" w14:textId="77777777" w:rsidR="005E3FD6" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:spacing w:after="16" w:line="259" w:lineRule="auto"/>
+        <w:ind w:left="10" w:right="303" w:hanging="10"/>
+        <w:jc w:val="right"/>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>Citlalih</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>Yollohtli</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Alejandra Gutiérrez Estrada </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0C4AE0ED" w14:textId="77777777" w:rsidR="005E3FD6" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:spacing w:after="9" w:line="267" w:lineRule="auto"/>
+        <w:ind w:left="2336" w:right="302" w:hanging="10"/>
+        <w:jc w:val="right"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">TecNM-Instituto Tecnológico de Toluca, México </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">cgutierreze@toluca.tecnm.mx </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">https://orcid.org/0000-0001-9586-2903 </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2FA38FDB" w14:textId="77777777" w:rsidR="005E3FD6" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:spacing w:after="21" w:line="259" w:lineRule="auto"/>
+        <w:ind w:left="0" w:right="254" w:firstLine="0"/>
+        <w:jc w:val="right"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="30D2A165" w14:textId="77777777" w:rsidR="005E3FD6" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:spacing w:after="16" w:line="259" w:lineRule="auto"/>
+        <w:ind w:left="10" w:right="303" w:hanging="10"/>
+        <w:jc w:val="right"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve">Sergio Díaz Zagal </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1B867B8E" w14:textId="77777777" w:rsidR="005E3FD6" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:spacing w:after="9" w:line="267" w:lineRule="auto"/>
+        <w:ind w:left="2336" w:right="302" w:hanging="10"/>
+        <w:jc w:val="right"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">TecNM-Instituto Tecnológico de Toluca, México </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">sdiazz@toluca.tecnm.mx </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="113EC497" w14:textId="77777777" w:rsidR="005E3FD6" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:spacing w:after="9" w:line="267" w:lineRule="auto"/>
+        <w:ind w:left="2336" w:right="302" w:hanging="10"/>
+        <w:jc w:val="right"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">https://orcid.org/0000-0002-5761-0358 </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="30088BB4" w14:textId="77777777" w:rsidR="005E3FD6" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:spacing w:after="24" w:line="259" w:lineRule="auto"/>
+        <w:ind w:left="0" w:right="254" w:firstLine="0"/>
+        <w:jc w:val="right"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="52E450BB" w14:textId="77777777" w:rsidR="005E3FD6" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:spacing w:after="16" w:line="259" w:lineRule="auto"/>
+        <w:ind w:left="10" w:right="303" w:hanging="10"/>
+        <w:jc w:val="right"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve">Paulina Porcayo Vázquez </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1BF9F5B2" w14:textId="77777777" w:rsidR="005E3FD6" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:spacing w:after="9" w:line="267" w:lineRule="auto"/>
+        <w:ind w:left="2336" w:right="302" w:hanging="10"/>
+        <w:jc w:val="right"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">TecNM-Instituto Tecnológico de Toluca, México </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">pporcayov@toluca.tecnm.mx </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5F536662" w14:textId="77777777" w:rsidR="005E3FD6" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:spacing w:after="9" w:line="267" w:lineRule="auto"/>
+        <w:ind w:left="2336" w:right="302" w:hanging="10"/>
+        <w:jc w:val="right"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">   https://orcid.org/0009-0002-7336-0413 </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1D8BAAB3" w14:textId="77777777" w:rsidR="005E3FD6" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:spacing w:after="50" w:line="259" w:lineRule="auto"/>
+        <w:ind w:left="142" w:right="0" w:firstLine="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="12205A7D" w14:textId="77777777" w:rsidR="005E3FD6" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="Ttulo1"/>
+        <w:ind w:left="137"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Resumen </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7E3C2F7E" w14:textId="77777777" w:rsidR="005E3FD6" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
+        <w:ind w:left="142" w:right="0" w:firstLine="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="65F6FCEB" w14:textId="77777777" w:rsidR="005E3FD6" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:ind w:left="127" w:right="319"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">En la actualidad existe gran interés en estudiar problemas relacionados al contexto económico, social y tecnológico, ocasionando la competencia entre los diferentes mercados tanto a nivel nacional como internacional. Esto obliga a que las Instituciones Educativas de Nivel Superior (IES), se vinculen con el sector productivo, respondan a las necesidades de la sociedad y en paralelo a las exigencias del mercado, que cada vez es más competitivo. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4F519EDC" w14:textId="77777777" w:rsidR="005E3FD6" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:ind w:left="127" w:right="319"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">En este contexto, la Transferencia de Conocimiento y de Tecnología, repercute de manera directa en el desarrollo de proyectos de relevancia trascendental. De aquí, surge la iniciativa de combinar distintos factores de gestión, ante la exigencia de elaborar un mecanismo eficaz, que garantice el buen desempeño y la fiabilidad de una IES. Sin embargo, para iniciar una investigación de este nivel, es necesario que de manera prioritaria se analicen las capacidades tecnológicas y los resultados de impacto para las IES.  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="09482F73" w14:textId="77777777" w:rsidR="005E3FD6" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:ind w:left="127"/>
+      </w:pPr>
+      <w:r>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">El proceso para obtener resultados satisfactorios reside en considerar en su totalidad el contexto del sistema educativo, su disponibilidad y su capacidad en relación a sus recursos humanos (quienes poseen el know-how y la </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>expertise</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve">, al desempeñarse en actividades de investigación y desarrollo), en recursos tecnológicos; así como la disposición de los recursos financieros, de sus relaciones funcionales y de la forma en que se efectúa la vinculación, hasta integrar todo en conjunto y lograr la sistematización de sus procesos. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3150F3DE" w14:textId="77777777" w:rsidR="005E3FD6" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:ind w:left="127" w:right="320"/>
+      </w:pPr>
+      <w:r>
+        <w:t>En este sentido, surge la propuesta de crear un plan estratégico para concebir un modelo de Transferencia de Conocimiento y de Tecnología en el Tecnológico Nacional de México campus Toluca (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>ITTol</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve">), como marco integral de varias disciplinas para establecer distintos escenarios con base a la abstracción y a las características más importantes del Sistema Educativo del TecNM. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="09A8621F" w14:textId="77777777" w:rsidR="005E3FD6" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:spacing w:after="72"/>
+        <w:ind w:left="127" w:right="312"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Como caso de estudio el modelo fue implementado en las Carreras de Ingeniería Mecatrónica, Ingeniería en Sistemas Computacionales, Ingeniería en Logística e Ingeniería en Gestión Empresarial, del TecNM campus Toluca, donde parte de la transferencia de conocimiento y tecnología se ha logrado asesorando y guiando a la comunidad estudiantil de los últimos semestres, en temas de emprendimiento, innovación y desarrollo tecnológico. Estas primeras pruebas permitieron concretar en dos aspectos, en los que actualmente se trabaja para mejorar algunas prácticas de calidad; con profesores y alumnos, en los productos derivados de la investigación; con la alta jerarquía, en los procesos administrativos para el desarrollo de innovaciones, en la protección intelectual y la comercialización de los productos resultantes. A mediano plazo se visualiza aportar beneficios particulares para cada ente participativo en el modelo, con el fin de mejorar en puntos concretos, como en las condiciones de vida y en la economía. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1BC8E3E7" w14:textId="77777777" w:rsidR="005E3FD6" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:spacing w:line="259" w:lineRule="auto"/>
+        <w:ind w:left="127" w:right="0" w:firstLine="0"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Palabras clave: </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">modelo, transferencia, conocimiento, tecnología, comercialización. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="04DBE7F1" w14:textId="77777777" w:rsidR="005E3FD6" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
+        <w:ind w:left="142" w:right="0" w:firstLine="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="035DC5EC" w14:textId="77777777" w:rsidR="005E3FD6" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="Ttulo1"/>
+        <w:ind w:left="137"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>Abstract</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3F7E9925" w14:textId="77777777" w:rsidR="005E3FD6" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
+        <w:ind w:left="142" w:right="0" w:firstLine="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="76C5F2EF" w14:textId="77777777" w:rsidR="005E3FD6" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:ind w:left="127" w:right="316"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">At </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>present</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>there</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>is</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>great</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>interest</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> in </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>studying</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>problems</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>related</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>to</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>the</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>economic</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve">, social and </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>technological</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>context</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>causing</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>competition</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>between</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>different</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>markets</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>both</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>nationally</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> and </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>internationally</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>This</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>forces</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> at </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>Higher</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>Education</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>Institutions</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> (IES) </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>to</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> link up </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>with</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>the</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> productive sector, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>respond</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>to</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>the</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>needs</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>of</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>society</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> and in </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>parallel</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>to</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>the</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>demands</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>of</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>the</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>market</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>which</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>is</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>increasingly</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> competitive. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2305BA81" w14:textId="77777777" w:rsidR="005E3FD6" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:ind w:left="127" w:right="318"/>
+      </w:pPr>
+      <w:r>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">In </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>this</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>context</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>the</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> Transfer </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>of</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> Knowledge and </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>Technology</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> has a </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>direct</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>impact</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>on</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>the</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>development</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>of</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>projects</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>of</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> transcendental </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>relevance</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve">. From </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>here</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>the</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>initiative</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>to</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> combine </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>different</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>management</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>factors</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>arises</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>given</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>the</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>need</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>to</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>develop</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>an</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>effective</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>mechanism</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>that</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>guarantees</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>the</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>good</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> performance and </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>reliability</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>of</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>an</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> IES. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>However</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>to</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>start</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>an</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>investigation</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>of</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>this</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>level</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>it</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>is</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>necessary</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>to</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>analyze</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>technological</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>capabilities</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> and </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>impact</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>results</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>for</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> IES as a </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>priority</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2DD0AE1F" w14:textId="77777777" w:rsidR="005E3FD6" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:ind w:left="127" w:right="320"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">The </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>process</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>to</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>obtain</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>satisfactory</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>results</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> resides in </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>fully</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>considering</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>the</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>context</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>of</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>the</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>educational</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>system</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>its</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>availability</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> and </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>its</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>capacity</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> in </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>relation</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>to</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>its</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> human </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>resources</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>who</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>have</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>the</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> know-how and </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>expertise</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>when</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>performing</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>research</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> and </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>development</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>activities</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve">), in </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>technological</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>resources</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve">; as </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>well</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> as </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>the</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>provision</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>of</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>financial</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>resources</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>their</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>functional</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>relationships</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> and </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>the</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>way</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> in </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>which</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>the</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> link </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>is</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>made</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>until</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>integrating</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>everything</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>together</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> and </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>achieving</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>the</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>systematization</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>of</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>their</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>processes</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="39B4AB23" w14:textId="77777777" w:rsidR="005E3FD6" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:ind w:left="127" w:right="316"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">In </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>this</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>sense</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>the</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>proposal</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>to</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>create</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> a </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>strategic</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> plan </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>arises</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>to</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>conceive</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> a </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>model</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>of</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> Knowledge and </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>Technology</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> Transfer at </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>the</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>National</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>Technological</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>of</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> Mexico campus Toluca (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>ITTol</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve">), as </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>an</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> integral </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>framework</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>of</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>various</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> disciplines </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>to</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>establish</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>different</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>scenarios</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>based</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>on</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>abstraction</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve">. and </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>the</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>most</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>important</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>characteristics</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>of</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>the</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> TecNM </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>Educational</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>System</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="63162951" w14:textId="77777777" w:rsidR="005E3FD6" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:spacing w:after="76"/>
+        <w:ind w:left="127"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">As a case </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>study</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>the</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>model</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>was</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>implemented</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> in </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>the</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>Mechatronic</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>Engineering</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>Career</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> at </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>the</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> TecNM campus Toluca, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>where</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>part</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>of</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>the</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> transfer </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>of</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>knowledge</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> and </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>technology</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> has </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>been</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>achieved</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>by</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>advising</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> and </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>guiding</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>the</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>student</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>community</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> in </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>recent</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>semesters</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>on</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>issues</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>of</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>entrepreneurship</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>innovation</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> and </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>technological</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>development</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>These</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>first</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>tests</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>made</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>it</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>possible</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>to</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>specify</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>two</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>aspects</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>which</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> are </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>currently</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>being</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>worked</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>on</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>to</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>improve</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>some</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>quality</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>practices</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve">; </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>with</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>professors</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> and </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>students</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve">, in </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>the</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>products</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>derived</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>from</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>the</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>investigation</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve">; </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>with</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>the</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>high</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>hierarchy</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve">, in </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>the</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> administrative </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>processes</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>for</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>the</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>development</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>of</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>innovations</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve">, in </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>the</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>intellectual</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>protection</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> and </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>the</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>commercialization</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>of</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>the</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>resulting</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>products</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve">. In </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>the</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>medium</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>term</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>it</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>is</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>envisaged</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>to</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>provide</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> particular </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>benefits</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>for</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>each</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>participatory</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>entity</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> in </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>the</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>model</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve">, in </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>order</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>to</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>improve</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>specific</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>points</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>such</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> as living </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>conditions</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> and </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>the</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>economy</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="643BECD4" w14:textId="77777777" w:rsidR="005E3FD6" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:spacing w:after="268" w:line="259" w:lineRule="auto"/>
+        <w:ind w:left="127" w:right="0" w:firstLine="0"/>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Keywords</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">:  </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">Model, Transfer, Knowledge, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>Technology</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="69F96A23" w14:textId="77777777" w:rsidR="005E3FD6" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="center" w:pos="1639"/>
+          <w:tab w:val="center" w:pos="2788"/>
+          <w:tab w:val="center" w:pos="3607"/>
+          <w:tab w:val="center" w:pos="4166"/>
+          <w:tab w:val="center" w:pos="4485"/>
+          <w:tab w:val="center" w:pos="4807"/>
+          <w:tab w:val="center" w:pos="5433"/>
+          <w:tab w:val="center" w:pos="6672"/>
+          <w:tab w:val="center" w:pos="7893"/>
+          <w:tab w:val="center" w:pos="8739"/>
+        </w:tabs>
+        <w:spacing w:after="148" w:line="259" w:lineRule="auto"/>
+        <w:ind w:left="0" w:right="0" w:firstLine="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve">Fecha </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>Recepción:</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>Junio</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+        <w:t xml:space="preserve">2022 </w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve">Fecha </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>Aceptación:</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>Enero</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+        <w:t>2023</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2069BADA" w14:textId="77777777" w:rsidR="005E3FD6" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
+        <w:ind w:left="0" w:right="253" w:firstLine="0"/>
+        <w:jc w:val="right"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:noProof/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <mc:AlternateContent>
+          <mc:Choice Requires="wpg">
+            <w:drawing>
+              <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="630A16F7" wp14:editId="151FE1DE">
+                <wp:extent cx="5614163" cy="21336"/>
+                <wp:effectExtent l="0" t="0" r="0" b="0"/>
+                <wp:docPr id="16817" name="Group 16817"/>
+                <wp:cNvGraphicFramePr/>
+                <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup">
+                    <wpg:wgp>
+                      <wpg:cNvGrpSpPr/>
+                      <wpg:grpSpPr>
+                        <a:xfrm>
+                          <a:off x="0" y="0"/>
+                          <a:ext cx="5614163" cy="21336"/>
+                          <a:chOff x="0" y="0"/>
+                          <a:chExt cx="5614163" cy="21336"/>
+                        </a:xfrm>
+                      </wpg:grpSpPr>
+                      <wps:wsp>
+                        <wps:cNvPr id="19582" name="Shape 19582"/>
+                        <wps:cNvSpPr/>
+                        <wps:spPr>
+                          <a:xfrm>
+                            <a:off x="0" y="0"/>
+                            <a:ext cx="5612765" cy="19685"/>
+                          </a:xfrm>
+                          <a:custGeom>
+                            <a:avLst/>
+                            <a:gdLst/>
+                            <a:ahLst/>
+                            <a:cxnLst/>
+                            <a:rect l="0" t="0" r="0" b="0"/>
+                            <a:pathLst>
+                              <a:path w="5612765" h="19685">
+                                <a:moveTo>
+                                  <a:pt x="0" y="0"/>
+                                </a:moveTo>
+                                <a:lnTo>
+                                  <a:pt x="5612765" y="0"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="5612765" y="19685"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="0" y="19685"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="0" y="0"/>
+                                </a:lnTo>
+                              </a:path>
+                            </a:pathLst>
+                          </a:custGeom>
+                          <a:ln w="0" cap="flat">
+                            <a:miter lim="127000"/>
+                          </a:ln>
+                        </wps:spPr>
+                        <wps:style>
+                          <a:lnRef idx="0">
+                            <a:srgbClr val="000000">
+                              <a:alpha val="0"/>
+                            </a:srgbClr>
+                          </a:lnRef>
+                          <a:fillRef idx="1">
+                            <a:srgbClr val="A0A0A0"/>
+                          </a:fillRef>
+                          <a:effectRef idx="0">
+                            <a:scrgbClr r="0" g="0" b="0"/>
+                          </a:effectRef>
+                          <a:fontRef idx="none"/>
+                        </wps:style>
+                        <wps:bodyPr/>
+                      </wps:wsp>
+                      <wps:wsp>
+                        <wps:cNvPr id="19583" name="Shape 19583"/>
+                        <wps:cNvSpPr/>
+                        <wps:spPr>
+                          <a:xfrm>
+                            <a:off x="51" y="1524"/>
+                            <a:ext cx="9144" cy="9144"/>
+                          </a:xfrm>
+                          <a:custGeom>
+                            <a:avLst/>
+                            <a:gdLst/>
+                            <a:ahLst/>
+                            <a:cxnLst/>
+                            <a:rect l="0" t="0" r="0" b="0"/>
+                            <a:pathLst>
+                              <a:path w="9144" h="9144">
+                                <a:moveTo>
+                                  <a:pt x="0" y="0"/>
+                                </a:moveTo>
+                                <a:lnTo>
+                                  <a:pt x="9144" y="0"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="9144" y="9144"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="0" y="9144"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="0" y="0"/>
+                                </a:lnTo>
+                              </a:path>
+                            </a:pathLst>
+                          </a:custGeom>
+                          <a:ln w="0" cap="flat">
+                            <a:miter lim="127000"/>
+                          </a:ln>
+                        </wps:spPr>
+                        <wps:style>
+                          <a:lnRef idx="0">
+                            <a:srgbClr val="000000">
+                              <a:alpha val="0"/>
+                            </a:srgbClr>
+                          </a:lnRef>
+                          <a:fillRef idx="1">
+                            <a:srgbClr val="A0A0A0"/>
+                          </a:fillRef>
+                          <a:effectRef idx="0">
+                            <a:scrgbClr r="0" g="0" b="0"/>
+                          </a:effectRef>
+                          <a:fontRef idx="none"/>
+                        </wps:style>
+                        <wps:bodyPr/>
+                      </wps:wsp>
+                      <wps:wsp>
+                        <wps:cNvPr id="19584" name="Shape 19584"/>
+                        <wps:cNvSpPr/>
+                        <wps:spPr>
+                          <a:xfrm>
+                            <a:off x="3099" y="1524"/>
+                            <a:ext cx="5608066" cy="9144"/>
+                          </a:xfrm>
+                          <a:custGeom>
+                            <a:avLst/>
+                            <a:gdLst/>
+                            <a:ahLst/>
+                            <a:cxnLst/>
+                            <a:rect l="0" t="0" r="0" b="0"/>
+                            <a:pathLst>
+                              <a:path w="5608066" h="9144">
+                                <a:moveTo>
+                                  <a:pt x="0" y="0"/>
+                                </a:moveTo>
+                                <a:lnTo>
+                                  <a:pt x="5608066" y="0"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="5608066" y="9144"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="0" y="9144"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="0" y="0"/>
+                                </a:lnTo>
+                              </a:path>
+                            </a:pathLst>
+                          </a:custGeom>
+                          <a:ln w="0" cap="flat">
+                            <a:miter lim="127000"/>
+                          </a:ln>
+                        </wps:spPr>
+                        <wps:style>
+                          <a:lnRef idx="0">
+                            <a:srgbClr val="000000">
+                              <a:alpha val="0"/>
+                            </a:srgbClr>
+                          </a:lnRef>
+                          <a:fillRef idx="1">
+                            <a:srgbClr val="A0A0A0"/>
+                          </a:fillRef>
+                          <a:effectRef idx="0">
+                            <a:scrgbClr r="0" g="0" b="0"/>
+                          </a:effectRef>
+                          <a:fontRef idx="none"/>
+                        </wps:style>
+                        <wps:bodyPr/>
+                      </wps:wsp>
+                      <wps:wsp>
+                        <wps:cNvPr id="19585" name="Shape 19585"/>
+                        <wps:cNvSpPr/>
+                        <wps:spPr>
+                          <a:xfrm>
+                            <a:off x="5611114" y="1524"/>
+                            <a:ext cx="9144" cy="9144"/>
+                          </a:xfrm>
+                          <a:custGeom>
+                            <a:avLst/>
+                            <a:gdLst/>
+                            <a:ahLst/>
+                            <a:cxnLst/>
+                            <a:rect l="0" t="0" r="0" b="0"/>
+                            <a:pathLst>
+                              <a:path w="9144" h="9144">
+                                <a:moveTo>
+                                  <a:pt x="0" y="0"/>
+                                </a:moveTo>
+                                <a:lnTo>
+                                  <a:pt x="9144" y="0"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="9144" y="9144"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="0" y="9144"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="0" y="0"/>
+                                </a:lnTo>
+                              </a:path>
+                            </a:pathLst>
+                          </a:custGeom>
+                          <a:ln w="0" cap="flat">
+                            <a:miter lim="127000"/>
+                          </a:ln>
+                        </wps:spPr>
+                        <wps:style>
+                          <a:lnRef idx="0">
+                            <a:srgbClr val="000000">
+                              <a:alpha val="0"/>
+                            </a:srgbClr>
+                          </a:lnRef>
+                          <a:fillRef idx="1">
+                            <a:srgbClr val="A0A0A0"/>
+                          </a:fillRef>
+                          <a:effectRef idx="0">
+                            <a:scrgbClr r="0" g="0" b="0"/>
+                          </a:effectRef>
+                          <a:fontRef idx="none"/>
+                        </wps:style>
+                        <wps:bodyPr/>
+                      </wps:wsp>
+                      <wps:wsp>
+                        <wps:cNvPr id="19586" name="Shape 19586"/>
+                        <wps:cNvSpPr/>
+                        <wps:spPr>
+                          <a:xfrm>
+                            <a:off x="51" y="4572"/>
+                            <a:ext cx="9144" cy="13716"/>
+                          </a:xfrm>
+                          <a:custGeom>
+                            <a:avLst/>
+                            <a:gdLst/>
+                            <a:ahLst/>
+                            <a:cxnLst/>
+                            <a:rect l="0" t="0" r="0" b="0"/>
+                            <a:pathLst>
+                              <a:path w="9144" h="13716">
+                                <a:moveTo>
+                                  <a:pt x="0" y="0"/>
+                                </a:moveTo>
+                                <a:lnTo>
+                                  <a:pt x="9144" y="0"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="9144" y="13716"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="0" y="13716"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="0" y="0"/>
+                                </a:lnTo>
+                              </a:path>
+                            </a:pathLst>
+                          </a:custGeom>
+                          <a:ln w="0" cap="flat">
+                            <a:miter lim="127000"/>
+                          </a:ln>
+                        </wps:spPr>
+                        <wps:style>
+                          <a:lnRef idx="0">
+                            <a:srgbClr val="000000">
+                              <a:alpha val="0"/>
+                            </a:srgbClr>
+                          </a:lnRef>
+                          <a:fillRef idx="1">
+                            <a:srgbClr val="A0A0A0"/>
+                          </a:fillRef>
+                          <a:effectRef idx="0">
+                            <a:scrgbClr r="0" g="0" b="0"/>
+                          </a:effectRef>
+                          <a:fontRef idx="none"/>
+                        </wps:style>
+                        <wps:bodyPr/>
+                      </wps:wsp>
+                      <wps:wsp>
+                        <wps:cNvPr id="19587" name="Shape 19587"/>
+                        <wps:cNvSpPr/>
+                        <wps:spPr>
+                          <a:xfrm>
+                            <a:off x="5611114" y="4572"/>
+                            <a:ext cx="9144" cy="13716"/>
+                          </a:xfrm>
+                          <a:custGeom>
+                            <a:avLst/>
+                            <a:gdLst/>
+                            <a:ahLst/>
+                            <a:cxnLst/>
+                            <a:rect l="0" t="0" r="0" b="0"/>
+                            <a:pathLst>
+                              <a:path w="9144" h="13716">
+                                <a:moveTo>
+                                  <a:pt x="0" y="0"/>
+                                </a:moveTo>
+                                <a:lnTo>
+                                  <a:pt x="9144" y="0"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="9144" y="13716"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="0" y="13716"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="0" y="0"/>
+                                </a:lnTo>
+                              </a:path>
+                            </a:pathLst>
+                          </a:custGeom>
+                          <a:ln w="0" cap="flat">
+                            <a:miter lim="127000"/>
+                          </a:ln>
+                        </wps:spPr>
+                        <wps:style>
+                          <a:lnRef idx="0">
+                            <a:srgbClr val="000000">
+                              <a:alpha val="0"/>
+                            </a:srgbClr>
+                          </a:lnRef>
+                          <a:fillRef idx="1">
+                            <a:srgbClr val="E3E3E3"/>
+                          </a:fillRef>
+                          <a:effectRef idx="0">
+                            <a:scrgbClr r="0" g="0" b="0"/>
+                          </a:effectRef>
+                          <a:fontRef idx="none"/>
+                        </wps:style>
+                        <wps:bodyPr/>
+                      </wps:wsp>
+                      <wps:wsp>
+                        <wps:cNvPr id="19588" name="Shape 19588"/>
+                        <wps:cNvSpPr/>
+                        <wps:spPr>
+                          <a:xfrm>
+                            <a:off x="51" y="18288"/>
+                            <a:ext cx="9144" cy="9144"/>
+                          </a:xfrm>
+                          <a:custGeom>
+                            <a:avLst/>
+                            <a:gdLst/>
+                            <a:ahLst/>
+                            <a:cxnLst/>
+                            <a:rect l="0" t="0" r="0" b="0"/>
+                            <a:pathLst>
+                              <a:path w="9144" h="9144">
+                                <a:moveTo>
+                                  <a:pt x="0" y="0"/>
+                                </a:moveTo>
+                                <a:lnTo>
+                                  <a:pt x="9144" y="0"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="9144" y="9144"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="0" y="9144"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="0" y="0"/>
+                                </a:lnTo>
+                              </a:path>
+                            </a:pathLst>
+                          </a:custGeom>
+                          <a:ln w="0" cap="flat">
+                            <a:miter lim="127000"/>
+                          </a:ln>
+                        </wps:spPr>
+                        <wps:style>
+                          <a:lnRef idx="0">
+                            <a:srgbClr val="000000">
+                              <a:alpha val="0"/>
+                            </a:srgbClr>
+                          </a:lnRef>
+                          <a:fillRef idx="1">
+                            <a:srgbClr val="E3E3E3"/>
+                          </a:fillRef>
+                          <a:effectRef idx="0">
+                            <a:scrgbClr r="0" g="0" b="0"/>
+                          </a:effectRef>
+                          <a:fontRef idx="none"/>
+                        </wps:style>
+                        <wps:bodyPr/>
+                      </wps:wsp>
+                      <wps:wsp>
+                        <wps:cNvPr id="19589" name="Shape 19589"/>
+                        <wps:cNvSpPr/>
+                        <wps:spPr>
+                          <a:xfrm>
+                            <a:off x="3099" y="18288"/>
+                            <a:ext cx="5608066" cy="9144"/>
+                          </a:xfrm>
+                          <a:custGeom>
+                            <a:avLst/>
+                            <a:gdLst/>
+                            <a:ahLst/>
+                            <a:cxnLst/>
+                            <a:rect l="0" t="0" r="0" b="0"/>
+                            <a:pathLst>
+                              <a:path w="5608066" h="9144">
+                                <a:moveTo>
+                                  <a:pt x="0" y="0"/>
+                                </a:moveTo>
+                                <a:lnTo>
+                                  <a:pt x="5608066" y="0"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="5608066" y="9144"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="0" y="9144"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="0" y="0"/>
+                                </a:lnTo>
+                              </a:path>
+                            </a:pathLst>
+                          </a:custGeom>
+                          <a:ln w="0" cap="flat">
+                            <a:miter lim="127000"/>
+                          </a:ln>
+                        </wps:spPr>
+                        <wps:style>
+                          <a:lnRef idx="0">
+                            <a:srgbClr val="000000">
+                              <a:alpha val="0"/>
+                            </a:srgbClr>
+                          </a:lnRef>
+                          <a:fillRef idx="1">
+                            <a:srgbClr val="E3E3E3"/>
+                          </a:fillRef>
+                          <a:effectRef idx="0">
+                            <a:scrgbClr r="0" g="0" b="0"/>
+                          </a:effectRef>
+                          <a:fontRef idx="none"/>
+                        </wps:style>
+                        <wps:bodyPr/>
+                      </wps:wsp>
+                      <wps:wsp>
+                        <wps:cNvPr id="19590" name="Shape 19590"/>
+                        <wps:cNvSpPr/>
+                        <wps:spPr>
+                          <a:xfrm>
+                            <a:off x="5611114" y="18288"/>
+                            <a:ext cx="9144" cy="9144"/>
+                          </a:xfrm>
+                          <a:custGeom>
+                            <a:avLst/>
+                            <a:gdLst/>
+                            <a:ahLst/>
+                            <a:cxnLst/>
+                            <a:rect l="0" t="0" r="0" b="0"/>
+                            <a:pathLst>
+                              <a:path w="9144" h="9144">
+                                <a:moveTo>
+                                  <a:pt x="0" y="0"/>
+                                </a:moveTo>
+                                <a:lnTo>
+                                  <a:pt x="9144" y="0"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="9144" y="9144"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="0" y="9144"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="0" y="0"/>
+                                </a:lnTo>
+                              </a:path>
+                            </a:pathLst>
+                          </a:custGeom>
+                          <a:ln w="0" cap="flat">
+                            <a:miter lim="127000"/>
+                          </a:ln>
+                        </wps:spPr>
+                        <wps:style>
+                          <a:lnRef idx="0">
+                            <a:srgbClr val="000000">
+                              <a:alpha val="0"/>
+                            </a:srgbClr>
+                          </a:lnRef>
+                          <a:fillRef idx="1">
+                            <a:srgbClr val="E3E3E3"/>
+                          </a:fillRef>
+                          <a:effectRef idx="0">
+                            <a:scrgbClr r="0" g="0" b="0"/>
+                          </a:effectRef>
+                          <a:fontRef idx="none"/>
+                        </wps:style>
+                        <wps:bodyPr/>
+                      </wps:wsp>
+                    </wpg:wgp>
+                  </a:graphicData>
+                </a:graphic>
+              </wp:inline>
+            </w:drawing>
+          </mc:Choice>
+          <mc:Fallback xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+            <w:pict>
+              <v:group id="Group 16817" style="width:442.06pt;height:1.67999pt;mso-position-horizontal-relative:char;mso-position-vertical-relative:line" coordsize="56141,213">
+                <v:shape id="Shape 19591" style="position:absolute;width:56127;height:196;left:0;top:0;" coordsize="5612765,19685" path="m0,0l5612765,0l5612765,19685l0,19685l0,0">
+                  <v:stroke weight="0pt" endcap="flat" joinstyle="miter" miterlimit="10" on="false" color="#000000" opacity="0"/>
+                  <v:fill on="true" color="#a0a0a0"/>
+                </v:shape>
+                <v:shape id="Shape 19592" style="position:absolute;width:91;height:91;left:0;top:15;" coordsize="9144,9144" path="m0,0l9144,0l9144,9144l0,9144l0,0">
+                  <v:stroke weight="0pt" endcap="flat" joinstyle="miter" miterlimit="10" on="false" color="#000000" opacity="0"/>
+                  <v:fill on="true" color="#a0a0a0"/>
+                </v:shape>
+                <v:shape id="Shape 19593" style="position:absolute;width:56080;height:91;left:30;top:15;" coordsize="5608066,9144" path="m0,0l5608066,0l5608066,9144l0,9144l0,0">
+                  <v:stroke weight="0pt" endcap="flat" joinstyle="miter" miterlimit="10" on="false" color="#000000" opacity="0"/>
+                  <v:fill on="true" color="#a0a0a0"/>
+                </v:shape>
+                <v:shape id="Shape 19594" style="position:absolute;width:91;height:91;left:56111;top:15;" coordsize="9144,9144" path="m0,0l9144,0l9144,9144l0,9144l0,0">
+                  <v:stroke weight="0pt" endcap="flat" joinstyle="miter" miterlimit="10" on="false" color="#000000" opacity="0"/>
+                  <v:fill on="true" color="#a0a0a0"/>
+                </v:shape>
+                <v:shape id="Shape 19595" style="position:absolute;width:91;height:137;left:0;top:45;" coordsize="9144,13716" path="m0,0l9144,0l9144,13716l0,13716l0,0">
+                  <v:stroke weight="0pt" endcap="flat" joinstyle="miter" miterlimit="10" on="false" color="#000000" opacity="0"/>
+                  <v:fill on="true" color="#a0a0a0"/>
+                </v:shape>
+                <v:shape id="Shape 19596" style="position:absolute;width:91;height:137;left:56111;top:45;" coordsize="9144,13716" path="m0,0l9144,0l9144,13716l0,13716l0,0">
+                  <v:stroke weight="0pt" endcap="flat" joinstyle="miter" miterlimit="10" on="false" color="#000000" opacity="0"/>
+                  <v:fill on="true" color="#e3e3e3"/>
+                </v:shape>
+                <v:shape id="Shape 19597" style="position:absolute;width:91;height:91;left:0;top:182;" coordsize="9144,9144" path="m0,0l9144,0l9144,9144l0,9144l0,0">
+                  <v:stroke weight="0pt" endcap="flat" joinstyle="miter" miterlimit="10" on="false" color="#000000" opacity="0"/>
+                  <v:fill on="true" color="#e3e3e3"/>
+                </v:shape>
+                <v:shape id="Shape 19598" style="position:absolute;width:56080;height:91;left:30;top:182;" coordsize="5608066,9144" path="m0,0l5608066,0l5608066,9144l0,9144l0,0">
+                  <v:stroke weight="0pt" endcap="flat" joinstyle="miter" miterlimit="10" on="false" color="#000000" opacity="0"/>
+                  <v:fill on="true" color="#e3e3e3"/>
+                </v:shape>
+                <v:shape id="Shape 19599" style="position:absolute;width:91;height:91;left:56111;top:182;" coordsize="9144,9144" path="m0,0l9144,0l9144,9144l0,9144l0,0">
+                  <v:stroke weight="0pt" endcap="flat" joinstyle="miter" miterlimit="10" on="false" color="#000000" opacity="0"/>
+                  <v:fill on="true" color="#e3e3e3"/>
+                </v:shape>
+              </v:group>
+            </w:pict>
+          </mc:Fallback>
+        </mc:AlternateContent>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1331F385" w14:textId="77777777" w:rsidR="005E3FD6" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="Ttulo1"/>
+        <w:ind w:left="10" w:right="179"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Introducción </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7E58033D" w14:textId="77777777" w:rsidR="005E3FD6" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
+        <w:ind w:left="142" w:right="0" w:firstLine="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="118137C5" w14:textId="77777777" w:rsidR="005E3FD6" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:ind w:left="127" w:right="315"/>
+      </w:pPr>
+      <w:r>
+        <w:lastRenderedPageBreak/>
+        <w:t>La transferencia de conocimiento y de tecnología, es un proceso mediante el que las instituciones se transfieren las habilidades, el intelecto y las técnicas, su propósito es que, de forma rápida y accesible, logren entre sí el acceso a los avances científicos, el</w:t>
+      </w:r>
+      <w:hyperlink r:id="rId7">
+        <w:r>
+          <w:t xml:space="preserve"> </w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:hyperlink r:id="rId8">
+        <w:r>
+          <w:t xml:space="preserve">desarrollo </w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:hyperlink r:id="rId9">
+        <w:r>
+          <w:t>tecnológico</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:hyperlink r:id="rId10">
+        <w:r>
+          <w:t xml:space="preserve"> </w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:t xml:space="preserve">y la creación de valor, en todos los productos y servicios que ofertan. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="254536BE" w14:textId="77777777" w:rsidR="005E3FD6" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:ind w:left="127" w:right="311"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">En este contexto, en el año 2015, el Tecnológico Nacional de México propuso un Modelo de Comercialización y Transferencia de Tecnología (TecNM, 2015), tomado como base para este trabajo. Cumple con el objetivo de establecer una metodología para lograr de manera clara el proceso de comercialización y transferencia de tecnología, con el que se logra la generación, evaluación y protección de las tecnologías creadas, su propósito es dar respuesta a problemas nacionales, con impacto directo en las actividades económicas de las regiones del país. En esta propuesta el TecNM hace claro énfasis en que el Modelo se fortalece de las propuestas de estudiantes, profesores e investigadores.  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6B51D703" w14:textId="77777777" w:rsidR="005E3FD6" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:ind w:left="127" w:right="318"/>
+      </w:pPr>
+      <w:r>
+        <w:t>El Modelo conceptual se constituye de catorce bloques que van desde la Planeación tecnológica pasando por la Evaluación de la Protección de la Propiedad Intelectual, hasta la Comercialización o Transferencia, también involucra a la Red de Innovación del MCTT, compuesta por la Red de Comercialización y Transparencia de Tecnología (RCTT), las Redes de Tecnólogos por Sectores Estratégicos (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>RTSE’s</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve">) y los consejeros y Tutores Empresariales. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3DB26C93" w14:textId="77777777" w:rsidR="005E3FD6" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:ind w:left="127" w:right="315"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Otro de los Modelos que se tomó de base, para fundamentar la propuesta de este proyecto, fue el Modelo de Transferencia de Tecnología del Instituto Politécnico Nacional, difundido por Pineda et al. En este trabajo se cumple con el objetivo de determinar los elementos de un proceso de Transferencia de Tecnología para el Instituto Politécnico Nacional. El modelo se basa en la innovación abierta como el de la triple hélice, como resultado se elaboró un modelo con las actividades pertinentes para su desarrollo, considerando el modelo de la Triple hélice: Universidad, Gobierno y Empresa. El modelo propone la acción coordinada de los tomadores de decisión del sector educativo, la participación del sector industrial, quienes muchas veces son los que plantean las problemáticas y los apoyos gubernamentales de financiamiento para la mejora en infraestructura.  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="00FC1F32" w14:textId="77777777" w:rsidR="005E3FD6" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:ind w:left="127" w:right="0"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Otra aportación esencial fue el Modelo definido por Solano et at., se basa en el diseño y validación de herramientas gerenciales de fácil aplicación y acordes con las políticas públicas vigentes, relacionadas a la tecnología, lo que permite garantizar la sostenibilidad de las empresas, como caso de estudio se plantea la Siderúrgica Alfredo Maneiro SIDOR, de Venezuela. Este </w:t>
+      </w:r>
+      <w:r>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">modelo se constituye de nueve etapas que van desde la Identificación, hasta la evaluación, aplicación, comercialización y difusión. Además, integra un marco estructural y conceptual que refleja la existencia y consistencia de elementos clave en la Transferencia Tecnológica, para mejorar los procesos en las empresas.  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="634561D5" w14:textId="77777777" w:rsidR="005E3FD6" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:ind w:left="127" w:right="314"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Un trabajo no menos importante, fue el realizado por la empresa de transferencia de tecnología de la Universidad Hebrea de Jerusalén YISSUM (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>Yissum</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> 2022), gira en torno al campo de la transferencia de tecnología, entre la investigación y la comercialización. Su filosofía se fundamenta en el proceso de convertir los resultados científicos generados de sus investigaciones en productos útiles para el mercado. Para cumplir su objetivo, YISSUM realiza una serie de tareas, que parten del descubrimiento, hasta su comercialización. Tienen amplia experiencia en cómo proteger sus productos y tecnologías, mediante la solicitud de patentes en los EE. UU., Europa, Israel y otros lugares. Su técnica se base en tratar de comercializar las patentes, sea por vía de la concesión de licencias de patentes o mediante la creación de empresas de nueva creación. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="77C709B5" w14:textId="77777777" w:rsidR="005E3FD6" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:ind w:left="127" w:right="314"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Finalmente, para cumplir con la formalidad de una metodología, la propuesta fue basada en un Marco de trabajo, que integra un conjunto estandarizado de conceptos, prácticas y criterios para ser registrado ante el IMPI. Este Marco de trabajo contempla la unión de dos vertientes principales, la Concepción de productos y la Administración de proyectos. De esta manera se logra el desarrollo de proyectos a nivel teórico y práctico, de manera paralela, se cumple con los objetivos siguientes: </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="29CC6E8C" w14:textId="77777777" w:rsidR="005E3FD6" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:ind w:right="0" w:hanging="360"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Estandarizar y controlar el cumplimiento de las rutinas de trabajo en un entorno laboral educativo y evitar su alteración arbitraria, ajeno al conocimiento de la alta jerarquía. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="22B9CC33" w14:textId="77777777" w:rsidR="005E3FD6" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:spacing w:after="96" w:line="259" w:lineRule="auto"/>
+        <w:ind w:right="0" w:hanging="360"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">El cumplimiento de las actividades en tiempo y forma. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4CDB841D" w14:textId="77777777" w:rsidR="005E3FD6" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:spacing w:after="94" w:line="259" w:lineRule="auto"/>
+        <w:ind w:right="0" w:hanging="360"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">El control interno y la vigilancia de los procesos y acciones que se ejecutan. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1C68203C" w14:textId="77777777" w:rsidR="005E3FD6" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:ind w:right="0" w:hanging="360"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Simplificar, clarificar, estandarizar y sistematizar el proceso de desarrollo de proyectos. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="61A94D26" w14:textId="77777777" w:rsidR="005E3FD6" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:ind w:right="0" w:hanging="360"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Que tanto alumnos como docentes, conozcan si el trabajo se está realizando adecuadamente, en caso contrario, puedan actuar a tiempo y continuar trabajando en las mejoras. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3701A337" w14:textId="77777777" w:rsidR="005E3FD6" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:spacing w:after="202" w:line="259" w:lineRule="auto"/>
+        <w:ind w:left="850" w:right="0" w:firstLine="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="54DF4AD9" w14:textId="77777777" w:rsidR="005E3FD6" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="Ttulo1"/>
+        <w:ind w:left="10" w:right="178"/>
+      </w:pPr>
+      <w:r>
+        <w:lastRenderedPageBreak/>
+        <w:t>Método</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="154746D1" w14:textId="77777777" w:rsidR="005E3FD6" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:spacing w:after="112" w:line="259" w:lineRule="auto"/>
+        <w:ind w:left="142" w:right="0" w:firstLine="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6A748D8D" w14:textId="77777777" w:rsidR="005E3FD6" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:ind w:left="127" w:right="315"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Para la concepción del Modelo se adoptaron las características de gestión de proyectos por incrementos iterativos, hasta lograr el diseño del primer prototipo del Modelo. De manera concreta, este proyecto se centra en la Ingeniería de Sistemas, haciendo uso de modelos ágiles, que ofrecen métodos y técnicas para desarrollar y mantener sistemas de calidad al resolver problemas de todo tipo.  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="14673AF5" w14:textId="77777777" w:rsidR="005E3FD6" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:ind w:left="127" w:right="315"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Como consecuencia, se adaptaron </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:i/>
         </w:rPr>
         <w:t>Scrum</w:t>
       </w:r>
-      <w:r w:rsidR="006F0CA6" w:rsidRPr="00D81A81">
-[...107 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:r>
+        <w:t xml:space="preserve"> (Schwaber &amp; Sutherland, 2020), para la planeación, la coordinación del equipo y la eficiencia en los entregables), de un Sprint conformado por tres incrementos y </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
           <w:b/>
-          <w:bCs/>
           <w:i/>
-          <w:iCs/>
-[...1 lines deleted...]
-          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Kanban</w:t>
       </w:r>
-      <w:r w:rsidR="001240E3" w:rsidRPr="00D81A81">
-[...158 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:r>
+        <w:t xml:space="preserve"> (para el seguimiento y el monitoreo del equipo) (Hamzah et al., 2021) (Gutiérrez, et al.). A continuación, se detalla cómo fue el proceso al crear el Sprint. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="574D8F96" w14:textId="77777777" w:rsidR="005E3FD6" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:spacing w:after="132" w:line="259" w:lineRule="auto"/>
+        <w:ind w:left="850" w:right="0" w:firstLine="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="558A4B60" w14:textId="77777777" w:rsidR="005E3FD6" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:ind w:left="127" w:right="316"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
           <w:b/>
-          <w:bCs/>
           <w:i/>
-          <w:iCs/>
-[...2 lines deleted...]
-        </w:rPr>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:i/>
+          <w:vertAlign w:val="superscript"/>
+        </w:rPr>
+        <w:t>er</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:i/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Incremento</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">. Inicia con el análisis y el estudio del Estado del Arte, cumple con la finalidad de generar el sustento teórico, que formaliza la propuesta de base y la integración de la información, con la que se genera el conocimiento.  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="357A9291" w14:textId="77777777" w:rsidR="005E3FD6" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:ind w:left="127" w:right="315"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Como resultado se clasificaron, priorizaron y respaldaron los documentos. A continuación, se generó una tabla con información estructurada y organizada, de acuerdo a su importancia y a la propuesta de valor. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3A55A5B5" w14:textId="77777777" w:rsidR="005E3FD6" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:ind w:left="127" w:right="312"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:i/>
+        </w:rPr>
+        <w:t>2º Incremento</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">. En el entendido que la transferencia de conocimiento y de tecnología involucra varias disciplinas, así como la interacción de un grupo inter disciplinario de personas expertas en diferentes áreas, adscritas a Instituciones de Educación Superior y Centros de Investigación, Organismos, Asociaciones y Empresas; en este rubro se consideraron los roles y las actividades que cada uno debe desempeñar, en el cumplimiento de los objetivos.  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="02C2F337" w14:textId="77777777" w:rsidR="005E3FD6" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:ind w:left="127" w:right="312"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Este incremento fue orientado a la definición y el desarrollo del Modelo, y al mismo tiempo se hizo la planificación de las normativas a considerar en el diseño y los reactivos de evaluación necesarios en cada proceso. La planificación normativa consiste en un recopilatorio de normativas, documentación y guías de mejora, las que deben usadas para el uso y el seguimiento del Modelo. El trabajo se fundamentó en la teoría y el estudio de las normativas que se rigen a nuestro país, así como las normas establecidas a nivel internacional, todo esto se realizó con la finalidad de establecer los lineamientos al desarrollar proyectos, </w:t>
+      </w:r>
+      <w:r>
         <w:lastRenderedPageBreak/>
-        <w:t>1</w:t>
-[...3 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        <w:t xml:space="preserve">delimitando las variables que puedan existir, haciendo más eficiente la evaluación de proyectos, retroalimentando y estableciendo lineamientos para la mejora continua. Para esto, la normativa consta de 5 secciones en las que se trabajó de manera coordinada:  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0BF92C06" w14:textId="77777777" w:rsidR="005E3FD6" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:spacing w:after="112" w:line="259" w:lineRule="auto"/>
+        <w:ind w:right="0" w:hanging="144"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Marco normativo de seguridad y salud. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="711A87A5" w14:textId="77777777" w:rsidR="005E3FD6" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:spacing w:after="112" w:line="259" w:lineRule="auto"/>
+        <w:ind w:right="0" w:hanging="144"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Normativa de calidad en el diseño y fabricación. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="21D2AEE2" w14:textId="77777777" w:rsidR="005E3FD6" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:spacing w:after="112" w:line="259" w:lineRule="auto"/>
+        <w:ind w:right="0" w:hanging="144"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Marco normativo de aplicación ambiental.  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2A8BD8AA" w14:textId="77777777" w:rsidR="005E3FD6" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:spacing w:after="112" w:line="259" w:lineRule="auto"/>
+        <w:ind w:right="0" w:hanging="144"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Gestión y administración de documentación. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5203ACF3" w14:textId="77777777" w:rsidR="005E3FD6" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:spacing w:after="112" w:line="259" w:lineRule="auto"/>
+        <w:ind w:right="0" w:hanging="144"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Análisis y evaluación de las fases del proyecto. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="720ED325" w14:textId="77777777" w:rsidR="005E3FD6" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:ind w:left="127" w:right="314"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Como resultado se obtuvo el primer esquema del “Modelo para la transferencia de conocimiento y de tecnología del Sistema Educativo del TecNM”, de manera colateral se generó un documento que integra las normas y los recursos humanos a ser considerados en su implementación.  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3DC72FB9" w14:textId="77777777" w:rsidR="005E3FD6" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:ind w:left="127" w:right="312"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">También se hizo la propuesta de un Plan de Pruebas, con el propósito de implementar el Modelo en los primeros casos de estudio para identificar los riesgos, validar los objetivos y verificar su funcionalidad. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1D7E9AA9" w14:textId="77777777" w:rsidR="005E3FD6" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:ind w:left="127" w:right="313"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
           <w:b/>
-          <w:bCs/>
           <w:i/>
-          <w:iCs/>
-[...1 lines deleted...]
-          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>3</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:i/>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:t>er</w:t>
       </w:r>
-      <w:r w:rsidR="00320DA9" w:rsidRPr="00D81A81">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:r>
+        <w:rPr>
           <w:b/>
-          <w:bCs/>
           <w:i/>
-          <w:iCs/>
-[...1 lines deleted...]
-          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> Incremento</w:t>
       </w:r>
-      <w:r w:rsidR="00413E81" w:rsidRPr="00D81A81">
-[...1549 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r>
+        <w:t>. Se planean las primeras pruebas experimentales, con los casos de estudio, en paralelo se crean las rúbricas de evaluación (alineadas a las normas y los estándares definidos en el 1</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:t>er</w:t>
       </w:r>
-      <w:r w:rsidRPr="00D81A81">
-[...460 lines deleted...]
-        <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
+      <w:r>
+        <w:t xml:space="preserve"> Incremento).  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1CFFFFB1" w14:textId="77777777" w:rsidR="005E3FD6" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:ind w:left="127" w:right="312"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">A este nivel el Modelo fue validado con proyectos desarrollados en el TecNM campus Toluca, de manera inter y multi disciplinaria (ver Figura 1) y algunas </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>MiPYMES</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve">. En la verificación del Modelo se trabajó con técnicas con las que se logra integrar información de cada proyecto y probar su funcionalidad, pasando por el análisis, las etapas de experimentación y el estudio de su potencial comercialización (se incluye el análisis de resultados y la generación de conclusiones del conocimiento adquirido en cada proyecto).  Es importante mencionar que en el </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>ITTol</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> se formó un grupo de investigación que desde </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2400E8EB" w14:textId="77777777" w:rsidR="005E3FD6" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:ind w:left="127" w:right="316" w:firstLine="0"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">2018 colabora de manera coordinada, a través de un marco de trabajo, y que, a partir de 2021, cuenta con las evidencias y la existencia de gran parte de los productos generados, lo que implícitamente conlleva el impacto que en este grupo se logra al gestionar el conocimiento. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="51F43B03" w14:textId="77777777" w:rsidR="005E3FD6" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
+        <w:ind w:left="0" w:right="133" w:firstLine="0"/>
         <w:jc w:val="center"/>
-        <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
           <w:b/>
           <w:sz w:val="16"/>
-          <w:szCs w:val="18"/>
-[...5 lines deleted...]
-        <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2188D269" w14:textId="77777777" w:rsidR="005E3FD6" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:spacing w:after="51" w:line="265" w:lineRule="auto"/>
+        <w:ind w:left="545" w:right="709" w:hanging="10"/>
         <w:jc w:val="center"/>
-        <w:rPr>
-[...6 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
           <w:b/>
-          <w:szCs w:val="24"/>
-[...46 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Figura 1. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Casos de Estudio. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="18FCC456" w14:textId="77777777" w:rsidR="005E3FD6" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
+        <w:ind w:left="0" w:right="761" w:firstLine="0"/>
+        <w:jc w:val="right"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
           <w:noProof/>
-          <w:sz w:val="24"/>
-[...1 lines deleted...]
-          <w:lang w:eastAsia="es-MX"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="59005A99" wp14:editId="7DA07A04">
-[...5 lines deleted...]
-            </wp:cNvGraphicFramePr>
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="0328B6DA" wp14:editId="4BFB7B52">
+            <wp:extent cx="5361940" cy="5331079"/>
+            <wp:effectExtent l="0" t="0" r="0" b="0"/>
+            <wp:docPr id="1086" name="Picture 1086"/>
+            <wp:cNvGraphicFramePr/>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
-                    <pic:cNvPr id="0" name="Picture 2"/>
-[...2 lines deleted...]
-                    </pic:cNvPicPr>
+                    <pic:cNvPr id="1086" name="Picture 1086"/>
+                    <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId9">
-[...6 lines deleted...]
-                    <a:srcRect/>
+                    <a:blip r:embed="rId11"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
-                  <pic:spPr bwMode="auto">
+                  <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
-                      <a:ext cx="5415892" cy="5384713"/>
+                      <a:ext cx="5361940" cy="5331079"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
-                    <a:noFill/>
-[...2 lines deleted...]
-                    </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
-    </w:p>
-[...5 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3404E7F1" w14:textId="77777777" w:rsidR="005E3FD6" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:spacing w:after="62" w:line="259" w:lineRule="auto"/>
+        <w:ind w:left="0" w:right="0" w:firstLine="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
           <w:sz w:val="14"/>
-          <w:szCs w:val="14"/>
-[...5 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3B42D414" w14:textId="77777777" w:rsidR="005E3FD6" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:spacing w:after="3" w:line="265" w:lineRule="auto"/>
+        <w:ind w:left="545" w:right="712" w:hanging="10"/>
         <w:jc w:val="center"/>
-        <w:rPr>
-[...6 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
           <w:b/>
-          <w:szCs w:val="24"/>
+          <w:sz w:val="22"/>
         </w:rPr>
         <w:t>Fuente</w:t>
       </w:r>
-      <w:r w:rsidRPr="000F291C">
-[...415 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: Elaboración propia. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0DCEE0B4" w14:textId="77777777" w:rsidR="005E3FD6" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:ind w:left="127" w:right="311"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">También cabe hacer mención que las fases de explotación y de mantenimiento de los productos obtenidos quedan fuera de esta primera etapa del estudio, debido a que a la alta jerarquía del </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>ITTol</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> se le hará la propuesta (con una serie de alternativas), de qué es lo que más conviene realizar para obtener mayores beneficios a nivel institucional. De esta forma queda la información lista para la etapa siguiente: la implementación formal e institucional del Modelo, el monitoreo de los proyectos durante varios semestres y de manera continua e integrar más colaboradores al equipo de trabajo (alumnos, profesores y empresarios), quienes deberán tener la empatía y la actitud de colaboración, para resolver problemas de manera original y creativa, hasta lograr que, de manera orgánica, se sistematice el proceso de transferencia de conocimiento y de tecnología. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="548F2046" w14:textId="77777777" w:rsidR="005E3FD6" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:spacing w:after="69"/>
+        <w:ind w:left="127" w:right="314"/>
+      </w:pPr>
+      <w:r>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">Como resultado de este incremento, se obtuvo la primera versión del Plan de Pruebas, se detectaron varios riesgos y se generaron los primeros resultados en los casos de estudio, donde aún se observa necesario atender algunas áreas de oportunidad para la mejora continua del modelo. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="11D5F0D4" w14:textId="77777777" w:rsidR="005E3FD6" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="Ttulo1"/>
+        <w:ind w:left="382"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Modelo para la transferencia de conocimiento y de tecnología  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5784AEDC" w14:textId="77777777" w:rsidR="005E3FD6" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
+        <w:ind w:left="0" w:right="113" w:firstLine="0"/>
         <w:jc w:val="center"/>
-        <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="18351075" w14:textId="77777777" w:rsidR="005E3FD6" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:ind w:left="127" w:right="315"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">El Modelo responde a las particularidades de IES y de las empresas, con el fin de contribuir a superar varias de las limitantes, como trámites administrativos, infraestructura deficiente, restringida capacidad para enfrentar riesgos y al trabajo colaborativo, a asumir responsabilidades de liderazgo y alto estrés, principalmente con las empresas, limitado conocimiento de las bondades de la transferencia de conocimiento y de la tecnología, uso limitado de políticas institucionales en beneficio de los profesores y de los estudiantes, en las prácticas de innovación, etc. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="46C50683" w14:textId="77777777" w:rsidR="005E3FD6" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:ind w:left="127" w:right="313"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">A fin de realizar un proceso de transferencia de conocimiento y de tecnología eficiente y acorde con los objetivos de la institución y del entorno, se propuso una primera versión del modelo (Figura 2, Figura 3 y Figura 4), para potenciar la competitividad en el mercado mediante una propuesta formal y estructurada. Su importancia radica en el diseño y la construcción de 20 bloques divididos en 3 procesos, por los que se transfiere conocimiento y tecnología para la oferta y la demanda.  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0F97974D" w14:textId="77777777" w:rsidR="005E3FD6" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:spacing w:after="60" w:line="265" w:lineRule="auto"/>
+        <w:ind w:left="545" w:right="707" w:hanging="10"/>
+        <w:jc w:val="center"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
           <w:b/>
-          <w:color w:val="000000" w:themeColor="text1"/>
-[...757 lines deleted...]
-          <w:szCs w:val="24"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Figura 2. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
         </w:rPr>
         <w:t>Modelo – 1</w:t>
       </w:r>
-      <w:r w:rsidRPr="005A081C">
-[...2 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:t>er</w:t>
       </w:r>
-      <w:r w:rsidRPr="005A081C">
-[...19 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Proceso. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="459411EE" w14:textId="77777777" w:rsidR="005E3FD6" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:spacing w:after="41" w:line="259" w:lineRule="auto"/>
+        <w:ind w:left="0" w:right="1215" w:firstLine="0"/>
+        <w:jc w:val="right"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
           <w:noProof/>
-          <w:sz w:val="24"/>
-[...1 lines deleted...]
-          <w:lang w:eastAsia="es-MX"/>
         </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="1075F4E0" wp14:editId="183FEDF3">
-            <wp:extent cx="4104564" cy="1811547"/>
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="09B6E67D" wp14:editId="48B510E4">
+            <wp:extent cx="4103370" cy="1811020"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
-            <wp:docPr id="1" name="Imagen 1"/>
-[...2 lines deleted...]
-            </wp:cNvGraphicFramePr>
+            <wp:docPr id="1263" name="Picture 1263"/>
+            <wp:cNvGraphicFramePr/>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
-                    <pic:cNvPr id="0" name="Picture 1"/>
-[...2 lines deleted...]
-                    </pic:cNvPicPr>
+                    <pic:cNvPr id="1263" name="Picture 1263"/>
+                    <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId10">
-[...6 lines deleted...]
-                    <a:srcRect/>
+                    <a:blip r:embed="rId12"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
-                  <pic:spPr bwMode="auto">
+                  <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
-                      <a:ext cx="4131988" cy="1823651"/>
+                      <a:ext cx="4103370" cy="1811020"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
-                    <a:noFill/>
-[...2 lines deleted...]
-                    </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
-    </w:p>
-[...2 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5C80B0B3" w14:textId="77777777" w:rsidR="005E3FD6" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:spacing w:after="3" w:line="265" w:lineRule="auto"/>
+        <w:ind w:left="545" w:right="712" w:hanging="10"/>
         <w:jc w:val="center"/>
-        <w:rPr>
-[...6 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
           <w:b/>
-          <w:szCs w:val="24"/>
+          <w:sz w:val="22"/>
         </w:rPr>
         <w:t>Fuente</w:t>
       </w:r>
-      <w:r w:rsidRPr="000F291C">
-[...10 lines deleted...]
-        <w:ind w:firstLine="709"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: Elaboración propia. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5007A9AE" w14:textId="77777777" w:rsidR="005E3FD6" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:spacing w:after="97" w:line="259" w:lineRule="auto"/>
+        <w:ind w:left="593" w:right="0" w:firstLine="0"/>
         <w:jc w:val="center"/>
-        <w:rPr>
-[...8 lines deleted...]
-        <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="51054C34" w14:textId="77777777" w:rsidR="005E3FD6" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:spacing w:after="3" w:line="265" w:lineRule="auto"/>
+        <w:ind w:left="545" w:right="706" w:hanging="10"/>
         <w:jc w:val="center"/>
-        <w:rPr>
-[...6 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
           <w:b/>
-          <w:szCs w:val="24"/>
-[...54 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Figura 3. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Modelo – 2º Proceso. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5349587B" w14:textId="77777777" w:rsidR="005E3FD6" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:spacing w:after="44" w:line="259" w:lineRule="auto"/>
+        <w:ind w:left="0" w:right="1020" w:firstLine="0"/>
+        <w:jc w:val="right"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
           <w:noProof/>
-          <w:sz w:val="24"/>
-[...2 lines deleted...]
-        </w:rPr>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="67983C12" wp14:editId="5645729A">
-[...5 lines deleted...]
-            </wp:cNvGraphicFramePr>
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="6555DF9B" wp14:editId="2A7022EA">
+            <wp:extent cx="4183380" cy="2009521"/>
+            <wp:effectExtent l="0" t="0" r="0" b="0"/>
+            <wp:docPr id="1363" name="Picture 1363"/>
+            <wp:cNvGraphicFramePr/>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
-                    <pic:cNvPr id="0" name="Picture 2"/>
-[...2 lines deleted...]
-                    </pic:cNvPicPr>
+                    <pic:cNvPr id="1363" name="Picture 1363"/>
+                    <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId11">
-[...6 lines deleted...]
-                    <a:srcRect/>
+                    <a:blip r:embed="rId13"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
-                  <pic:spPr bwMode="auto">
+                  <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
-                      <a:ext cx="4200798" cy="2017935"/>
+                      <a:ext cx="4183380" cy="2009521"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
-                    <a:noFill/>
-[...2 lines deleted...]
-                    </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
-    </w:p>
-[...2 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3FD44E9C" w14:textId="77777777" w:rsidR="005E3FD6" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:spacing w:after="3" w:line="265" w:lineRule="auto"/>
+        <w:ind w:left="545" w:right="712" w:hanging="10"/>
         <w:jc w:val="center"/>
-        <w:rPr>
-[...6 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
           <w:b/>
-          <w:szCs w:val="24"/>
+          <w:sz w:val="22"/>
         </w:rPr>
         <w:t>Fuente</w:t>
       </w:r>
-      <w:r w:rsidRPr="000F291C">
-[...9 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: Elaboración propia. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4ED88E0A" w14:textId="77777777" w:rsidR="005E3FD6" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
+        <w:ind w:left="0" w:right="118" w:firstLine="0"/>
         <w:jc w:val="center"/>
-        <w:rPr>
-[...7 lines deleted...]
-        <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="64CDE787" w14:textId="77777777" w:rsidR="005E3FD6" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:spacing w:after="114" w:line="259" w:lineRule="auto"/>
+        <w:ind w:left="0" w:right="118" w:firstLine="0"/>
         <w:jc w:val="center"/>
-        <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
           <w:b/>
-          <w:szCs w:val="24"/>
-[...5 lines deleted...]
-        <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4A381456" w14:textId="77777777" w:rsidR="005E3FD6" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:spacing w:after="61" w:line="265" w:lineRule="auto"/>
+        <w:ind w:left="545" w:right="707" w:hanging="10"/>
         <w:jc w:val="center"/>
-        <w:rPr>
-[...6 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
           <w:b/>
-          <w:szCs w:val="24"/>
-[...37 lines deleted...]
-          <w:szCs w:val="24"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Figura 4. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>Modelo – 3</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:t>er</w:t>
       </w:r>
-      <w:r w:rsidRPr="005A081C">
-[...19 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Proceso. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="64710F77" w14:textId="77777777" w:rsidR="005E3FD6" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:spacing w:after="44" w:line="259" w:lineRule="auto"/>
+        <w:ind w:left="0" w:right="605" w:firstLine="0"/>
+        <w:jc w:val="right"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
           <w:noProof/>
-          <w:sz w:val="24"/>
-[...1 lines deleted...]
-          <w:lang w:eastAsia="es-MX"/>
         </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="414A65A5" wp14:editId="5E2A53C4">
-[...5 lines deleted...]
-            </wp:cNvGraphicFramePr>
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="2AF82A2D" wp14:editId="0D76B88C">
+            <wp:extent cx="5165344" cy="1024890"/>
+            <wp:effectExtent l="0" t="0" r="0" b="0"/>
+            <wp:docPr id="1365" name="Picture 1365"/>
+            <wp:cNvGraphicFramePr/>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
-                    <pic:cNvPr id="0" name="Picture 3"/>
-[...2 lines deleted...]
-                    </pic:cNvPicPr>
+                    <pic:cNvPr id="1365" name="Picture 1365"/>
+                    <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId12">
-[...6 lines deleted...]
-                    <a:srcRect/>
+                    <a:blip r:embed="rId14"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
-                  <pic:spPr bwMode="auto">
+                  <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
-                      <a:ext cx="5179363" cy="1027661"/>
+                      <a:ext cx="5165344" cy="1024890"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
-                    <a:noFill/>
-[...2 lines deleted...]
-                    </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
-    </w:p>
-[...2 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="606B3B78" w14:textId="77777777" w:rsidR="005E3FD6" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:spacing w:after="3" w:line="265" w:lineRule="auto"/>
+        <w:ind w:left="545" w:right="712" w:hanging="10"/>
         <w:jc w:val="center"/>
-        <w:rPr>
-[...6 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
           <w:b/>
-          <w:szCs w:val="24"/>
+          <w:sz w:val="22"/>
         </w:rPr>
         <w:t>Fuente</w:t>
       </w:r>
-      <w:r w:rsidRPr="000F291C">
-[...113 lines deleted...]
-        </w:rPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: Elaboración propia. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0CD5525F" w14:textId="77777777" w:rsidR="005E3FD6" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:spacing w:after="115" w:line="259" w:lineRule="auto"/>
+        <w:ind w:left="850" w:right="0" w:firstLine="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6EC5CFF0" w14:textId="77777777" w:rsidR="005E3FD6" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:spacing w:after="69"/>
+        <w:ind w:left="127" w:right="313"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">La propuesta se define en un Modelo, que a nivel macro, integra los elementos indispensables para que administrativos y directivos puedan visualizar, atender y brindar, los medios y los recursos obligatorios y de vinculación para los alumnos, docentes e investigadores, de las diversas carreras que oferta el </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
         <w:t>ITTol</w:t>
       </w:r>
-      <w:r w:rsidR="00176D64" w:rsidRPr="00176D64">
-[...154 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve">. De forma integral en el modelo se considera al Sistema de Gestión de Calidad (SGC), al sistema de administración de recursos, así como algunas metodologías vinculadas a la Gestión de Proyectos, la Administración de la información y la Concepción de Productos. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="35C72AB1" w14:textId="77777777" w:rsidR="005E3FD6" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
+        <w:ind w:left="0" w:right="93" w:firstLine="0"/>
         <w:jc w:val="center"/>
-        <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
           <w:b/>
-          <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="32"/>
-          <w:szCs w:val="24"/>
-[...5 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="34BD8F8F" w14:textId="77777777" w:rsidR="005E3FD6" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
+        <w:ind w:left="0" w:right="93" w:firstLine="0"/>
         <w:jc w:val="center"/>
-        <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
           <w:b/>
-          <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="32"/>
-          <w:szCs w:val="24"/>
-[...5 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="673930D2" w14:textId="77777777" w:rsidR="005E3FD6" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="Ttulo1"/>
+        <w:ind w:left="10" w:right="175"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Resultados</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1812DA42" w14:textId="77777777" w:rsidR="005E3FD6" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
+        <w:ind w:left="142" w:right="0" w:firstLine="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="264BD405" w14:textId="77777777" w:rsidR="005E3FD6" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:ind w:left="127" w:right="318"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Este proyecto de investigación desarrolla una alternativa de “trabajo en equipo colaborativo inter y multidisciplinario”, con el que es posible lograr la calidad laboral, bajo dos perspectivas cada una de cuatro ejes; de manera interna, con: alumnos, profesores, investigadores y administrativos; y hacia el exterior, entre: Institución, Empresas, Gobierno y Sociedad, Galvez et al.  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="46118694" w14:textId="77777777" w:rsidR="005E3FD6" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:ind w:left="127" w:right="313"/>
+      </w:pPr>
+      <w:r>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">La Figura 5 muestra el trabajo realizado, durante dos años consecutivos, a través de una metodología de trabajo formal (Gutiérrez et al.); se dio seguimiento puntual a diecinueve proyectos, iniciando desde la conceptualización de la idea y la definición del problema, hasta la obtención de los primeros entregables del producto final.  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2964AF8A" w14:textId="77777777" w:rsidR="005E3FD6" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:ind w:left="127" w:right="312"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">En el quehacer de verificación del proceso (a nivel macro), se definieron cuatro criterios para la validación de la transferencia de conocimiento y siete criterios para la validación de la transferencia de tecnología. Como resultado se obtuvo una media del 90.91%, con un porcentaje mínimo de 72.73% y un porcentaje máximo de 100%. Un dato importante a resaltar es que, al establecer una metodología fundamentada en un marco de trabajo formal, la transferencia de conocimiento se logró al 100%; sin embargo, en la transferencia de tecnología sólo se obtuvo el 66.3%. Razón por la que aún queda pendiente trabajar en las mejoras, y como meta el equipo de trabajo estableció lograr para este rubro el 85% a corto plazo y el 100% a mediano plazo.  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="16AEF775" w14:textId="77777777" w:rsidR="005E3FD6" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:ind w:left="127" w:right="316"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">No obstante, un aspecto importante a resaltar en esta primera etapa de resultados, es que actualmente el Modelo incluye normas, estándares de calidad y algunas políticas, lo que permite observar que la Institución, de manera lógica y natural, se logra vincular con otras instancias y con su entorno, consiguiendo el intercambio de ideas y experiencias, a un nivel profesional; y con esto se prevé alcanzar, a muy corto plazo, el éxito de los proyectos con la comercialización y difusión de los productos generados. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5158116E" w14:textId="77777777" w:rsidR="005E3FD6" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:spacing w:after="112" w:line="259" w:lineRule="auto"/>
+        <w:ind w:left="850" w:right="0" w:firstLine="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3AA17F34" w14:textId="77777777" w:rsidR="005E3FD6" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:spacing w:after="99" w:line="259" w:lineRule="auto"/>
+        <w:ind w:left="850" w:right="0" w:firstLine="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6099CA5A" w14:textId="77777777" w:rsidR="005E3FD6" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:spacing w:after="3" w:line="265" w:lineRule="auto"/>
+        <w:ind w:left="545" w:right="0" w:hanging="10"/>
         <w:jc w:val="center"/>
-        <w:rPr>
-          <w:rFonts w:cs="Arial"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
           <w:b/>
-          <w:color w:val="000000" w:themeColor="text1"/>
-[...608 lines deleted...]
-          <w:szCs w:val="24"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Figura 5. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Proceso de Validación del Modelo. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="06F4BE15" w14:textId="77777777" w:rsidR="005E3FD6" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:spacing w:after="49" w:line="259" w:lineRule="auto"/>
+        <w:ind w:left="0" w:right="0" w:firstLine="0"/>
+        <w:jc w:val="right"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t>No obstante, u</w:t>
-[...354 lines deleted...]
-        </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="18DC6477" wp14:editId="5A06F009">
-            <wp:extent cx="5776086" cy="5701553"/>
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="1E928F2E" wp14:editId="778B93A7">
+            <wp:extent cx="5775579" cy="5701030"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
-            <wp:docPr id="5" name="Imagen 5"/>
-[...2 lines deleted...]
-            </wp:cNvGraphicFramePr>
+            <wp:docPr id="1589" name="Picture 1589"/>
+            <wp:cNvGraphicFramePr/>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
-                    <pic:cNvPr id="0" name="Picture 1"/>
-[...2 lines deleted...]
-                    </pic:cNvPicPr>
+                    <pic:cNvPr id="1589" name="Picture 1589"/>
+                    <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId13">
-[...6 lines deleted...]
-                    <a:srcRect/>
+                    <a:blip r:embed="rId15"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
-                  <pic:spPr bwMode="auto">
+                  <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
-                      <a:ext cx="5795239" cy="5720459"/>
+                      <a:ext cx="5775579" cy="5701030"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
-                    <a:noFill/>
-[...2 lines deleted...]
-                    </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
-    </w:p>
-[...2 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="762CE7DE" w14:textId="77777777" w:rsidR="005E3FD6" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:spacing w:after="3" w:line="265" w:lineRule="auto"/>
+        <w:ind w:left="545" w:right="712" w:hanging="10"/>
         <w:jc w:val="center"/>
-        <w:rPr>
-[...6 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
           <w:b/>
-          <w:szCs w:val="24"/>
+          <w:sz w:val="22"/>
         </w:rPr>
         <w:t>Fuente</w:t>
       </w:r>
-      <w:r w:rsidRPr="000F291C">
-[...129 lines deleted...]
-        </w:rPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: Elaboración propia. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="33C8315A" w14:textId="77777777" w:rsidR="005E3FD6" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:spacing w:after="112" w:line="259" w:lineRule="auto"/>
+        <w:ind w:left="850" w:right="0" w:firstLine="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="221A0D5C" w14:textId="77777777" w:rsidR="005E3FD6" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:ind w:left="127" w:right="313"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Otro logro importante es que los resultados que de este trabajo de investigación se derivan, constituyen una oportunidad y un beneficio directo para la comunidad estudiantil del </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>ITTol</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve">, al lograr controlar y gestionar, bajo métricas y estándares, los aspectos siguientes:  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5C7F36B8" w14:textId="77777777" w:rsidR="005E3FD6" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
+        <w:ind w:left="1022" w:right="0" w:hanging="187"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Ofertar a los estudiantes la oportunidad de realizar el servicio social y la residencia profesional, al colaborar en proyectos serios, formales, bajo una normativa estandarizada y sistematizada por la Institución.  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="176328CF" w14:textId="77777777" w:rsidR="005E3FD6" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
+        <w:spacing w:after="112" w:line="357" w:lineRule="auto"/>
+        <w:ind w:left="1022" w:right="0" w:hanging="187"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Titular de manera inmediata a los alumnos de las distintas carreras y posgrados que el </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>ITTol</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> oferta.  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="52213942" w14:textId="77777777" w:rsidR="005E3FD6" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="358" w:lineRule="auto"/>
+        <w:ind w:left="1022" w:right="0" w:hanging="187"/>
+      </w:pPr>
+      <w:r>
         <w:lastRenderedPageBreak/>
-        <w:t xml:space="preserve">del </w:t>
-[...821 lines deleted...]
-          <w:footerReference w:type="default" r:id="rId15"/>
+        <w:t xml:space="preserve">Lograr habilidades directivas, de ingeniería y de fortalecimiento e innovación, para la toma de decisiones, con una orientación sistémica, sostenible y sustentable.  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5F9E6B52" w14:textId="77777777" w:rsidR="005E3FD6" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
+        <w:spacing w:after="1" w:line="357" w:lineRule="auto"/>
+        <w:ind w:left="1022" w:right="0" w:hanging="187"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Gestionar de manera eficiente los recursos con una visión compartida, a corto, mediano y largo plazo.  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5B881A87" w14:textId="77777777" w:rsidR="005E3FD6" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
+        <w:ind w:left="1022" w:right="0" w:hanging="187"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Diseñar y emprender nuevos negocios y proyectos empresariales, los que deberán cumplir la meta de ser sustentables en el mercado, para promover el desarrollo e incrementar su perfil profesional.  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0F6EA2E9" w14:textId="77777777" w:rsidR="005E3FD6" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
+        <w:spacing w:after="1" w:line="357" w:lineRule="auto"/>
+        <w:ind w:left="1022" w:right="0" w:hanging="187"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Implementar planes y programas de calidad, seguridad e higiene, con el fin de fortalecer el entorno laboral.  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="226C6D68" w14:textId="77777777" w:rsidR="005E3FD6" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
+        <w:spacing w:after="1" w:line="357" w:lineRule="auto"/>
+        <w:ind w:left="1022" w:right="0" w:hanging="187"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Formar líderes que puedan, sin problema alguno, dirigir equipos de trabajo para la mejora continua y el crecimiento integral de su entorno.  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="34AE016E" w14:textId="77777777" w:rsidR="005E3FD6" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
+        <w:spacing w:after="1" w:line="357" w:lineRule="auto"/>
+        <w:ind w:left="1022" w:right="0" w:hanging="187"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Utilizar y/o diseñar nuevas tecnologías, que permitan optimizar los procesos y lograr hacer eficiente la toma de decisiones. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="127999DA" w14:textId="77777777" w:rsidR="005E3FD6" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:ind w:left="127" w:right="313"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Los resultados en relación a la evaluación de riesgos, consideraron varios elementos (documentación, lecciones aprendidas de otros proyectos, las categorías de riesgos, la información de proyectos realizados anteriormente y la experiencia de los equipos de trabajo). La herramienta utilizada fue la lluvia de ideas y la aplicación de algunas rúbricas en plantillas, los resultados se registraron y almacenaron para su uso posterior.  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5E0FFF35" w14:textId="77777777" w:rsidR="005E3FD6" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:ind w:left="127"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">La identificación de riesgos se realizó en todas las etapas del proyecto, así como en cada reunión efectuada para el monitoreo y seguimiento de los proyectos. Los resultados se observan en la Figura 6. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="26BE8B3E" w14:textId="77777777" w:rsidR="005E3FD6" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:ind w:left="127" w:right="313"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Derivado del análisis de riesgos, se llevó a cabo una junta para la definición y comunicación de los riesgos detectados, evidenciando que uno de los beneficios de la aplicación de la gestión de riesgos en la empresa permite la toma de acciones oportunas para la mejora. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="76F08E14" w14:textId="77777777" w:rsidR="005E3FD6" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
+        <w:ind w:left="850" w:right="0" w:firstLine="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="05879D30" w14:textId="77777777" w:rsidR="005E3FD6" w:rsidRDefault="005E3FD6">
+      <w:pPr>
+        <w:sectPr w:rsidR="005E3FD6">
+          <w:headerReference w:type="even" r:id="rId16"/>
+          <w:headerReference w:type="default" r:id="rId17"/>
+          <w:footerReference w:type="even" r:id="rId18"/>
+          <w:footerReference w:type="default" r:id="rId19"/>
+          <w:headerReference w:type="first" r:id="rId20"/>
+          <w:footerReference w:type="first" r:id="rId21"/>
           <w:pgSz w:w="12240" w:h="15840"/>
-          <w:pgMar w:top="568" w:right="1701" w:bottom="567" w:left="1701" w:header="142" w:footer="258" w:gutter="0"/>
-[...1 lines deleted...]
-          <w:docGrid w:linePitch="360"/>
+          <w:pgMar w:top="1712" w:right="1385" w:bottom="603" w:left="1560" w:header="142" w:footer="255" w:gutter="0"/>
+          <w:cols w:space="720"/>
         </w:sectPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="085A61D6" w14:textId="77777777" w:rsidR="00B629FC" w:rsidRDefault="00B629FC" w:rsidP="00B629FC">
-[...1 lines deleted...]
-        <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
+    <w:p w14:paraId="3EA60118" w14:textId="77777777" w:rsidR="005E3FD6" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
+        <w:ind w:left="-2985" w:right="2543" w:firstLine="0"/>
         <w:jc w:val="center"/>
-        <w:rPr>
-[...8 lines deleted...]
-          <w:szCs w:val="24"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t xml:space="preserve">Figura </w:t>
-[...38 lines deleted...]
-        </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="57337C0F" wp14:editId="6D2B2FC7">
-            <wp:extent cx="8291830" cy="4922520"/>
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="40AC537F" wp14:editId="2E0C0348">
+            <wp:extent cx="6675120" cy="996950"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
-            <wp:docPr id="4" name="Imagen 4"/>
-[...2 lines deleted...]
-            </wp:cNvGraphicFramePr>
+            <wp:docPr id="1722" name="Picture 1722"/>
+            <wp:cNvGraphicFramePr/>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
-                    <pic:cNvPr id="0" name="Picture 1"/>
-[...2 lines deleted...]
-                    </pic:cNvPicPr>
+                    <pic:cNvPr id="1722" name="Picture 1722"/>
+                    <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId16">
-[...6 lines deleted...]
-                    <a:srcRect/>
+                    <a:blip r:embed="rId22"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
-                  <pic:spPr bwMode="auto">
+                  <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
-                      <a:ext cx="8304036" cy="4929766"/>
+                      <a:ext cx="6675120" cy="996950"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
-                    <a:noFill/>
-[...2 lines deleted...]
-                    </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
-    </w:p>
-[...2 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0184DA94" w14:textId="77777777" w:rsidR="005E3FD6" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:spacing w:after="57" w:line="259" w:lineRule="auto"/>
+        <w:ind w:left="0" w:right="0" w:firstLine="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Figura 6. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Matriz de Riesgos – Transferencia de Conocimiento y de Tecnología. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="60C1FF9C" w14:textId="77777777" w:rsidR="005E3FD6" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:spacing w:after="768" w:line="259" w:lineRule="auto"/>
+        <w:ind w:left="-2985" w:right="0" w:firstLine="0"/>
+        <w:jc w:val="right"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:drawing>
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="1DE6BA53" wp14:editId="3786BB79">
+            <wp:extent cx="8291831" cy="4922520"/>
+            <wp:effectExtent l="0" t="0" r="0" b="0"/>
+            <wp:docPr id="1733" name="Picture 1733"/>
+            <wp:cNvGraphicFramePr/>
+            <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                  <pic:nvPicPr>
+                    <pic:cNvPr id="1733" name="Picture 1733"/>
+                    <pic:cNvPicPr/>
+                  </pic:nvPicPr>
+                  <pic:blipFill>
+                    <a:blip r:embed="rId23"/>
+                    <a:stretch>
+                      <a:fillRect/>
+                    </a:stretch>
+                  </pic:blipFill>
+                  <pic:spPr>
+                    <a:xfrm>
+                      <a:off x="0" y="0"/>
+                      <a:ext cx="8291831" cy="4922520"/>
+                    </a:xfrm>
+                    <a:prstGeom prst="rect">
+                      <a:avLst/>
+                    </a:prstGeom>
+                  </pic:spPr>
+                </pic:pic>
+              </a:graphicData>
+            </a:graphic>
+          </wp:inline>
+        </w:drawing>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0D77E515" w14:textId="77777777" w:rsidR="005E3FD6" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:spacing w:after="353" w:line="259" w:lineRule="auto"/>
+        <w:ind w:left="14" w:right="0" w:hanging="10"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">Vol. 10, Núm. 19                  </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>Enero</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>Junio</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2023                         ISSN: 2448 – 6280</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4B9C1AAA" w14:textId="77777777" w:rsidR="005E3FD6" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
+        <w:ind w:left="-2985" w:right="2543" w:firstLine="0"/>
+        <w:jc w:val="right"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:drawing>
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="46D2E913" wp14:editId="244448C2">
+            <wp:extent cx="6675120" cy="996950"/>
+            <wp:effectExtent l="0" t="0" r="0" b="0"/>
+            <wp:docPr id="1746" name="Picture 1746"/>
+            <wp:cNvGraphicFramePr/>
+            <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                  <pic:nvPicPr>
+                    <pic:cNvPr id="1746" name="Picture 1746"/>
+                    <pic:cNvPicPr/>
+                  </pic:nvPicPr>
+                  <pic:blipFill>
+                    <a:blip r:embed="rId22"/>
+                    <a:stretch>
+                      <a:fillRect/>
+                    </a:stretch>
+                  </pic:blipFill>
+                  <pic:spPr>
+                    <a:xfrm>
+                      <a:off x="0" y="0"/>
+                      <a:ext cx="6675120" cy="996950"/>
+                    </a:xfrm>
+                    <a:prstGeom prst="rect">
+                      <a:avLst/>
+                    </a:prstGeom>
+                  </pic:spPr>
+                </pic:pic>
+              </a:graphicData>
+            </a:graphic>
+          </wp:inline>
+        </w:drawing>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3EB7C2E6" w14:textId="77777777" w:rsidR="005E3FD6" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:spacing w:after="8711" w:line="265" w:lineRule="auto"/>
+        <w:ind w:left="545" w:right="3633" w:hanging="10"/>
         <w:jc w:val="center"/>
-        <w:rPr>
-[...3 lines deleted...]
-        <w:sectPr w:rsidR="00B629FC" w:rsidSect="00C8422E">
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>Fuente</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>: Elaboración propia.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2ABCD4E9" w14:textId="77777777" w:rsidR="005E3FD6" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:spacing w:after="353" w:line="259" w:lineRule="auto"/>
+        <w:ind w:left="14" w:right="0" w:hanging="10"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">Vol. 10, Núm. 19                  </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>Enero</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>Junio</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2023                         ISSN: 2448 – 6280</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2940C2F1" w14:textId="77777777" w:rsidR="005E3FD6" w:rsidRDefault="005E3FD6">
+      <w:pPr>
+        <w:sectPr w:rsidR="005E3FD6">
+          <w:headerReference w:type="even" r:id="rId24"/>
+          <w:headerReference w:type="default" r:id="rId25"/>
+          <w:footerReference w:type="even" r:id="rId26"/>
+          <w:footerReference w:type="default" r:id="rId27"/>
+          <w:headerReference w:type="first" r:id="rId28"/>
+          <w:footerReference w:type="first" r:id="rId29"/>
           <w:pgSz w:w="15840" w:h="12240" w:orient="landscape"/>
-          <w:pgMar w:top="1701" w:right="1417" w:bottom="1701" w:left="1417" w:header="708" w:footer="708" w:gutter="0"/>
-[...1 lines deleted...]
-          <w:docGrid w:linePitch="360"/>
+          <w:pgMar w:top="708" w:right="1306" w:bottom="706" w:left="4402" w:header="720" w:footer="720" w:gutter="0"/>
+          <w:cols w:space="720"/>
         </w:sectPr>
       </w:pPr>
-      <w:r w:rsidRPr="000F291C">
-[...17 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:p>
+    <w:p w14:paraId="3483584A" w14:textId="77777777" w:rsidR="005E3FD6" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:spacing w:after="72" w:line="259" w:lineRule="auto"/>
+        <w:ind w:left="52" w:right="0" w:firstLine="0"/>
         <w:jc w:val="center"/>
-        <w:rPr>
-[...281 lines deleted...]
-        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2DDEE653" w14:textId="77777777" w:rsidR="005E3FD6" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="Ttulo1"/>
+        <w:ind w:left="10" w:right="5"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Discusión </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5B36D704" w14:textId="77777777" w:rsidR="005E3FD6" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
+        <w:ind w:left="0" w:right="0" w:firstLine="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="61E39EA0" w14:textId="77777777" w:rsidR="005E3FD6" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:ind w:left="0" w:right="0"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">La transición del comercio internacional al comercio global tiene repercute en una creciente interdependencia entre los mercados mundiales, esto obliga a las IES a ser más competitivas y definir estrategias, cada vez mejor estructuradas, para lograr mayor calidad en lo que ofertan.  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="744948B9" w14:textId="77777777" w:rsidR="005E3FD6" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:ind w:left="0" w:right="0"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">En las actividades de investigación y, principalmente en la investigación relacionada a la transferencia de conocimiento y de tecnología, el tema del comercio global es </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
         <w:t>escencial</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EC0DD0">
-[...122 lines deleted...]
-        <w:pStyle w:val="Prrafodelista"/>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> y vuelve indispensable tener acceso a los adelantos e innovaciones técnicas, para el fortalecimiento de la transferencia. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3A77D0ED" w14:textId="77777777" w:rsidR="005E3FD6" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:ind w:left="0" w:right="0"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">De manera puntual, los beneficios que este proyecto de investigación aporta al Programa Educativo del TecNM – Campus Toluca, consisten en: </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2196E758" w14:textId="77777777" w:rsidR="005E3FD6" w:rsidRDefault="00000000">
+      <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="33"/>
+          <w:numId w:val="4"/>
         </w:numPr>
-        <w:spacing w:after="0"/>
-[...19 lines deleted...]
-        <w:pStyle w:val="Prrafodelista"/>
+        <w:spacing w:after="97" w:line="259" w:lineRule="auto"/>
+        <w:ind w:right="0" w:hanging="360"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Formar recursos humanos.  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3535ED3E" w14:textId="77777777" w:rsidR="005E3FD6" w:rsidRDefault="00000000">
+      <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="33"/>
+          <w:numId w:val="4"/>
         </w:numPr>
-        <w:spacing w:after="0"/>
-[...145 lines deleted...]
-        <w:pStyle w:val="Prrafodelista"/>
+        <w:ind w:right="0" w:hanging="360"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Apoyar en incrementar la producción académica, lo que </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>contribuirá  al</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> fortalecimiento de las especialidades y de las Líneas de Investigación creadas para los programas educativos.  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="70DB27EE" w14:textId="77777777" w:rsidR="005E3FD6" w:rsidRDefault="00000000">
+      <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="33"/>
+          <w:numId w:val="4"/>
         </w:numPr>
-        <w:spacing w:after="0"/>
-[...73 lines deleted...]
-        <w:pStyle w:val="Prrafodelista"/>
+        <w:ind w:right="0" w:hanging="360"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Lograr, casi de manera inmediata, la acreditación ante el CACEI (CACEI. 2023), al ser una IES que cumple con la compatibilidad de los objetivos educacionales y los atributos de egreso que este organismo demanda.  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2297CF72" w14:textId="77777777" w:rsidR="005E3FD6" w:rsidRDefault="00000000">
+      <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="33"/>
+          <w:numId w:val="4"/>
         </w:numPr>
-        <w:spacing w:after="0"/>
-[...85 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:spacing w:after="0" w:line="358" w:lineRule="auto"/>
+        <w:ind w:right="0" w:hanging="360"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Cumplir con el Sistema de Gestión de Calidad SGC ISO 9001:2001 (ISO 2023), con el Modelo, al lograr la organización y la documentación de los procesos. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="34FE172A" w14:textId="77777777" w:rsidR="005E3FD6" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:spacing w:after="189" w:line="259" w:lineRule="auto"/>
+        <w:ind w:left="708" w:right="0" w:firstLine="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="12CB7C6E" w14:textId="77777777" w:rsidR="005E3FD6" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
+        <w:ind w:left="77" w:right="0" w:firstLine="0"/>
         <w:jc w:val="center"/>
-        <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
           <w:b/>
-          <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="32"/>
-          <w:szCs w:val="24"/>
-[...5 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="23713718" w14:textId="77777777" w:rsidR="005E3FD6" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
+        <w:ind w:left="77" w:right="0" w:firstLine="0"/>
         <w:jc w:val="center"/>
-        <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
           <w:b/>
-          <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="32"/>
-          <w:szCs w:val="24"/>
-[...82 lines deleted...]
-        </w:rPr>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="495B50DC" w14:textId="77777777" w:rsidR="005E3FD6" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="Ttulo1"/>
+        <w:ind w:left="10" w:right="4"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Conclusiones </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4F39EA27" w14:textId="77777777" w:rsidR="005E3FD6" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
+        <w:ind w:left="0" w:right="0" w:firstLine="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7BD8B906" w14:textId="77777777" w:rsidR="005E3FD6" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:spacing w:after="112" w:line="357" w:lineRule="auto"/>
+        <w:ind w:left="0" w:right="0" w:firstLine="708"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Comprometidos con la excelencia organizacional el “Modelo para la transferencia de conocimiento y de tecnología del Sistema Educativo del TecNM”, garantiza cumplir con su </w:t>
+      </w:r>
+      <w:r>
         <w:lastRenderedPageBreak/>
-        <w:t>En esta primera fase de resultados, el Modelo</w:t>
-[...1102 lines deleted...]
-        </w:rPr>
+        <w:t xml:space="preserve">objetivo, asegurando que las instancias que lo implementen, adquieran los conocimientos, habilidades y aptitudes óptimas para cubrir sus expectativas. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="443F19BC" w14:textId="77777777" w:rsidR="005E3FD6" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:ind w:left="0" w:right="0"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">En esta primera fase de resultados, el Modelo ha permitido establecer una propuesta equilibrada que oscila entre cuatro aspectos: lo técnico, lo ambiental, lo legal y lo financiero; para ser difundida y protegida en un contexto profesional y comercial. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="43CB1332" w14:textId="77777777" w:rsidR="005E3FD6" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:ind w:left="0" w:right="0"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">No obstante que el Modelo ha sido validado con algunos casos prácticos destinados al desarrollo de innovaciones (Figura 1), aún falta trabajo por hacer en relación a los procesos administrativos y legales, para la protección intelectual y la comercialización de los productos y servicios resultantes.  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="60AC2D18" w14:textId="77777777" w:rsidR="005E3FD6" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:ind w:left="0" w:right="0"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Para que el Modelo de transferencia de conocimiento y de tecnología de paso a un proceso sustentable y sostenible (a través del tiempo), se requiere de mecanismos por los que, a través de la sistematización de sus procesos, el establecimiento de principios, objetivos y procedimientos, que se adecúen a la perspectiva de las normativas, con indicadores consensuados y aprobados, de forma que a través de los éxitos y fracasos de los proyectos, se logre el aprendizaje y la mejora continua, para enfrentar nuevos retos que demande el mercado. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="484AD9F2" w14:textId="77777777" w:rsidR="005E3FD6" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:ind w:left="0" w:right="0"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve"> Las brechas entre la investigación y la comercialización de los productos, ha llevado a las IES a crear y poner en práctica mecanismos, que definen de manera clara y organizada el proceso a seguir, esto incluye desde las actividades a desarrollar, los actores a considerar, hasta los entregables a generar. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7A97E5CA" w14:textId="77777777" w:rsidR="005E3FD6" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:ind w:left="0" w:right="0"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Con este trabajo de investigación hemos constatado que para lograr la transferencia de conocimiento y de tecnología, es necesario integrar el conjunto de procesos, actividades, instrumentos y estructuras que se desarrollan, con la finalidad de facilitar el cumplimiento de las IES. De esta forma, un elemento impulsor en el cumplimiento de las actividades de Transferencia de Conocimiento y de Tecnología se logra cuando el resultado es un producto, un servicio o un modelo de utilidad con beneficio directo a la industria (Vázquez, 2017).  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="30575E29" w14:textId="77777777" w:rsidR="005E3FD6" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:ind w:left="0" w:right="0"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Los Niveles de Madurez de la Tecnología, conocidos como </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>TRLs</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve">, por sus siglas en inglés, es un concepto que nace en la NASA a finales de 1980, (TRL, 2008) los que </w:t>
+      </w:r>
+      <w:r>
         <w:lastRenderedPageBreak/>
-        <w:t xml:space="preserve">tecnología desarrollada. El TRL considera nueve niveles de madurez, parte desde la idea básica definida en el nivel uno, hasta lograr las pruebas con éxito en un entorno real, definido por el nivel 9. Esto permite a las empresas medir con certeza que sus procesos son los adecuados y disponen de un producto comercial e industrializado. </w:t>
-[...237 lines deleted...]
-        <w:pStyle w:val="Prrafodelista"/>
+        <w:t xml:space="preserve">actualmente han sido actualizados, modificados y adoptados para ser adoptados por otros gobiernos y agencias mundiales, cobrando una fama especial a principios del año 2000, éstos pueden ser adquiridos de forma libre o mediante licencia. Esta fama se debe a que un TRL fija los parámetros mínimos necesarios para establecer el nivel de madurez de una tecnología desarrollada. El TRL considera nueve niveles de madurez, parte desde la idea básica definida en el nivel uno, hasta lograr las pruebas con éxito en un entorno real, definido por el nivel 9. Esto permite a las empresas medir con certeza que sus procesos son los adecuados y disponen de un producto comercial e industrializado.  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="22C41467" w14:textId="77777777" w:rsidR="005E3FD6" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:spacing w:after="115" w:line="259" w:lineRule="auto"/>
+        <w:ind w:left="708" w:right="0" w:firstLine="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="574F6E29" w14:textId="77777777" w:rsidR="005E3FD6" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:spacing w:after="187" w:line="259" w:lineRule="auto"/>
+        <w:ind w:left="708" w:right="0" w:firstLine="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1D420452" w14:textId="77777777" w:rsidR="005E3FD6" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="Ttulo1"/>
+        <w:ind w:left="10" w:right="5"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Futuras líneas de investigación </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="08AC8713" w14:textId="77777777" w:rsidR="005E3FD6" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
+        <w:ind w:left="0" w:right="0" w:firstLine="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5DC689BD" w14:textId="77777777" w:rsidR="005E3FD6" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:ind w:left="0" w:right="0"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Debido al amplio campo que existe al poner en práctica el Modelo para la transferencia de conocimiento y de tecnología, se destacan tres líneas de investigación futuras. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="249F0D73" w14:textId="77777777" w:rsidR="005E3FD6" w:rsidRDefault="00000000">
+      <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="33"/>
+          <w:numId w:val="5"/>
         </w:numPr>
-        <w:spacing w:after="0"/>
-[...100 lines deleted...]
-        <w:pStyle w:val="Prrafodelista"/>
+        <w:ind w:right="0" w:hanging="360"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Concentrarse en perfeccionar la metodología de aplicación del modelo, con la finalidad de afinar algunos de sus elementos y las técnicas empleadas. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="04D3BCF0" w14:textId="77777777" w:rsidR="005E3FD6" w:rsidRDefault="00000000">
+      <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="33"/>
+          <w:numId w:val="5"/>
         </w:numPr>
-        <w:spacing w:after="0"/>
-[...55 lines deleted...]
-        <w:pStyle w:val="Prrafodelista"/>
+        <w:ind w:right="0" w:hanging="360"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Analizar y validar los diversos perfiles tecnológicos de los involucrados, a fin de alinear los mecanismos de cooperación y transferencia, hasta completar los resultados esperados.  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4A03F397" w14:textId="77777777" w:rsidR="005E3FD6" w:rsidRDefault="00000000">
+      <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="33"/>
+          <w:numId w:val="5"/>
         </w:numPr>
-        <w:spacing w:after="0"/>
-[...127 lines deleted...]
-        <w:pStyle w:val="Prrafodelista"/>
+        <w:ind w:right="0" w:hanging="360"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Agilizar las iniciativas de formalización y colaboración </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>empresarial ,</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> entre los organismos participantes y las IES. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="14A4CEBC" w14:textId="77777777" w:rsidR="005E3FD6" w:rsidRDefault="00000000">
+      <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="33"/>
+          <w:numId w:val="5"/>
         </w:numPr>
-        <w:spacing w:after="0"/>
-[...118 lines deleted...]
-        <w:pStyle w:val="Prrafodelista"/>
+        <w:ind w:right="0" w:hanging="360"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Ampliar el modelo a otros niveles y jerarquías, con el objetivo de identificar aquellas oportunidades de mejora y de fortalecer la capacidad científica y tecnológica del TecNM. DE manera concreta, también se visualizan las siguientes estrategias: </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="119BC4D6" w14:textId="77777777" w:rsidR="005E3FD6" w:rsidRDefault="00000000">
+      <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="33"/>
+          <w:numId w:val="5"/>
         </w:numPr>
-        <w:spacing w:after="0"/>
-[...55 lines deleted...]
-        <w:pStyle w:val="Prrafodelista"/>
+        <w:ind w:right="0" w:hanging="360"/>
+      </w:pPr>
+      <w:r>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">Continuar con el análisis de riesgos para la implementación del modelo a nivel institucional, de esta manera se disponga de un proceso completo, que sirva de referencia para anticiparse a posibles fallas. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1FDB049C" w14:textId="77777777" w:rsidR="005E3FD6" w:rsidRDefault="00000000">
+      <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="33"/>
+          <w:numId w:val="5"/>
         </w:numPr>
-        <w:spacing w:after="0"/>
-[...19 lines deleted...]
-        <w:pStyle w:val="Prrafodelista"/>
+        <w:ind w:right="0" w:hanging="360"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Diseñar e implementar un plan de control, que permita evaluar las condiciones técnicas y proporcionar a usuarios y colaboradores la facultad de integrarse a un sistema de trabajo colaborativo y auto organizado. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="304C975C" w14:textId="77777777" w:rsidR="005E3FD6" w:rsidRDefault="00000000">
+      <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="33"/>
+          <w:numId w:val="5"/>
         </w:numPr>
-        <w:spacing w:after="0"/>
-[...29 lines deleted...]
-        <w:pStyle w:val="Prrafodelista"/>
+        <w:ind w:right="0" w:hanging="360"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Generar un banco de datos en la nube, que contenga tanto de las propuestas de los proyectos, como los trabajos en desarrollo, hasta los productos terminados y los datos informáticos, para contar con un respaldo, preservar el trabajo realizado y que exista la rastreabilidad de la información. Pero el fin de no depender sólo de una o dos personas, que dispongan y conozcan la información. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0557713A" w14:textId="77777777" w:rsidR="005E3FD6" w:rsidRDefault="00000000">
+      <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="33"/>
+          <w:numId w:val="5"/>
         </w:numPr>
-        <w:spacing w:after="0"/>
-[...481 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        <w:spacing w:after="57"/>
+        <w:ind w:right="0" w:hanging="360"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Ampliar el campo de aplicación del modelo, tanto a centros de investigación de otras disciplinas científicas, pasando por laboratorios de fabricación digital - Fab Lab (Fab </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>Foundation</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve">. (s. f.), hasta consolidar la colaboración con empresas de sectores muy específicos, con el fin de estudiar las características específicas de cada organización y sector. Esto permitirá sentar las bases para la transformación de un sistema de ciencia y tecnología, como el sistema nacional de investigadores (SNI); y, generar los atributos y evidencias que organismos como CACEI (CACEI, 2023) exigen para acreditar las carreras que el TecNM oferta; en consecuencia, será posible lograr de manera natural y lógica facilitar y dinamizar las interacciones entre el ámbito científico y el ámbito empresarial. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
           <w:b/>
-          <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="32"/>
-          <w:szCs w:val="24"/>
-[...98 lines deleted...]
-        </w:rPr>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="069F7885" w14:textId="77777777" w:rsidR="005E3FD6" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="Ttulo1"/>
+        <w:spacing w:after="117"/>
+        <w:ind w:left="10" w:right="5"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Referencias </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2EDF2D81" w14:textId="77777777" w:rsidR="005E3FD6" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
+        <w:ind w:left="0" w:right="0" w:firstLine="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="42E187A1" w14:textId="77777777" w:rsidR="005E3FD6" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:ind w:left="852" w:right="0" w:hanging="852"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">CACEI (2023). Consejo de Acreditación de la Enseñanza de la Ingeniería. A. C. Recuperado de: http://cacei.org.mx </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="611CF631" w14:textId="77777777" w:rsidR="005E3FD6" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:ind w:left="852" w:right="0" w:hanging="852"/>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
         <w:t>Elakkad</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00D36763">
-[...23 lines deleted...]
-        </w:rPr>
+      <w:r>
+        <w:t xml:space="preserve">, A. (2019). 3D </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>Technology</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> in </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>the</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> Automotive </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>Industry</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve">. International </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>Journal</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>of</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>Engineering</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
         <w:t>Reserarch</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00DA6F7D">
-[...52 lines deleted...]
-        </w:rPr>
+      <w:r>
+        <w:t xml:space="preserve"> and V8.10.17577/IJERTV8IS110122. Recuperado de: </w:t>
+      </w:r>
+      <w:r>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">https://www.researchgate.net/publication/342116324_3D_Technology_in_the_Aut </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>omotive_Industry</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2F1D9350" w14:textId="77777777" w:rsidR="005E3FD6" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:ind w:left="852" w:right="0" w:hanging="852"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Fab </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>Foundation</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve">. (s. f.). Fab </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>Foundation</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> | </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
         <w:t>FabLabs</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00B827F0">
-[...108 lines deleted...]
-        </w:rPr>
+      <w:r>
+        <w:t xml:space="preserve">. FabLabs.io - The Fab Lab Network., Recuperado de: https://www.fablabs.io/ </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>organizations</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t>/</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>fab-foundation</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1CA931EA" w14:textId="77777777" w:rsidR="005E3FD6" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="358" w:lineRule="auto"/>
+        <w:ind w:left="847" w:right="-12" w:hanging="862"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Galvez Grados, W. I. (2020). La vinculación Universidad– Empresa en el Perú: el rol de las Oficinas de Transferencia Tecnológica. Estudio de Caso: La Oficina de Innovación (OIN) de una universidad peruana. Tesis. PUCP. Pontificia Universidad Católica del Perú. Facultad de Gestión y Alta Dirección. Lima – Perú. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="21ECAD49" w14:textId="77777777" w:rsidR="005E3FD6" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:ind w:left="852" w:right="0" w:hanging="852"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">García Rodríguez J. F., Shriner Sierra G. G., Martínez Luis D. Gestión del conocimiento como determinante de la capacidad de innovación en instituciones de educación superior. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
         <w:t>Ride</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="007F3AF7">
-[...39 lines deleted...]
-        </w:rPr>
+      <w:r>
+        <w:t xml:space="preserve">. Revista Iberoamericana para la Investigación y el Desarrollo Educativo. Vol. 11, Núm. 21 Julio - diciembre 2020, e156. ISSN 2007 – 7467.  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0FC083BE" w14:textId="77777777" w:rsidR="005E3FD6" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:ind w:left="852" w:right="0" w:hanging="852"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Gutiérrez, C., Díaz, S., Medina, P., Mejía, E., Flores, B. (2021). MOOC de Impresión 3D, como tecnología disruptiva en la perspectiva del COVID-19. CIM 2021-Coloquio de Investigación Multidisciplinaria. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+        </w:rPr>
+        <w:t>Journal</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+        </w:rPr>
+        <w:t xml:space="preserve"> CIM. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+        </w:rPr>
+        <w:t>Science</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+        </w:rPr>
+        <w:t>Technology</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+        </w:rPr>
+        <w:t>Educational</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+        </w:rPr>
+        <w:t>Research</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+        </w:rPr>
+        <w:t>Latindex</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+        </w:rPr>
+        <w:t>. Revista Periódica</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+        </w:rPr>
+        <w:t>9</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">(1). pp. 1616-1623. ISSN: </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="678AC8AB" w14:textId="77777777" w:rsidR="005E3FD6" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:spacing w:after="112" w:line="259" w:lineRule="auto"/>
+        <w:ind w:left="852" w:right="0" w:firstLine="0"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">2007-8102. Octubre 2021. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="52412E3F" w14:textId="77777777" w:rsidR="005E3FD6" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:spacing w:after="115" w:line="259" w:lineRule="auto"/>
+        <w:ind w:left="0" w:right="0" w:firstLine="0"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Hamzah, A., </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>Mazni</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> O. &amp; Rohaida R. (2021).  The State </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>of</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>the</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> art </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>of</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> Agile Kanban Method: </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="299816D5" w14:textId="77777777" w:rsidR="005E3FD6" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:spacing w:after="116" w:line="259" w:lineRule="auto"/>
+        <w:ind w:left="852" w:right="0" w:firstLine="0"/>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>Challenges</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> and </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>Opportunities</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve">. Independent </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>Journal</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>of</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> Management &amp; </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>Production</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4AB0AB17" w14:textId="77777777" w:rsidR="005E3FD6" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:spacing w:after="117" w:line="259" w:lineRule="auto"/>
+        <w:ind w:left="852" w:right="0" w:firstLine="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">(IJM&amp;P). </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+        </w:rPr>
+        <w:t>12</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> (8), 2535-2548.  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>DOI: 10.14807/</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>ijmp.v</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">12i8.1482 </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="76A076A8" w14:textId="77777777" w:rsidR="005E3FD6" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:ind w:left="852" w:right="0" w:hanging="852"/>
+      </w:pPr>
+      <w:r>
+        <w:t>ISO 9001 (2015). Norma Internacional ISO 9001:2015. Recuperado de https://www.nuevaiso-9001-2015.com/</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="04F4FB0E" w14:textId="77777777" w:rsidR="005E3FD6" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:spacing w:after="112" w:line="259" w:lineRule="auto"/>
+        <w:ind w:left="0" w:right="0" w:firstLine="0"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Jacques-P., V., </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>Boisier</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve">-O., G. (2019). La calidad en las instituciones de educación superior. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="454FEA7A" w14:textId="77777777" w:rsidR="005E3FD6" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:ind w:left="852" w:right="0" w:firstLine="0"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Una mirada crítica desde el institucionalismo. Revista Educación, vol. 43, núm. 1, 2019 Universidad de Costa Rica, Costa Rica.  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="25E33279" w14:textId="77777777" w:rsidR="005E3FD6" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:ind w:left="852" w:right="0" w:hanging="852"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Londoño Gallego J. A., Velásquez Restrepo S. M., M. E. Villa Rodríguez, Franco Cuartas F. De J. &amp; Viana Rúa N. E. (2018). Identificación de tipos, modelos y mecanismos de </w:t>
+      </w:r>
+      <w:r>
         <w:lastRenderedPageBreak/>
-        <w:t xml:space="preserve">Gutiérrez, C., Díaz, S., Medina, P., Mejía, E., Flores, B. (2021). MOOC de Impresión 3D, como tecnología disruptiva en la perspectiva del COVID-19. CIM 2021-Coloquio de Investigación Multidisciplinaria. </w:t>
-[...4 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        <w:t xml:space="preserve">Transferencia Tecnológica que apalancan la innovación. Revista Cintex. Vol 23(2), pp. 13- 23. Enero-junio. ISSN: 2422-2208. Medellín–Colombia. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="181411DE" w14:textId="77777777" w:rsidR="005E3FD6" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:spacing w:after="145" w:line="259" w:lineRule="auto"/>
+        <w:ind w:left="0" w:right="0" w:firstLine="0"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Norma Internacional ISO 9001:2015. Traducción Oficial. Sistemas de Gestión de la </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="54FE372E" w14:textId="77777777" w:rsidR="005E3FD6" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="358" w:lineRule="auto"/>
+        <w:ind w:left="852" w:right="-12" w:firstLine="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Calidad </w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+        <w:t xml:space="preserve">– </w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+        <w:t xml:space="preserve">Requisitos. </w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+        <w:t xml:space="preserve">Quinta </w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+        <w:t xml:space="preserve">Edición. </w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+        <w:t xml:space="preserve">Recuperado </w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+        <w:t xml:space="preserve">de: http://www.itvalledelguadiana.edu. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>mx</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve">/ftp/Normas%20ISO/ISO%209001-015%20 Sistemas%20de%20Gesti%C3%B3n%20de%20la%20Calidad.pdf  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3797CF21" w14:textId="77777777" w:rsidR="005E3FD6" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:ind w:left="852" w:right="0" w:hanging="852"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Pineda Domínguez D., Torres Márquez A. C. &amp; Miranda Contreras M. P. (2016). Modelo de transferencia de tecnología del potencial de innovación en el IPN. Memoria del X Congreso de la Red Internacional de Investigadores en Competitividad; noviembre 2016: 1377-1396 ISBN 978-607-96203-0-5.  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="55F202A6" w14:textId="77777777" w:rsidR="005E3FD6" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:spacing w:after="115" w:line="259" w:lineRule="auto"/>
+        <w:ind w:left="0" w:right="0" w:firstLine="0"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Schwaber, K. &amp; Sutherland J. (2020). The Scrum </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
           <w:i/>
-          <w:sz w:val="24"/>
-[...7 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Guide. The Definitive Guide </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
           <w:i/>
-          <w:sz w:val="24"/>
-[...7 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>to</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
           <w:i/>
-          <w:sz w:val="24"/>
-[...7 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Scrum: </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="405C7618" w14:textId="77777777" w:rsidR="005E3FD6" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:spacing w:after="112" w:line="259" w:lineRule="auto"/>
+        <w:ind w:left="852" w:right="0" w:firstLine="0"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
           <w:i/>
-          <w:sz w:val="24"/>
-[...7 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">The Rules </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
           <w:i/>
-          <w:sz w:val="24"/>
-[...1 lines deleted...]
-        </w:rPr>
+        </w:rPr>
+        <w:t>of</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+        </w:rPr>
+        <w:t>the</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+        </w:rPr>
+        <w:t>Game</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t>. https://scrumguides.org/docs/scrumguide/v2020/2020-</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="362B3DC0" w14:textId="77777777" w:rsidR="005E3FD6" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:spacing w:after="115" w:line="259" w:lineRule="auto"/>
+        <w:ind w:left="852" w:right="0" w:firstLine="0"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Scrum-Guide-US.pdf </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="33ECD015" w14:textId="77777777" w:rsidR="005E3FD6" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:ind w:left="852" w:right="0" w:hanging="852"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Solano, E., Arzola, M., Durán, M., &amp; Chacón, F. (2013). Modelo para transferencia de tecnología en empresas públicas. Caso de estudio: Siderúrgica Alfredo Maneiro SIDOR. Ingeniería Industrial. Actualidad y Nuevas Tendencias, </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>III(</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:t xml:space="preserve">10),23- </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>38.[</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:t xml:space="preserve">fecha de Consulta 3 de </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>Noviembre</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> de 2022]. ISSN: 1856-8327. Recuperado de: https://www.redalyc.org/articulo.oa?id=215028421004  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1EF78D99" w14:textId="77777777" w:rsidR="005E3FD6" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:spacing w:after="26"/>
+        <w:ind w:left="852" w:right="0" w:hanging="852"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Suárez Vargas, A. F. &amp; Cuenca Peña, J. C. (s. f.). Estudio de factibilidad para la creación de un Fab Lab en la Facultad Tecnológica de la Universidad Distrital Francisco José de Caldas [Monografía]. Universidad Distrital Francisco José De Caldas. Bogotá D.C.  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="19FFE380" w14:textId="77777777" w:rsidR="005E3FD6" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="center" w:pos="1978"/>
+          <w:tab w:val="center" w:pos="3130"/>
+          <w:tab w:val="center" w:pos="4297"/>
+          <w:tab w:val="center" w:pos="5284"/>
+          <w:tab w:val="center" w:pos="6054"/>
+          <w:tab w:val="center" w:pos="7331"/>
+          <w:tab w:val="right" w:pos="8842"/>
+        </w:tabs>
+        <w:spacing w:after="148" w:line="259" w:lineRule="auto"/>
+        <w:ind w:left="0" w:right="0" w:firstLine="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
         <w:t>Technology</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00FB1AD2">
-[...65 lines deleted...]
-        </w:rPr>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>Readiness</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+        <w:t xml:space="preserve">Levels </w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>Handbook</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>for</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+        <w:t xml:space="preserve">Space </w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>Applications</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:r w:rsidRPr="00625D6C">
-[...518 lines deleted...]
-        </w:rPr>
+      <w:r>
+        <w:tab/>
+        <w:t xml:space="preserve">ESA. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="08C772D4" w14:textId="77777777" w:rsidR="005E3FD6" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:ind w:left="852" w:right="0" w:firstLine="0"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">TECSHS/5551/MG/ap. </w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+        <w:t xml:space="preserve">Recuperado </w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+        <w:t xml:space="preserve">de: </w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+        <w:t xml:space="preserve">https://artes.esa.int/sites/default/files/ TRL_Handbook.pdf  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="668CF3DF" w14:textId="77777777" w:rsidR="005E3FD6" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:ind w:left="852" w:right="0" w:hanging="852"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Tecnológico Nacional de México. (2015). Modelo de Comercialización y Transferencia de Tecnología. </w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+        <w:t xml:space="preserve">Primera </w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+        <w:t xml:space="preserve">edición, </w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+        <w:t xml:space="preserve">septiembre </w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+        <w:t xml:space="preserve">de </w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+        <w:t xml:space="preserve">2015. </w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+        <w:t xml:space="preserve">Recuperado </w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+        <w:t xml:space="preserve">de </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4874AF71" w14:textId="77777777" w:rsidR="005E3FD6" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:ind w:left="852" w:right="0" w:firstLine="0"/>
+      </w:pPr>
+      <w:r>
         <w:lastRenderedPageBreak/>
-        <w:t xml:space="preserve">38.[fecha de Consulta 3 de Noviembre de 2022]. ISSN: 1856-8327. Recuperado de: https://www.redalyc.org/articulo.oa?id=215028421004 </w:t>
-[...199 lines deleted...]
-        </w:rPr>
+        <w:t xml:space="preserve">https://pdfcoffee.com/10-modelo-de-comercializacion-y-transferencia-de-tecnolo gia-2- pdf-free.htm </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3F7B5E70" w14:textId="77777777" w:rsidR="005E3FD6" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:spacing w:after="144" w:line="259" w:lineRule="auto"/>
+        <w:ind w:left="0" w:right="0" w:firstLine="0"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">TRL (2018). </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>Technology</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>Readiness</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> Levels </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>Handbook</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>for</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> Space </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>Applications</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve">. ESA. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7AE2C71A" w14:textId="77777777" w:rsidR="005E3FD6" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="center" w:pos="1976"/>
+          <w:tab w:val="center" w:pos="3913"/>
+          <w:tab w:val="center" w:pos="4874"/>
+          <w:tab w:val="right" w:pos="8842"/>
+        </w:tabs>
+        <w:spacing w:after="119" w:line="259" w:lineRule="auto"/>
+        <w:ind w:left="0" w:right="0" w:firstLine="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
         <w:t xml:space="preserve">TECSHS/5551/MG/ap. </w:t>
       </w:r>
-      <w:r w:rsidR="007F3AF7" w:rsidRPr="007F3AF7">
-[...34 lines deleted...]
-        </w:rPr>
+      <w:r>
+        <w:tab/>
+        <w:t xml:space="preserve">Recuperado </w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+        <w:t xml:space="preserve">de: </w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+        <w:t xml:space="preserve">https://artes.esa.int/sites/default/files/ </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="68FD172B" w14:textId="77777777" w:rsidR="005E3FD6" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:spacing w:line="259" w:lineRule="auto"/>
+        <w:ind w:left="852" w:right="0" w:firstLine="0"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">TRL_Handbook.pdf  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="506ECE06" w14:textId="77777777" w:rsidR="005E3FD6" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:ind w:left="852" w:right="0" w:hanging="852"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">The </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>Hebrew</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>University's</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>Technology</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> Transfer Company. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
         <w:t>Yissum</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidR="00893861" w:rsidRPr="00893861">
-[...51 lines deleted...]
-        </w:rPr>
+      <w:r>
+        <w:t xml:space="preserve">. Campus, Bungalow 2.6 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>Givat-Ram</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve">, Jerusalem.  Recuperado de: https://www.yissum.co. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
         <w:t>il</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="007F3AF7">
-[...38 lines deleted...]
-    <w:sectPr w:rsidR="007F3AF7" w:rsidRPr="007F3AF7" w:rsidSect="00B629FC">
+      <w:r>
+        <w:t xml:space="preserve">/ </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="45E28A41" w14:textId="77777777" w:rsidR="005E3FD6" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:ind w:left="852" w:right="0" w:hanging="852"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Vázquez González E. R. (2017). Transferencia del conocimiento y tecnología en universidades. Iztapalapa Revista de Ciencias Sociales y Humanidades. núm. 83 · año 38 · julio-diciembre de 2017. pp. 75-95. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1EDEC3CB" w14:textId="77777777" w:rsidR="005E3FD6" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
+        <w:ind w:left="0" w:right="0" w:firstLine="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:sectPr w:rsidR="005E3FD6">
+      <w:headerReference w:type="even" r:id="rId30"/>
+      <w:headerReference w:type="default" r:id="rId31"/>
+      <w:footerReference w:type="even" r:id="rId32"/>
+      <w:footerReference w:type="default" r:id="rId33"/>
+      <w:headerReference w:type="first" r:id="rId34"/>
+      <w:footerReference w:type="first" r:id="rId35"/>
       <w:pgSz w:w="12240" w:h="15840"/>
-      <w:pgMar w:top="1417" w:right="1701" w:bottom="1417" w:left="1701" w:header="708" w:footer="708" w:gutter="0"/>
-[...1 lines deleted...]
-      <w:docGrid w:linePitch="360"/>
+      <w:pgMar w:top="2329" w:right="1696" w:bottom="1462" w:left="1702" w:header="708" w:footer="706" w:gutter="0"/>
+      <w:cols w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="7328F309" w14:textId="77777777" w:rsidR="00AC7F8C" w:rsidRDefault="00AC7F8C" w:rsidP="008E741F">
+    <w:p w14:paraId="4E9FE4D8" w14:textId="77777777" w:rsidR="00F96D6C" w:rsidRDefault="00F96D6C">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="04F0AA15" w14:textId="77777777" w:rsidR="00AC7F8C" w:rsidRDefault="00AC7F8C" w:rsidP="008E741F">
+    <w:p w14:paraId="12C28F3D" w14:textId="77777777" w:rsidR="00F96D6C" w:rsidRDefault="00F96D6C">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
-[...6 lines deleted...]
-  </w:font>
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Courier New">
-    <w:panose1 w:val="02070309020205020404"/>
+  <w:font w:name="Arial">
+    <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
-    <w:family w:val="modern"/>
-[...1 lines deleted...]
-    <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Wingdings">
-[...2 lines deleted...]
-    <w:family w:val="auto"/>
+  <w:font w:name="Segoe UI Symbol">
+    <w:panose1 w:val="020B0502040204020203"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
+    <w:sig w:usb0="800001E3" w:usb1="1200FFEF" w:usb2="00040000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Arial">
-    <w:panose1 w:val="020B0604020202020204"/>
+  <w:font w:name="Calibri Light">
+    <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
-[...20 lines deleted...]
-    <w:sig w:usb0="00000287" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
-[...1 lines deleted...]
-    <w:sdtPr>
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="233820F6" w14:textId="77777777" w:rsidR="005E3FD6" w:rsidRDefault="00000000">
+    <w:pPr>
+      <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
+      <w:ind w:left="1063" w:right="0" w:firstLine="0"/>
+      <w:jc w:val="left"/>
+    </w:pPr>
+    <w:r>
       <w:rPr>
-        <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        <w:b/>
+        <w:sz w:val="22"/>
       </w:rPr>
-      <w:id w:val="181709762"/>
-[...39 lines deleted...]
-  </w:sdt>
+      <w:t xml:space="preserve">Vol. 10, Núm. 19                  </w:t>
+    </w:r>
+    <w:proofErr w:type="gramStart"/>
+    <w:r>
+      <w:rPr>
+        <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        <w:b/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:t>Enero</w:t>
+    </w:r>
+    <w:proofErr w:type="gramEnd"/>
+    <w:r>
+      <w:rPr>
+        <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        <w:b/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:t xml:space="preserve"> – </w:t>
+    </w:r>
+    <w:proofErr w:type="gramStart"/>
+    <w:r>
+      <w:rPr>
+        <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        <w:b/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:t>Junio</w:t>
+    </w:r>
+    <w:proofErr w:type="gramEnd"/>
+    <w:r>
+      <w:rPr>
+        <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        <w:b/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:t xml:space="preserve"> 2023                         ISSN: 2448 – 6280</w:t>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:t xml:space="preserve"> </w:t>
+    </w:r>
+  </w:p>
+</w:ftr>
+</file>
+
+<file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="4F425480" w14:textId="77777777" w:rsidR="005E3FD6" w:rsidRDefault="00000000">
+    <w:pPr>
+      <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
+      <w:ind w:left="1063" w:right="0" w:firstLine="0"/>
+      <w:jc w:val="left"/>
+    </w:pPr>
+    <w:r>
+      <w:rPr>
+        <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        <w:b/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:t xml:space="preserve">Vol. 10, Núm. 19                  </w:t>
+    </w:r>
+    <w:proofErr w:type="gramStart"/>
+    <w:r>
+      <w:rPr>
+        <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        <w:b/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:t>Enero</w:t>
+    </w:r>
+    <w:proofErr w:type="gramEnd"/>
+    <w:r>
+      <w:rPr>
+        <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        <w:b/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:t xml:space="preserve"> – </w:t>
+    </w:r>
+    <w:proofErr w:type="gramStart"/>
+    <w:r>
+      <w:rPr>
+        <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        <w:b/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:t>Junio</w:t>
+    </w:r>
+    <w:proofErr w:type="gramEnd"/>
+    <w:r>
+      <w:rPr>
+        <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        <w:b/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:t xml:space="preserve"> 2023                         ISSN: 2448 – 6280</w:t>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:t xml:space="preserve"> </w:t>
+    </w:r>
+  </w:p>
+</w:ftr>
+</file>
+
+<file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="59DC528D" w14:textId="77777777" w:rsidR="005E3FD6" w:rsidRDefault="00000000">
+    <w:pPr>
+      <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
+      <w:ind w:left="1063" w:right="0" w:firstLine="0"/>
+      <w:jc w:val="left"/>
+    </w:pPr>
+    <w:r>
+      <w:rPr>
+        <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        <w:b/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:t xml:space="preserve">Vol. 10, Núm. 19                  </w:t>
+    </w:r>
+    <w:proofErr w:type="gramStart"/>
+    <w:r>
+      <w:rPr>
+        <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        <w:b/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:t>Enero</w:t>
+    </w:r>
+    <w:proofErr w:type="gramEnd"/>
+    <w:r>
+      <w:rPr>
+        <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        <w:b/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:t xml:space="preserve"> – </w:t>
+    </w:r>
+    <w:proofErr w:type="gramStart"/>
+    <w:r>
+      <w:rPr>
+        <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        <w:b/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:t>Junio</w:t>
+    </w:r>
+    <w:proofErr w:type="gramEnd"/>
+    <w:r>
+      <w:rPr>
+        <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        <w:b/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:t xml:space="preserve"> 2023                         ISSN: 2448 – 6280</w:t>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:t xml:space="preserve"> </w:t>
+    </w:r>
+  </w:p>
+</w:ftr>
+</file>
+
+<file path=word/footer4.xml><?xml version="1.0" encoding="utf-8"?>
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="450B2187" w14:textId="77777777" w:rsidR="005E3FD6" w:rsidRDefault="005E3FD6">
+    <w:pPr>
+      <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
+      <w:ind w:left="0" w:right="0" w:firstLine="0"/>
+      <w:jc w:val="left"/>
+    </w:pPr>
+  </w:p>
+</w:ftr>
+</file>
+
+<file path=word/footer5.xml><?xml version="1.0" encoding="utf-8"?>
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="6DDFBEC4" w14:textId="77777777" w:rsidR="005E3FD6" w:rsidRDefault="005E3FD6">
+    <w:pPr>
+      <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
+      <w:ind w:left="0" w:right="0" w:firstLine="0"/>
+      <w:jc w:val="left"/>
+    </w:pPr>
+  </w:p>
+</w:ftr>
+</file>
+
+<file path=word/footer6.xml><?xml version="1.0" encoding="utf-8"?>
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="52C7876A" w14:textId="77777777" w:rsidR="005E3FD6" w:rsidRDefault="005E3FD6">
+    <w:pPr>
+      <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
+      <w:ind w:left="0" w:right="0" w:firstLine="0"/>
+      <w:jc w:val="left"/>
+    </w:pPr>
+  </w:p>
+</w:ftr>
+</file>
+
+<file path=word/footer7.xml><?xml version="1.0" encoding="utf-8"?>
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="0799A66C" w14:textId="77777777" w:rsidR="005E3FD6" w:rsidRDefault="00000000">
+    <w:pPr>
+      <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
+      <w:ind w:left="922" w:right="0" w:firstLine="0"/>
+      <w:jc w:val="left"/>
+    </w:pPr>
+    <w:r>
+      <w:rPr>
+        <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        <w:b/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:t xml:space="preserve">Vol. 10, Núm. 19                  </w:t>
+    </w:r>
+    <w:proofErr w:type="gramStart"/>
+    <w:r>
+      <w:rPr>
+        <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        <w:b/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:t>Enero</w:t>
+    </w:r>
+    <w:proofErr w:type="gramEnd"/>
+    <w:r>
+      <w:rPr>
+        <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        <w:b/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:t xml:space="preserve"> – </w:t>
+    </w:r>
+    <w:proofErr w:type="gramStart"/>
+    <w:r>
+      <w:rPr>
+        <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        <w:b/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:t>Junio</w:t>
+    </w:r>
+    <w:proofErr w:type="gramEnd"/>
+    <w:r>
+      <w:rPr>
+        <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        <w:b/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:t xml:space="preserve"> 2023                         ISSN: 2448 – 6280</w:t>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:t xml:space="preserve"> </w:t>
+    </w:r>
+  </w:p>
+</w:ftr>
+</file>
+
+<file path=word/footer8.xml><?xml version="1.0" encoding="utf-8"?>
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="00A8592E" w14:textId="77777777" w:rsidR="005E3FD6" w:rsidRDefault="00000000">
+    <w:pPr>
+      <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
+      <w:ind w:left="922" w:right="0" w:firstLine="0"/>
+      <w:jc w:val="left"/>
+    </w:pPr>
+    <w:r>
+      <w:rPr>
+        <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        <w:b/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:t xml:space="preserve">Vol. 10, Núm. 19                  </w:t>
+    </w:r>
+    <w:proofErr w:type="gramStart"/>
+    <w:r>
+      <w:rPr>
+        <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        <w:b/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:t>Enero</w:t>
+    </w:r>
+    <w:proofErr w:type="gramEnd"/>
+    <w:r>
+      <w:rPr>
+        <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        <w:b/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:t xml:space="preserve"> – </w:t>
+    </w:r>
+    <w:proofErr w:type="gramStart"/>
+    <w:r>
+      <w:rPr>
+        <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        <w:b/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:t>Junio</w:t>
+    </w:r>
+    <w:proofErr w:type="gramEnd"/>
+    <w:r>
+      <w:rPr>
+        <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        <w:b/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:t xml:space="preserve"> 2023                         ISSN: 2448 – 6280</w:t>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:t xml:space="preserve"> </w:t>
+    </w:r>
+  </w:p>
+</w:ftr>
+</file>
+
+<file path=word/footer9.xml><?xml version="1.0" encoding="utf-8"?>
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="45080A23" w14:textId="77777777" w:rsidR="005E3FD6" w:rsidRDefault="00000000">
+    <w:pPr>
+      <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
+      <w:ind w:left="922" w:right="0" w:firstLine="0"/>
+      <w:jc w:val="left"/>
+    </w:pPr>
+    <w:r>
+      <w:rPr>
+        <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        <w:b/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:t xml:space="preserve">Vol. 10, Núm. 19                  </w:t>
+    </w:r>
+    <w:proofErr w:type="gramStart"/>
+    <w:r>
+      <w:rPr>
+        <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        <w:b/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:t>Enero</w:t>
+    </w:r>
+    <w:proofErr w:type="gramEnd"/>
+    <w:r>
+      <w:rPr>
+        <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        <w:b/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:t xml:space="preserve"> – </w:t>
+    </w:r>
+    <w:proofErr w:type="gramStart"/>
+    <w:r>
+      <w:rPr>
+        <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        <w:b/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:t>Junio</w:t>
+    </w:r>
+    <w:proofErr w:type="gramEnd"/>
+    <w:r>
+      <w:rPr>
+        <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        <w:b/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:t xml:space="preserve"> 2023                         ISSN: 2448 – 6280</w:t>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:t xml:space="preserve"> </w:t>
+    </w:r>
+  </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="7611B9F2" w14:textId="77777777" w:rsidR="00AC7F8C" w:rsidRDefault="00AC7F8C" w:rsidP="008E741F">
+    <w:p w14:paraId="241A9648" w14:textId="77777777" w:rsidR="00F96D6C" w:rsidRDefault="00F96D6C">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="1AC81A15" w14:textId="77777777" w:rsidR="00AC7F8C" w:rsidRDefault="00AC7F8C" w:rsidP="008E741F">
+    <w:p w14:paraId="573A5516" w14:textId="77777777" w:rsidR="00F96D6C" w:rsidRDefault="00F96D6C">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
-  <w:p w14:paraId="6DB22320" w14:textId="0F931C86" w:rsidR="0077137E" w:rsidRDefault="0077137E" w:rsidP="0077137E">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="69F368BD" w14:textId="77777777" w:rsidR="005E3FD6" w:rsidRDefault="00000000">
     <w:pPr>
-      <w:pStyle w:val="Encabezado"/>
-      <w:jc w:val="center"/>
+      <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
+      <w:ind w:left="0" w:right="-1422" w:firstLine="0"/>
+      <w:jc w:val="right"/>
     </w:pPr>
-    <w:r w:rsidRPr="004A5B9B">
+    <w:r>
       <w:rPr>
-        <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-[...1 lines deleted...]
-        <w:i/>
+        <w:noProof/>
       </w:rPr>
-      <w:t>Revista Electrónica sobre Cuerpos Académicos y Grupos de Investigación</w:t>
+      <w:drawing>
+        <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658240" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="0" wp14:anchorId="7F7D1D7E" wp14:editId="7DE16BF2">
+          <wp:simplePos x="0" y="0"/>
+          <wp:positionH relativeFrom="page">
+            <wp:posOffset>1080135</wp:posOffset>
+          </wp:positionH>
+          <wp:positionV relativeFrom="page">
+            <wp:posOffset>90170</wp:posOffset>
+          </wp:positionV>
+          <wp:extent cx="6675120" cy="996950"/>
+          <wp:effectExtent l="0" t="0" r="0" b="0"/>
+          <wp:wrapSquare wrapText="bothSides"/>
+          <wp:docPr id="16" name="Picture 16"/>
+          <wp:cNvGraphicFramePr/>
+          <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+            <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+              <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:nvPicPr>
+                  <pic:cNvPr id="16" name="Picture 16"/>
+                  <pic:cNvPicPr/>
+                </pic:nvPicPr>
+                <pic:blipFill>
+                  <a:blip r:embed="rId1"/>
+                  <a:stretch>
+                    <a:fillRect/>
+                  </a:stretch>
+                </pic:blipFill>
+                <pic:spPr>
+                  <a:xfrm>
+                    <a:off x="0" y="0"/>
+                    <a:ext cx="6675120" cy="996950"/>
+                  </a:xfrm>
+                  <a:prstGeom prst="rect">
+                    <a:avLst/>
+                  </a:prstGeom>
+                </pic:spPr>
+              </pic:pic>
+            </a:graphicData>
+          </a:graphic>
+        </wp:anchor>
+      </w:drawing>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:t xml:space="preserve"> </w:t>
+    </w:r>
+  </w:p>
+</w:hdr>
+</file>
+
+<file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="14FCBC15" w14:textId="77777777" w:rsidR="005E3FD6" w:rsidRDefault="00000000">
+    <w:pPr>
+      <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
+      <w:ind w:left="0" w:right="-1422" w:firstLine="0"/>
+      <w:jc w:val="right"/>
+    </w:pPr>
+    <w:r>
+      <w:rPr>
+        <w:noProof/>
+      </w:rPr>
+      <w:drawing>
+        <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251659264" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="0" wp14:anchorId="4BF728CF" wp14:editId="63E57DD1">
+          <wp:simplePos x="0" y="0"/>
+          <wp:positionH relativeFrom="page">
+            <wp:posOffset>1080135</wp:posOffset>
+          </wp:positionH>
+          <wp:positionV relativeFrom="page">
+            <wp:posOffset>90170</wp:posOffset>
+          </wp:positionV>
+          <wp:extent cx="6675120" cy="996950"/>
+          <wp:effectExtent l="0" t="0" r="0" b="0"/>
+          <wp:wrapSquare wrapText="bothSides"/>
+          <wp:docPr id="1279052578" name="Picture 16"/>
+          <wp:cNvGraphicFramePr/>
+          <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+            <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+              <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:nvPicPr>
+                  <pic:cNvPr id="16" name="Picture 16"/>
+                  <pic:cNvPicPr/>
+                </pic:nvPicPr>
+                <pic:blipFill>
+                  <a:blip r:embed="rId1"/>
+                  <a:stretch>
+                    <a:fillRect/>
+                  </a:stretch>
+                </pic:blipFill>
+                <pic:spPr>
+                  <a:xfrm>
+                    <a:off x="0" y="0"/>
+                    <a:ext cx="6675120" cy="996950"/>
+                  </a:xfrm>
+                  <a:prstGeom prst="rect">
+                    <a:avLst/>
+                  </a:prstGeom>
+                </pic:spPr>
+              </pic:pic>
+            </a:graphicData>
+          </a:graphic>
+        </wp:anchor>
+      </w:drawing>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:t xml:space="preserve"> </w:t>
+    </w:r>
+  </w:p>
+</w:hdr>
+</file>
+
+<file path=word/header3.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="17DC2212" w14:textId="77777777" w:rsidR="005E3FD6" w:rsidRDefault="00000000">
+    <w:pPr>
+      <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
+      <w:ind w:left="0" w:right="-1422" w:firstLine="0"/>
+      <w:jc w:val="right"/>
+    </w:pPr>
+    <w:r>
+      <w:rPr>
+        <w:noProof/>
+      </w:rPr>
+      <w:drawing>
+        <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251660288" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="0" wp14:anchorId="761894FD" wp14:editId="2818947D">
+          <wp:simplePos x="0" y="0"/>
+          <wp:positionH relativeFrom="page">
+            <wp:posOffset>1080135</wp:posOffset>
+          </wp:positionH>
+          <wp:positionV relativeFrom="page">
+            <wp:posOffset>90170</wp:posOffset>
+          </wp:positionV>
+          <wp:extent cx="6675120" cy="996950"/>
+          <wp:effectExtent l="0" t="0" r="0" b="0"/>
+          <wp:wrapSquare wrapText="bothSides"/>
+          <wp:docPr id="1148545361" name="Picture 16"/>
+          <wp:cNvGraphicFramePr/>
+          <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+            <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+              <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:nvPicPr>
+                  <pic:cNvPr id="16" name="Picture 16"/>
+                  <pic:cNvPicPr/>
+                </pic:nvPicPr>
+                <pic:blipFill>
+                  <a:blip r:embed="rId1"/>
+                  <a:stretch>
+                    <a:fillRect/>
+                  </a:stretch>
+                </pic:blipFill>
+                <pic:spPr>
+                  <a:xfrm>
+                    <a:off x="0" y="0"/>
+                    <a:ext cx="6675120" cy="996950"/>
+                  </a:xfrm>
+                  <a:prstGeom prst="rect">
+                    <a:avLst/>
+                  </a:prstGeom>
+                </pic:spPr>
+              </pic:pic>
+            </a:graphicData>
+          </a:graphic>
+        </wp:anchor>
+      </w:drawing>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:t xml:space="preserve"> </w:t>
+    </w:r>
+  </w:p>
+</w:hdr>
+</file>
+
+<file path=word/header4.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="6982A234" w14:textId="77777777" w:rsidR="005E3FD6" w:rsidRDefault="005E3FD6">
+    <w:pPr>
+      <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
+      <w:ind w:left="0" w:right="0" w:firstLine="0"/>
+      <w:jc w:val="left"/>
+    </w:pPr>
+  </w:p>
+</w:hdr>
+</file>
+
+<file path=word/header5.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="2A4B10AD" w14:textId="77777777" w:rsidR="005E3FD6" w:rsidRDefault="005E3FD6">
+    <w:pPr>
+      <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
+      <w:ind w:left="0" w:right="0" w:firstLine="0"/>
+      <w:jc w:val="left"/>
+    </w:pPr>
+  </w:p>
+</w:hdr>
+</file>
+
+<file path=word/header6.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="79EED421" w14:textId="77777777" w:rsidR="005E3FD6" w:rsidRDefault="005E3FD6">
+    <w:pPr>
+      <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
+      <w:ind w:left="0" w:right="0" w:firstLine="0"/>
+      <w:jc w:val="left"/>
+    </w:pPr>
+  </w:p>
+</w:hdr>
+</file>
+
+<file path=word/header7.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="41C5F079" w14:textId="77777777" w:rsidR="005E3FD6" w:rsidRDefault="00000000">
+    <w:pPr>
+      <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
+      <w:ind w:left="-1" w:right="-1733" w:firstLine="0"/>
+      <w:jc w:val="right"/>
+    </w:pPr>
+    <w:r>
+      <w:rPr>
+        <w:noProof/>
+      </w:rPr>
+      <w:drawing>
+        <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251661312" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="0" wp14:anchorId="52054C83" wp14:editId="305513E9">
+          <wp:simplePos x="0" y="0"/>
+          <wp:positionH relativeFrom="page">
+            <wp:posOffset>1080135</wp:posOffset>
+          </wp:positionH>
+          <wp:positionV relativeFrom="page">
+            <wp:posOffset>449580</wp:posOffset>
+          </wp:positionV>
+          <wp:extent cx="6675120" cy="996950"/>
+          <wp:effectExtent l="0" t="0" r="0" b="0"/>
+          <wp:wrapSquare wrapText="bothSides"/>
+          <wp:docPr id="1763" name="Picture 1763"/>
+          <wp:cNvGraphicFramePr/>
+          <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+            <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+              <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:nvPicPr>
+                  <pic:cNvPr id="1763" name="Picture 1763"/>
+                  <pic:cNvPicPr/>
+                </pic:nvPicPr>
+                <pic:blipFill>
+                  <a:blip r:embed="rId1"/>
+                  <a:stretch>
+                    <a:fillRect/>
+                  </a:stretch>
+                </pic:blipFill>
+                <pic:spPr>
+                  <a:xfrm>
+                    <a:off x="0" y="0"/>
+                    <a:ext cx="6675120" cy="996950"/>
+                  </a:xfrm>
+                  <a:prstGeom prst="rect">
+                    <a:avLst/>
+                  </a:prstGeom>
+                </pic:spPr>
+              </pic:pic>
+            </a:graphicData>
+          </a:graphic>
+        </wp:anchor>
+      </w:drawing>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:t xml:space="preserve"> </w:t>
+    </w:r>
+  </w:p>
+</w:hdr>
+</file>
+
+<file path=word/header8.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="670B4E7A" w14:textId="77777777" w:rsidR="005E3FD6" w:rsidRDefault="00000000">
+    <w:pPr>
+      <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
+      <w:ind w:left="-1" w:right="-1733" w:firstLine="0"/>
+      <w:jc w:val="right"/>
+    </w:pPr>
+    <w:r>
+      <w:rPr>
+        <w:noProof/>
+      </w:rPr>
+      <w:drawing>
+        <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251662336" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="0" wp14:anchorId="4AE98EB6" wp14:editId="7D14B760">
+          <wp:simplePos x="0" y="0"/>
+          <wp:positionH relativeFrom="page">
+            <wp:posOffset>1080135</wp:posOffset>
+          </wp:positionH>
+          <wp:positionV relativeFrom="page">
+            <wp:posOffset>449580</wp:posOffset>
+          </wp:positionV>
+          <wp:extent cx="6675120" cy="996950"/>
+          <wp:effectExtent l="0" t="0" r="0" b="0"/>
+          <wp:wrapSquare wrapText="bothSides"/>
+          <wp:docPr id="882989315" name="Picture 1763"/>
+          <wp:cNvGraphicFramePr/>
+          <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+            <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+              <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:nvPicPr>
+                  <pic:cNvPr id="1763" name="Picture 1763"/>
+                  <pic:cNvPicPr/>
+                </pic:nvPicPr>
+                <pic:blipFill>
+                  <a:blip r:embed="rId1"/>
+                  <a:stretch>
+                    <a:fillRect/>
+                  </a:stretch>
+                </pic:blipFill>
+                <pic:spPr>
+                  <a:xfrm>
+                    <a:off x="0" y="0"/>
+                    <a:ext cx="6675120" cy="996950"/>
+                  </a:xfrm>
+                  <a:prstGeom prst="rect">
+                    <a:avLst/>
+                  </a:prstGeom>
+                </pic:spPr>
+              </pic:pic>
+            </a:graphicData>
+          </a:graphic>
+        </wp:anchor>
+      </w:drawing>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:t xml:space="preserve"> </w:t>
+    </w:r>
+  </w:p>
+</w:hdr>
+</file>
+
+<file path=word/header9.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="0DC7C612" w14:textId="77777777" w:rsidR="005E3FD6" w:rsidRDefault="00000000">
+    <w:pPr>
+      <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
+      <w:ind w:left="-1" w:right="-1733" w:firstLine="0"/>
+      <w:jc w:val="right"/>
+    </w:pPr>
+    <w:r>
+      <w:rPr>
+        <w:noProof/>
+      </w:rPr>
+      <w:drawing>
+        <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251663360" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="0" wp14:anchorId="1ECBE739" wp14:editId="0F72273D">
+          <wp:simplePos x="0" y="0"/>
+          <wp:positionH relativeFrom="page">
+            <wp:posOffset>1080135</wp:posOffset>
+          </wp:positionH>
+          <wp:positionV relativeFrom="page">
+            <wp:posOffset>449580</wp:posOffset>
+          </wp:positionV>
+          <wp:extent cx="6675120" cy="996950"/>
+          <wp:effectExtent l="0" t="0" r="0" b="0"/>
+          <wp:wrapSquare wrapText="bothSides"/>
+          <wp:docPr id="887090003" name="Picture 1763"/>
+          <wp:cNvGraphicFramePr/>
+          <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+            <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+              <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:nvPicPr>
+                  <pic:cNvPr id="1763" name="Picture 1763"/>
+                  <pic:cNvPicPr/>
+                </pic:nvPicPr>
+                <pic:blipFill>
+                  <a:blip r:embed="rId1"/>
+                  <a:stretch>
+                    <a:fillRect/>
+                  </a:stretch>
+                </pic:blipFill>
+                <pic:spPr>
+                  <a:xfrm>
+                    <a:off x="0" y="0"/>
+                    <a:ext cx="6675120" cy="996950"/>
+                  </a:xfrm>
+                  <a:prstGeom prst="rect">
+                    <a:avLst/>
+                  </a:prstGeom>
+                </pic:spPr>
+              </pic:pic>
+            </a:graphicData>
+          </a:graphic>
+        </wp:anchor>
+      </w:drawing>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:t xml:space="preserve"> </w:t>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="01EA0FF3"/>
-[...2 lines deleted...]
-    <w:lvl w:ilvl="0">
+    <w:nsid w:val="159B1E37"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="D7D806DE"/>
+    <w:lvl w:ilvl="0" w:tplc="CFF0B388">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
-      <w:lvlText w:val=""/>
+      <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:tabs>
-[...2 lines deleted...]
-        <w:ind w:left="720" w:hanging="360"/>
+        <w:ind w:left="979"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
-        <w:sz w:val="20"/>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:b w:val="0"/>
+        <w:i w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:dstrike w:val="0"/>
+        <w:color w:val="000000"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+        <w:u w:val="none" w:color="000000"/>
+        <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+        <w:vertAlign w:val="baseline"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="1CEA92E0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:tabs>
-[...2 lines deleted...]
-        <w:ind w:left="1440" w:hanging="360"/>
+        <w:ind w:left="1788"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
-        <w:sz w:val="20"/>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:b w:val="0"/>
+        <w:i w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:dstrike w:val="0"/>
+        <w:color w:val="000000"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+        <w:u w:val="none" w:color="000000"/>
+        <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+        <w:vertAlign w:val="baseline"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="47ECA5E6">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
-      <w:lvlText w:val=""/>
+      <w:lvlText w:val="▪"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:tabs>
-[...2 lines deleted...]
-        <w:ind w:left="2160" w:hanging="360"/>
+        <w:ind w:left="2508"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
-        <w:sz w:val="20"/>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:b w:val="0"/>
+        <w:i w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:dstrike w:val="0"/>
+        <w:color w:val="000000"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+        <w:u w:val="none" w:color="000000"/>
+        <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+        <w:vertAlign w:val="baseline"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="FAA65CA0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
-      <w:lvlText w:val=""/>
+      <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:tabs>
-[...2 lines deleted...]
-        <w:ind w:left="2880" w:hanging="360"/>
+        <w:ind w:left="3228"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
-        <w:sz w:val="20"/>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:b w:val="0"/>
+        <w:i w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:dstrike w:val="0"/>
+        <w:color w:val="000000"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+        <w:u w:val="none" w:color="000000"/>
+        <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+        <w:vertAlign w:val="baseline"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="F4B8C0A0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
-      <w:lvlText w:val=""/>
+      <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:tabs>
-[...2 lines deleted...]
-        <w:ind w:left="3600" w:hanging="360"/>
+        <w:ind w:left="3948"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
-        <w:sz w:val="20"/>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:b w:val="0"/>
+        <w:i w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:dstrike w:val="0"/>
+        <w:color w:val="000000"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+        <w:u w:val="none" w:color="000000"/>
+        <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+        <w:vertAlign w:val="baseline"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="33D86E88">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
-      <w:lvlText w:val=""/>
+      <w:lvlText w:val="▪"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:tabs>
-[...2 lines deleted...]
-        <w:ind w:left="4320" w:hanging="360"/>
+        <w:ind w:left="4668"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
-        <w:sz w:val="20"/>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:b w:val="0"/>
+        <w:i w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:dstrike w:val="0"/>
+        <w:color w:val="000000"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+        <w:u w:val="none" w:color="000000"/>
+        <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+        <w:vertAlign w:val="baseline"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="EDF0CA90">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
-      <w:lvlText w:val=""/>
+      <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:tabs>
-[...2 lines deleted...]
-        <w:ind w:left="5040" w:hanging="360"/>
+        <w:ind w:left="5388"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
-        <w:sz w:val="20"/>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:b w:val="0"/>
+        <w:i w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:dstrike w:val="0"/>
+        <w:color w:val="000000"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+        <w:u w:val="none" w:color="000000"/>
+        <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+        <w:vertAlign w:val="baseline"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="99E42B82">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
-      <w:lvlText w:val=""/>
+      <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:tabs>
-[...2 lines deleted...]
-        <w:ind w:left="5760" w:hanging="360"/>
+        <w:ind w:left="6108"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
-        <w:sz w:val="20"/>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:b w:val="0"/>
+        <w:i w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:dstrike w:val="0"/>
+        <w:color w:val="000000"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+        <w:u w:val="none" w:color="000000"/>
+        <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+        <w:vertAlign w:val="baseline"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="796222B2">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
-      <w:lvlText w:val=""/>
+      <w:lvlText w:val="▪"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:tabs>
-[...2 lines deleted...]
-        <w:ind w:left="6480" w:hanging="360"/>
+        <w:ind w:left="6828"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
-        <w:sz w:val="20"/>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:b w:val="0"/>
+        <w:i w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:dstrike w:val="0"/>
+        <w:color w:val="000000"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+        <w:u w:val="none" w:color="000000"/>
+        <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+        <w:vertAlign w:val="baseline"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="033655DB"/>
+    <w:nsid w:val="30F02D63"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="FFFFFFFF"/>
-    <w:lvl w:ilvl="0" w:tplc="7FA66000">
+    <w:tmpl w:val="CBE6D70A"/>
+    <w:lvl w:ilvl="0" w:tplc="27347224">
       <w:start w:val="1"/>
-      <w:numFmt w:val="decimal"/>
-      <w:lvlText w:val="(%1)"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="720" w:hanging="360"/>
+        <w:ind w:left="1021"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
-        <w:color w:val="FF0000"/>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:b w:val="0"/>
+        <w:i w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:dstrike w:val="0"/>
+        <w:color w:val="000000"/>
         <w:sz w:val="24"/>
-        <w:u w:color="FFFF00"/>
+        <w:szCs w:val="24"/>
+        <w:u w:val="none" w:color="000000"/>
+        <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+        <w:vertAlign w:val="baseline"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="080A0019" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="4F82AF6A">
       <w:start w:val="1"/>
-      <w:numFmt w:val="lowerLetter"/>
-      <w:lvlText w:val="%2."/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="1440" w:hanging="360"/>
+        <w:ind w:left="1788"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:cs="Times New Roman"/>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:b w:val="0"/>
+        <w:i w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:dstrike w:val="0"/>
+        <w:color w:val="000000"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+        <w:u w:val="none" w:color="000000"/>
+        <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+        <w:vertAlign w:val="baseline"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="080A001B" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="06148C8A">
       <w:start w:val="1"/>
-      <w:numFmt w:val="lowerRoman"/>
-[...3 lines deleted...]
-        <w:ind w:left="2160" w:hanging="180"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="▪"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2508"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:cs="Times New Roman"/>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:b w:val="0"/>
+        <w:i w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:dstrike w:val="0"/>
+        <w:color w:val="000000"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+        <w:u w:val="none" w:color="000000"/>
+        <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+        <w:vertAlign w:val="baseline"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="080A000F" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="FC84FE00">
       <w:start w:val="1"/>
-      <w:numFmt w:val="decimal"/>
-      <w:lvlText w:val="%4."/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="2880" w:hanging="360"/>
+        <w:ind w:left="3228"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:cs="Times New Roman"/>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:b w:val="0"/>
+        <w:i w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:dstrike w:val="0"/>
+        <w:color w:val="000000"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+        <w:u w:val="none" w:color="000000"/>
+        <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+        <w:vertAlign w:val="baseline"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="080A0019" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="D75A4F62">
       <w:start w:val="1"/>
-      <w:numFmt w:val="lowerLetter"/>
-      <w:lvlText w:val="%5."/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="3600" w:hanging="360"/>
+        <w:ind w:left="3948"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:cs="Times New Roman"/>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:b w:val="0"/>
+        <w:i w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:dstrike w:val="0"/>
+        <w:color w:val="000000"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+        <w:u w:val="none" w:color="000000"/>
+        <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+        <w:vertAlign w:val="baseline"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="080A001B" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="C4A22724">
       <w:start w:val="1"/>
-      <w:numFmt w:val="lowerRoman"/>
-[...3 lines deleted...]
-        <w:ind w:left="4320" w:hanging="180"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="▪"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4668"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:cs="Times New Roman"/>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:b w:val="0"/>
+        <w:i w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:dstrike w:val="0"/>
+        <w:color w:val="000000"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+        <w:u w:val="none" w:color="000000"/>
+        <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+        <w:vertAlign w:val="baseline"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="080A000F" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="D42C4A36">
       <w:start w:val="1"/>
-      <w:numFmt w:val="decimal"/>
-      <w:lvlText w:val="%7."/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="5040" w:hanging="360"/>
+        <w:ind w:left="5388"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:cs="Times New Roman"/>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:b w:val="0"/>
+        <w:i w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:dstrike w:val="0"/>
+        <w:color w:val="000000"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+        <w:u w:val="none" w:color="000000"/>
+        <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+        <w:vertAlign w:val="baseline"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="080A0019" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="74FC6C54">
       <w:start w:val="1"/>
-      <w:numFmt w:val="lowerLetter"/>
-      <w:lvlText w:val="%8."/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="5760" w:hanging="360"/>
+        <w:ind w:left="6108"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:cs="Times New Roman"/>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:b w:val="0"/>
+        <w:i w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:dstrike w:val="0"/>
+        <w:color w:val="000000"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+        <w:u w:val="none" w:color="000000"/>
+        <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+        <w:vertAlign w:val="baseline"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="080A001B" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="62409ECA">
       <w:start w:val="1"/>
-      <w:numFmt w:val="lowerRoman"/>
-[...3 lines deleted...]
-        <w:ind w:left="6480" w:hanging="180"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="▪"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6828"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:cs="Times New Roman"/>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:b w:val="0"/>
+        <w:i w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:dstrike w:val="0"/>
+        <w:color w:val="000000"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+        <w:u w:val="none" w:color="000000"/>
+        <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+        <w:vertAlign w:val="baseline"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="0C9723ED"/>
+    <w:nsid w:val="4D7B2362"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="02F608FA"/>
-[...86 lines deleted...]
-    <w:lvl w:ilvl="0" w:tplc="080A0001">
+    <w:tmpl w:val="4EC0ABBE"/>
+    <w:lvl w:ilvl="0" w:tplc="137848B4">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
-      <w:lvlText w:val=""/>
+      <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="1429" w:hanging="360"/>
+        <w:ind w:left="1068"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:b w:val="0"/>
+        <w:i w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:dstrike w:val="0"/>
+        <w:color w:val="000000"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+        <w:u w:val="none" w:color="000000"/>
+        <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+        <w:vertAlign w:val="baseline"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="080A0003" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="85661A1A">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="2149" w:hanging="360"/>
+        <w:ind w:left="1788"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+        <w:b w:val="0"/>
+        <w:i w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:dstrike w:val="0"/>
+        <w:color w:val="000000"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+        <w:u w:val="none" w:color="000000"/>
+        <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+        <w:vertAlign w:val="baseline"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="080A0005" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="C7268AD8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
-      <w:lvlText w:val=""/>
+      <w:lvlText w:val="▪"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="2869" w:hanging="360"/>
+        <w:ind w:left="2508"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+        <w:b w:val="0"/>
+        <w:i w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:dstrike w:val="0"/>
+        <w:color w:val="000000"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+        <w:u w:val="none" w:color="000000"/>
+        <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+        <w:vertAlign w:val="baseline"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="080A0001" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="1FC2B72C">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
-      <w:lvlText w:val=""/>
+      <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="3589" w:hanging="360"/>
+        <w:ind w:left="3228"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:b w:val="0"/>
+        <w:i w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:dstrike w:val="0"/>
+        <w:color w:val="000000"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+        <w:u w:val="none" w:color="000000"/>
+        <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+        <w:vertAlign w:val="baseline"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="080A0003" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="9C064096">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="4309" w:hanging="360"/>
+        <w:ind w:left="3948"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+        <w:b w:val="0"/>
+        <w:i w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:dstrike w:val="0"/>
+        <w:color w:val="000000"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+        <w:u w:val="none" w:color="000000"/>
+        <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+        <w:vertAlign w:val="baseline"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="080A0005" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="2962E632">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
-      <w:lvlText w:val=""/>
+      <w:lvlText w:val="▪"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="5029" w:hanging="360"/>
+        <w:ind w:left="4668"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+        <w:b w:val="0"/>
+        <w:i w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:dstrike w:val="0"/>
+        <w:color w:val="000000"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+        <w:u w:val="none" w:color="000000"/>
+        <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+        <w:vertAlign w:val="baseline"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="080A0001" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="B42230F0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
-      <w:lvlText w:val=""/>
+      <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="5749" w:hanging="360"/>
+        <w:ind w:left="5388"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:b w:val="0"/>
+        <w:i w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:dstrike w:val="0"/>
+        <w:color w:val="000000"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+        <w:u w:val="none" w:color="000000"/>
+        <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+        <w:vertAlign w:val="baseline"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="080A0003" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="E14234A4">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="6469" w:hanging="360"/>
+        <w:ind w:left="6108"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+        <w:b w:val="0"/>
+        <w:i w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:dstrike w:val="0"/>
+        <w:color w:val="000000"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+        <w:u w:val="none" w:color="000000"/>
+        <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+        <w:vertAlign w:val="baseline"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="080A0005" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="F86256E6">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
-      <w:lvlText w:val=""/>
+      <w:lvlText w:val="▪"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="7189" w:hanging="360"/>
+        <w:ind w:left="6828"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+        <w:b w:val="0"/>
+        <w:i w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:dstrike w:val="0"/>
+        <w:color w:val="000000"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+        <w:u w:val="none" w:color="000000"/>
+        <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="512117E7"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="3F9A6460"/>
+    <w:lvl w:ilvl="0" w:tplc="52E20076">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1068"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:b w:val="0"/>
+        <w:i w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:dstrike w:val="0"/>
+        <w:color w:val="000000"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+        <w:u w:val="none" w:color="000000"/>
+        <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="1B62C9BE">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1788"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+        <w:b w:val="0"/>
+        <w:i w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:dstrike w:val="0"/>
+        <w:color w:val="000000"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+        <w:u w:val="none" w:color="000000"/>
+        <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0724652A">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="▪"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2508"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+        <w:b w:val="0"/>
+        <w:i w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:dstrike w:val="0"/>
+        <w:color w:val="000000"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+        <w:u w:val="none" w:color="000000"/>
+        <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="962A5714">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3228"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:b w:val="0"/>
+        <w:i w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:dstrike w:val="0"/>
+        <w:color w:val="000000"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+        <w:u w:val="none" w:color="000000"/>
+        <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="F0EA0944">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3948"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+        <w:b w:val="0"/>
+        <w:i w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:dstrike w:val="0"/>
+        <w:color w:val="000000"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+        <w:u w:val="none" w:color="000000"/>
+        <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="F4F2818A">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="▪"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4668"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+        <w:b w:val="0"/>
+        <w:i w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:dstrike w:val="0"/>
+        <w:color w:val="000000"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+        <w:u w:val="none" w:color="000000"/>
+        <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="2940C134">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5388"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:b w:val="0"/>
+        <w:i w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:dstrike w:val="0"/>
+        <w:color w:val="000000"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+        <w:u w:val="none" w:color="000000"/>
+        <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="61464578">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6108"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+        <w:b w:val="0"/>
+        <w:i w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:dstrike w:val="0"/>
+        <w:color w:val="000000"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+        <w:u w:val="none" w:color="000000"/>
+        <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="76E4A216">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="▪"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6828"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+        <w:b w:val="0"/>
+        <w:i w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:dstrike w:val="0"/>
+        <w:color w:val="000000"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+        <w:u w:val="none" w:color="000000"/>
+        <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+        <w:vertAlign w:val="baseline"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="120740C6"/>
+    <w:nsid w:val="638D6DF3"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="441E89BC"/>
-    <w:lvl w:ilvl="0" w:tplc="080A0001">
+    <w:tmpl w:val="ADC28C6E"/>
+    <w:lvl w:ilvl="0" w:tplc="E27C4704">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
-      <w:lvlText w:val=""/>
+      <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="1069" w:hanging="360"/>
+        <w:ind w:left="1210"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:b w:val="0"/>
+        <w:i w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:dstrike w:val="0"/>
+        <w:color w:val="000000"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+        <w:u w:val="none" w:color="000000"/>
+        <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+        <w:vertAlign w:val="baseline"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="080A0003" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="E1F62D8E">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="1789" w:hanging="360"/>
+        <w:ind w:left="1788"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+        <w:b w:val="0"/>
+        <w:i w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:dstrike w:val="0"/>
+        <w:color w:val="000000"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+        <w:u w:val="none" w:color="000000"/>
+        <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+        <w:vertAlign w:val="baseline"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="080A0005" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="309298EA">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
-      <w:lvlText w:val=""/>
+      <w:lvlText w:val="▪"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="2509" w:hanging="360"/>
+        <w:ind w:left="2508"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+        <w:b w:val="0"/>
+        <w:i w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:dstrike w:val="0"/>
+        <w:color w:val="000000"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+        <w:u w:val="none" w:color="000000"/>
+        <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+        <w:vertAlign w:val="baseline"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="080A0001" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="AFF61982">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
-      <w:lvlText w:val=""/>
+      <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="3229" w:hanging="360"/>
+        <w:ind w:left="3228"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:b w:val="0"/>
+        <w:i w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:dstrike w:val="0"/>
+        <w:color w:val="000000"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+        <w:u w:val="none" w:color="000000"/>
+        <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+        <w:vertAlign w:val="baseline"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="080A0003" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="D002850E">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="3949" w:hanging="360"/>
+        <w:ind w:left="3948"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+        <w:b w:val="0"/>
+        <w:i w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:dstrike w:val="0"/>
+        <w:color w:val="000000"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+        <w:u w:val="none" w:color="000000"/>
+        <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+        <w:vertAlign w:val="baseline"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="080A0005" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="EF96DDAA">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
-      <w:lvlText w:val=""/>
+      <w:lvlText w:val="▪"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="4669" w:hanging="360"/>
+        <w:ind w:left="4668"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+        <w:b w:val="0"/>
+        <w:i w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:dstrike w:val="0"/>
+        <w:color w:val="000000"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+        <w:u w:val="none" w:color="000000"/>
+        <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+        <w:vertAlign w:val="baseline"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="080A0001" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="6F7A104A">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
-      <w:lvlText w:val=""/>
+      <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="5389" w:hanging="360"/>
+        <w:ind w:left="5388"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:b w:val="0"/>
+        <w:i w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:dstrike w:val="0"/>
+        <w:color w:val="000000"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+        <w:u w:val="none" w:color="000000"/>
+        <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+        <w:vertAlign w:val="baseline"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="080A0003" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="3C98E1AA">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="6109" w:hanging="360"/>
+        <w:ind w:left="6108"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+        <w:b w:val="0"/>
+        <w:i w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:dstrike w:val="0"/>
+        <w:color w:val="000000"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+        <w:u w:val="none" w:color="000000"/>
+        <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+        <w:vertAlign w:val="baseline"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="080A0005" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="F7F2AA96">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
-      <w:lvlText w:val=""/>
+      <w:lvlText w:val="▪"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="6829" w:hanging="360"/>
+        <w:ind w:left="6828"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+        <w:b w:val="0"/>
+        <w:i w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:dstrike w:val="0"/>
+        <w:color w:val="000000"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+        <w:u w:val="none" w:color="000000"/>
+        <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+        <w:vertAlign w:val="baseline"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
-[...3395 lines deleted...]
-    <w:abstractNumId w:val="10"/>
+  <w:num w:numId="1" w16cid:durableId="1948460824">
+    <w:abstractNumId w:val="4"/>
   </w:num>
-  <w:num w:numId="2" w16cid:durableId="1350251112">
-[...5 lines deleted...]
-  <w:num w:numId="4" w16cid:durableId="1379933672">
+  <w:num w:numId="2" w16cid:durableId="14238529">
     <w:abstractNumId w:val="0"/>
   </w:num>
-  <w:num w:numId="5" w16cid:durableId="903493998">
-[...11 lines deleted...]
-  <w:num w:numId="9" w16cid:durableId="1374842096">
+  <w:num w:numId="3" w16cid:durableId="584732597">
     <w:abstractNumId w:val="1"/>
   </w:num>
-  <w:num w:numId="10" w16cid:durableId="1847819332">
-[...59 lines deleted...]
-  <w:num w:numId="30" w16cid:durableId="1648705713">
+  <w:num w:numId="4" w16cid:durableId="729571099">
     <w:abstractNumId w:val="3"/>
   </w:num>
-  <w:num w:numId="31" w16cid:durableId="875897407">
-[...6 lines deleted...]
-    <w:abstractNumId w:val="29"/>
+  <w:num w:numId="5" w16cid:durableId="1094087530">
+    <w:abstractNumId w:val="2"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
-  <w:drawingGridHorizontalSpacing w:val="110"/>
-  <w:displayHorizontalDrawingGridEvery w:val="2"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
-  <w:hdrShapeDefaults>
-[...1 lines deleted...]
-  </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
-    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="12"/>
+    <w:useFELayout/>
+    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
+    <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="009416F7"/>
-[...597 lines deleted...]
-    <w:rsid w:val="00FF5106"/>
+    <w:rsidRoot w:val="005E3FD6"/>
+    <w:rsid w:val="005E3FD6"/>
+    <w:rsid w:val="007E2BBF"/>
+    <w:rsid w:val="00A94B61"/>
+    <w:rsid w:val="00F96D6C"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="es-MX"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
-  <w:doNotIncludeSubdocsInStats/>
-  <w:doNotAutoCompressPictures/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="2050"/>
+    <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
-      <o:idmap v:ext="edit" data="2"/>
+      <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
-  <w14:docId w14:val="2D4E5917"/>
-  <w15:docId w15:val="{16E77E7A-165F-4CF6-9F0F-AFAEE898B7BE}"/>
+  <w14:docId w14:val="30C8D49F"/>
+  <w15:docId w15:val="{534E80B6-838C-4B7F-9742-24D9232E58BA}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
-        <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-[...2 lines deleted...]
-        <w:lang w:val="es-MX" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+        <w:kern w:val="2"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+        <w:lang w:val="es-MX" w:eastAsia="es-MX" w:bidi="ar-SA"/>
+        <w14:ligatures w14:val="standardContextual"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
-        <w:spacing w:before="120" w:after="120"/>
-        <w:jc w:val="both"/>
+        <w:spacing w:after="160" w:line="278" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 7" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 8" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 9" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Normal Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="footnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="annotation text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="header" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="footer" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="caption" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="caption" w:semiHidden="1" w:uiPriority="35" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="table of figures" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="envelope address" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="envelope return" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="footnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="annotation reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="line number" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="page number" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="endnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="endnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="table of authorities" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="macro" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toa heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -19240,51 +9234,51 @@
     <w:lsdException w:name="Table Grid 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Contemporary" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Elegant" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Professional" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Subtle 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Subtle 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Balloon Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Table Grid" w:semiHidden="1" w:uiPriority="59" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid" w:uiPriority="39"/>
     <w:lsdException w:name="Table Theme" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Placeholder Text" w:semiHidden="1"/>
     <w:lsdException w:name="No Spacing" w:uiPriority="1" w:qFormat="1"/>
     <w:lsdException w:name="Light Shading" w:uiPriority="60"/>
     <w:lsdException w:name="Light List" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 1" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 1" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 1" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 1" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 1" w:uiPriority="65"/>
     <w:lsdException w:name="Revision" w:semiHidden="1"/>
     <w:lsdException w:name="List Paragraph" w:uiPriority="34" w:qFormat="1"/>
@@ -19466,1700 +9460,515 @@
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="009416F7"/>
     <w:pPr>
-      <w:spacing w:before="0" w:after="160" w:line="360" w:lineRule="auto"/>
+      <w:spacing w:after="5" w:line="362" w:lineRule="auto"/>
+      <w:ind w:left="2326" w:right="317" w:firstLine="698"/>
+      <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Times New Roman"/>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:color w:val="000000"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Ttulo1">
     <w:name w:val="heading 1"/>
-    <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Ttulo1Car"/>
     <w:uiPriority w:val="9"/>
     <w:qFormat/>
-    <w:rsid w:val="006813EC"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
-      <w:spacing w:before="480" w:after="0"/>
+      <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
+      <w:ind w:left="152" w:hanging="10"/>
+      <w:jc w:val="center"/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi"/>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:b/>
-      <w:bCs/>
-[...2 lines deleted...]
-      <w:szCs w:val="28"/>
+      <w:color w:val="000000"/>
+      <w:sz w:val="32"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Ttulo2">
     <w:name w:val="heading 2"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Ttulo2Car"/>
     <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
-    <w:rsid w:val="00B23DF6"/>
+    <w:rsid w:val="007E2BBF"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="40" w:after="0"/>
       <w:outlineLvl w:val="1"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:eastAsiaTheme="majorEastAsia"/>
-[...2 lines deleted...]
-      <w:sz w:val="24"/>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:sz w:val="26"/>
       <w:szCs w:val="26"/>
-    </w:rPr>
-[...21 lines deleted...]
-      <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="Fuentedeprrafopredeter">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
-    <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="Tablanormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="Sinlista">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Ttulo1Car">
     <w:name w:val="Título 1 Car"/>
-    <w:basedOn w:val="Fuentedeprrafopredeter"/>
     <w:link w:val="Ttulo1"/>
-    <w:uiPriority w:val="9"/>
-[...1 lines deleted...]
-    <w:rsid w:val="006813EC"/>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cs="Times New Roman"/>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:b/>
-      <w:bCs/>
-[...2 lines deleted...]
-      <w:szCs w:val="28"/>
+      <w:color w:val="000000"/>
+      <w:sz w:val="32"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Ttulo2Car">
     <w:name w:val="Título 2 Car"/>
     <w:basedOn w:val="Fuentedeprrafopredeter"/>
     <w:link w:val="Ttulo2"/>
     <w:uiPriority w:val="9"/>
-    <w:locked/>
-    <w:rsid w:val="00B23DF6"/>
+    <w:semiHidden/>
+    <w:rsid w:val="007E2BBF"/>
     <w:rPr>
-      <w:rFonts w:ascii="Arial" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Arial" w:cs="Times New Roman"/>
-[...1 lines deleted...]
-      <w:color w:val="000000" w:themeColor="text1"/>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
       <w:sz w:val="26"/>
       <w:szCs w:val="26"/>
-    </w:rPr>
-[...58 lines deleted...]
-      <w:lang w:eastAsia="es-MX"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="Hipervnculo">
     <w:name w:val="Hyperlink"/>
     <w:basedOn w:val="Fuentedeprrafopredeter"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="006730A9"/>
+    <w:rsid w:val="007E2BBF"/>
     <w:rPr>
-      <w:rFonts w:cs="Times New Roman"/>
-      <w:color w:val="0000FF" w:themeColor="hyperlink"/>
+      <w:color w:val="0563C1" w:themeColor="hyperlink"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="Mencinsinresolver1">
-    <w:name w:val="Mención sin resolver1"/>
+  <w:style w:type="character" w:styleId="Mencinsinresolver">
+    <w:name w:val="Unresolved Mention"/>
     <w:basedOn w:val="Fuentedeprrafopredeter"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="006730A9"/>
-[...433 lines deleted...]
-    <w:rsid w:val="003E55CD"/>
+    <w:rsid w:val="007E2BBF"/>
     <w:rPr>
       <w:color w:val="605E5C"/>
       <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
-    </w:rPr>
-[...48 lines deleted...]
-      <w:lang w:eastAsia="es-MX"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
-[...616 lines deleted...]
-</w:webSettings>
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du"/>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://economipedia.com/definiciones/investigacion-desarrollo-id.html" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image5.png"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.png"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image6.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer4.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header9.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://economipedia.com/definiciones/investigacion-desarrollo-id.html" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header5.xml"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer8.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer6.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpg"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header4.xml"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer7.xml"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image5.jpg"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image7.jpg"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header6.xml"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://economipedia.com/definiciones/investigacion-desarrollo-id.html" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header8.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://economipedia.com/definiciones/investigacion-desarrollo-id.html" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.jpg"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image6.jpg"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer5.xml"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header7.xml"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer9.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://economipedia.com/definiciones/investigacion-desarrollo-id.html" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/></Relationships>
+</file>
+
+<file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image6.jpg"/></Relationships>
+</file>
+
+<file path=word/_rels/header2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image6.jpg"/></Relationships>
+</file>
+
+<file path=word/_rels/header3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image6.jpg"/></Relationships>
+</file>
+
+<file path=word/_rels/header7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image6.jpg"/></Relationships>
+</file>
+
+<file path=word/_rels/header8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image6.jpg"/></Relationships>
+</file>
+
+<file path=word/_rels/header9.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image6.jpg"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
-        <a:srgbClr val="1F497D"/>
+        <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
-        <a:srgbClr val="EEECE1"/>
+        <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
-        <a:srgbClr val="4F81BD"/>
+        <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
-        <a:srgbClr val="C0504D"/>
+        <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
-        <a:srgbClr val="9BBB59"/>
+        <a:srgbClr val="A5A5A5"/>
       </a:accent3>
       <a:accent4>
-        <a:srgbClr val="8064A2"/>
+        <a:srgbClr val="FFC000"/>
       </a:accent4>
       <a:accent5>
-        <a:srgbClr val="4BACC6"/>
+        <a:srgbClr val="5B9BD5"/>
       </a:accent5>
       <a:accent6>
-        <a:srgbClr val="F79646"/>
+        <a:srgbClr val="70AD47"/>
       </a:accent6>
       <a:hlink>
-        <a:srgbClr val="0000FF"/>
+        <a:srgbClr val="0563C1"/>
       </a:hlink>
       <a:folHlink>
-        <a:srgbClr val="800080"/>
+        <a:srgbClr val="954F72"/>
       </a:folHlink>
     </a:clrScheme>
     <a:fontScheme name="Office">
       <a:majorFont>
-        <a:latin typeface="Cambria"/>
+        <a:latin typeface="Calibri Light" panose="020F0302020204030204"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
-        <a:font script="Jpan" typeface="ＭＳ ゴシック"/>
+        <a:font script="Jpan" typeface="游ゴシック Light"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
-        <a:font script="Hans" typeface="宋体"/>
+        <a:font script="Hans" typeface="等线 Light"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Angsana New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Times New Roman"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
+        <a:font script="Geor" typeface="Sylfaen"/>
+        <a:font script="Armn" typeface="Arial"/>
+        <a:font script="Bugi" typeface="Leelawadee UI"/>
+        <a:font script="Bopo" typeface="Microsoft JhengHei"/>
+        <a:font script="Java" typeface="Javanese Text"/>
+        <a:font script="Lisu" typeface="Segoe UI"/>
+        <a:font script="Mymr" typeface="Myanmar Text"/>
+        <a:font script="Nkoo" typeface="Ebrima"/>
+        <a:font script="Olck" typeface="Nirmala UI"/>
+        <a:font script="Osma" typeface="Ebrima"/>
+        <a:font script="Phag" typeface="Phagspa"/>
+        <a:font script="Syrn" typeface="Estrangelo Edessa"/>
+        <a:font script="Syrj" typeface="Estrangelo Edessa"/>
+        <a:font script="Syre" typeface="Estrangelo Edessa"/>
+        <a:font script="Sora" typeface="Nirmala UI"/>
+        <a:font script="Tale" typeface="Microsoft Tai Le"/>
+        <a:font script="Talu" typeface="Microsoft New Tai Lue"/>
+        <a:font script="Tfng" typeface="Ebrima"/>
       </a:majorFont>
       <a:minorFont>
-        <a:latin typeface="Calibri"/>
+        <a:latin typeface="Calibri" panose="020F0502020204030204"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
-        <a:font script="Jpan" typeface="ＭＳ 明朝"/>
+        <a:font script="Jpan" typeface="游明朝"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
-        <a:font script="Hans" typeface="宋体"/>
+        <a:font script="Hans" typeface="等线"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Arial"/>
         <a:font script="Hebr" typeface="Arial"/>
         <a:font script="Thai" typeface="Cordia New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="DaunPenh"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Arial"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
+        <a:font script="Geor" typeface="Sylfaen"/>
+        <a:font script="Armn" typeface="Arial"/>
+        <a:font script="Bugi" typeface="Leelawadee UI"/>
+        <a:font script="Bopo" typeface="Microsoft JhengHei"/>
+        <a:font script="Java" typeface="Javanese Text"/>
+        <a:font script="Lisu" typeface="Segoe UI"/>
+        <a:font script="Mymr" typeface="Myanmar Text"/>
+        <a:font script="Nkoo" typeface="Ebrima"/>
+        <a:font script="Olck" typeface="Nirmala UI"/>
+        <a:font script="Osma" typeface="Ebrima"/>
+        <a:font script="Phag" typeface="Phagspa"/>
+        <a:font script="Syrn" typeface="Estrangelo Edessa"/>
+        <a:font script="Syrj" typeface="Estrangelo Edessa"/>
+        <a:font script="Syre" typeface="Estrangelo Edessa"/>
+        <a:font script="Sora" typeface="Nirmala UI"/>
+        <a:font script="Tale" typeface="Microsoft Tai Le"/>
+        <a:font script="Talu" typeface="Microsoft New Tai Lue"/>
+        <a:font script="Tfng" typeface="Ebrima"/>
       </a:minorFont>
     </a:fontScheme>
     <a:fmtScheme name="Office">
       <a:fillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:tint val="50000"/>
-                <a:satMod val="300000"/>
+                <a:lumMod val="110000"/>
+                <a:satMod val="105000"/>
+                <a:tint val="67000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="35000">
+            <a:gs pos="50000">
               <a:schemeClr val="phClr">
-                <a:tint val="37000"/>
-                <a:satMod val="300000"/>
+                <a:lumMod val="105000"/>
+                <a:satMod val="103000"/>
+                <a:tint val="73000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:tint val="15000"/>
-                <a:satMod val="350000"/>
+                <a:lumMod val="105000"/>
+                <a:satMod val="109000"/>
+                <a:tint val="81000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:lin ang="16200000" scaled="1"/>
+          <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:shade val="51000"/>
-                <a:satMod val="130000"/>
+                <a:satMod val="103000"/>
+                <a:lumMod val="102000"/>
+                <a:tint val="94000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="80000">
+            <a:gs pos="50000">
               <a:schemeClr val="phClr">
-                <a:shade val="93000"/>
-                <a:satMod val="130000"/>
+                <a:satMod val="110000"/>
+                <a:lumMod val="100000"/>
+                <a:shade val="100000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:shade val="94000"/>
-                <a:satMod val="135000"/>
+                <a:lumMod val="99000"/>
+                <a:satMod val="120000"/>
+                <a:shade val="78000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:lin ang="16200000" scaled="0"/>
+          <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:fillStyleLst>
       <a:lnStyleLst>
-        <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
-[...8 lines deleted...]
-        <a:ln w="25400" cap="flat" cmpd="sng" algn="ctr">
+        <a:ln w="6350" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:schemeClr val="phClr"/>
           </a:solidFill>
           <a:prstDash val="solid"/>
+          <a:miter lim="800000"/>
         </a:ln>
-        <a:ln w="38100" cap="flat" cmpd="sng" algn="ctr">
+        <a:ln w="12700" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:schemeClr val="phClr"/>
           </a:solidFill>
           <a:prstDash val="solid"/>
+          <a:miter lim="800000"/>
+        </a:ln>
+        <a:ln w="19050" cap="flat" cmpd="sng" algn="ctr">
+          <a:solidFill>
+            <a:schemeClr val="phClr"/>
+          </a:solidFill>
+          <a:prstDash val="solid"/>
+          <a:miter lim="800000"/>
         </a:ln>
       </a:lnStyleLst>
       <a:effectStyleLst>
         <a:effectStyle>
+          <a:effectLst/>
+        </a:effectStyle>
+        <a:effectStyle>
+          <a:effectLst/>
+        </a:effectStyle>
+        <a:effectStyle>
           <a:effectLst>
-            <a:outerShdw blurRad="40000" dist="20000" dir="5400000" rotWithShape="0">
+            <a:outerShdw blurRad="57150" dist="19050" dir="5400000" algn="ctr" rotWithShape="0">
               <a:srgbClr val="000000">
-                <a:alpha val="38000"/>
+                <a:alpha val="63000"/>
               </a:srgbClr>
             </a:outerShdw>
           </a:effectLst>
-        </a:effectStyle>
-[...27 lines deleted...]
-          </a:sp3d>
         </a:effectStyle>
       </a:effectStyleLst>
       <a:bgFillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
+        <a:solidFill>
+          <a:schemeClr val="phClr">
+            <a:tint val="95000"/>
+            <a:satMod val="170000"/>
+          </a:schemeClr>
+        </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:tint val="40000"/>
-                <a:satMod val="350000"/>
+                <a:tint val="93000"/>
+                <a:satMod val="150000"/>
+                <a:shade val="98000"/>
+                <a:lumMod val="102000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="40000">
+            <a:gs pos="50000">
               <a:schemeClr val="phClr">
-                <a:tint val="45000"/>
-[...1 lines deleted...]
-                <a:satMod val="350000"/>
+                <a:tint val="98000"/>
+                <a:satMod val="130000"/>
+                <a:shade val="90000"/>
+                <a:lumMod val="103000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:shade val="20000"/>
-                <a:satMod val="255000"/>
+                <a:shade val="63000"/>
+                <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:path path="circle">
-[...20 lines deleted...]
-          </a:path>
+          <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
+  <a:extLst>
+    <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
+      <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
+    </a:ext>
+  </a:extLst>
 </a:theme>
-</file>
-[...14 lines deleted...]
-</ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
-  <Pages>19</Pages>
-[...1 lines deleted...]
-  <Characters>29631</Characters>
+  <Pages>23</Pages>
+  <Words>5498</Words>
+  <Characters>30240</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>246</Lines>
-  <Paragraphs>69</Paragraphs>
+  <Lines>252</Lines>
+  <Paragraphs>71</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
-  <HeadingPairs>
-[...14 lines deleted...]
-  <Company> </Company>
+  <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>34949</CharactersWithSpaces>
+  <CharactersWithSpaces>35667</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
+  <dc:title/>
+  <dc:subject/>
   <dc:creator>Usuario</dc:creator>
+  <cp:keywords/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>