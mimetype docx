--- v0 (2025-10-09)
+++ v1 (2026-02-21)
@@ -1,73 +1,107 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
+  <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
-  <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
-  <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
-[...1 lines deleted...]
-  <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w14:paraId="230C8BAF" w14:textId="77777777" w:rsidR="000F7334" w:rsidRDefault="000F7334" w:rsidP="00AC1AC3">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="10B93221" w14:textId="0963C42F" w:rsidR="00604135" w:rsidRPr="00AC1AC3" w:rsidRDefault="00E15C7D" w:rsidP="00AC1AC3">
+    <w:p w14:paraId="2A0921FC" w14:textId="12E519F3" w:rsidR="008F00F1" w:rsidRDefault="008F00F1" w:rsidP="008F00F1">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008F00F1">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>DOI: https://doi.org/10.23913/cagi.v11i22.324</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1079E541" w14:textId="77777777" w:rsidR="008F00F1" w:rsidRDefault="008F00F1" w:rsidP="00AC1AC3">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="10B93221" w14:textId="620FBAB0" w:rsidR="00604135" w:rsidRPr="00AC1AC3" w:rsidRDefault="00E15C7D" w:rsidP="00AC1AC3">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AC1AC3">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t xml:space="preserve">Inteligencia emocional e </w:t>
       </w:r>
       <w:r w:rsidR="00604135" w:rsidRPr="00AC1AC3">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
@@ -398,71 +432,75 @@
             <w:rStyle w:val="Hipervnculo"/>
             <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
             <w:color w:val="auto"/>
             <w:u w:val="none"/>
           </w:rPr>
           <w:t>0000-0002-3829-4951</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w14:paraId="2379B4C5" w14:textId="77777777" w:rsidR="00AC1AC3" w:rsidRDefault="00AC1AC3" w:rsidP="00AC1AC3">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="5A2134BD" w14:textId="77777777" w:rsidR="00AC1AC3" w:rsidRPr="00AC1AC3" w:rsidRDefault="00AC1AC3" w:rsidP="00AC1AC3">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="0000000F" w14:textId="614181D4" w:rsidR="00E34386" w:rsidRPr="00AC1AC3" w:rsidRDefault="00000000" w:rsidP="00AC1AC3">
+    <w:p w14:paraId="0000000F" w14:textId="614181D4" w:rsidR="00E34386" w:rsidRPr="008F00F1" w:rsidRDefault="00000000" w:rsidP="00AC1AC3">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:color w:val="000000"/>
-        </w:rPr>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00AC1AC3">
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008F00F1">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>Resumen</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4CF1B6CC" w14:textId="79C6D4C2" w:rsidR="00292DED" w:rsidRPr="00AC1AC3" w:rsidRDefault="002B7213" w:rsidP="00AC1AC3">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AC1AC3">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve">El objetivo del presente estudio fue </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC1AC3">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t>identificar los niveles de inteligencia emocional y la influencia que sobre esta ejerce la implicación paterna desde la perspectiva de adolescentes</w:t>
       </w:r>
@@ -617,104 +655,72 @@
         </w:rPr>
         <w:t>Father</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="00292DED" w:rsidRPr="00AC1AC3">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="00292DED" w:rsidRPr="00AC1AC3">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t>Involvement</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="00292DED" w:rsidRPr="00AC1AC3">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellStart"/>
+        <w:t xml:space="preserve"> Scale (Finley</w:t>
+      </w:r>
+      <w:r w:rsidR="00766CBA" w:rsidRPr="00AC1AC3">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> &amp; </w:t>
+      </w:r>
       <w:r w:rsidR="00292DED" w:rsidRPr="00AC1AC3">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
-        <w:t>Scale</w:t>
-[...20 lines deleted...]
-        </w:rPr>
         <w:t>Schwartz, 2004)</w:t>
       </w:r>
       <w:r w:rsidR="00D53D73" w:rsidRPr="00AC1AC3">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
-        <w:t xml:space="preserve">, los instrumentos fueron aplicados colectivamente previo consentimiento informado de los padres; los datos se analizaron mediante el análisis de frecuencias, coeficiente de correlación de Pearson, prueba t de </w:t>
-[...15 lines deleted...]
-        <w:t xml:space="preserve"> y análisis de regresión lineal. Los resultados muestran niveles predominantemente altos de inteligencia emocional en sus distintos factores</w:t>
+        <w:t>, los instrumentos fueron aplicados colectivamente previo consentimiento informado de los padres; los datos se analizaron mediante el análisis de frecuencias, coeficiente de correlación de Pearson, prueba t de Student y análisis de regresión lineal. Los resultados muestran niveles predominantemente altos de inteligencia emocional en sus distintos factores</w:t>
       </w:r>
       <w:r w:rsidR="007A2F8E" w:rsidRPr="00AC1AC3">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t>. La implicación paterna</w:t>
       </w:r>
       <w:r w:rsidR="00F05086" w:rsidRPr="00AC1AC3">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00F05086" w:rsidRPr="00AC1AC3">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t>predice entre el 1</w:t>
       </w:r>
       <w:r w:rsidR="007D43C3" w:rsidRPr="00AC1AC3">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:lang w:val="es-ES"/>
@@ -878,255 +884,255 @@
         <w:t>los niveles de</w:t>
       </w:r>
       <w:r w:rsidR="003650B9" w:rsidRPr="00AC1AC3">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t xml:space="preserve"> inteligencia emocional, la cual constituye un factor protector y un elemento indispensable para el ajuste psicológico durante la adolescencia.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6A28AD8D" w14:textId="77777777" w:rsidR="00FD7C7D" w:rsidRDefault="00000000" w:rsidP="00AC1AC3">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00AC1AC3">
+      <w:r w:rsidRPr="008F00F1">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>Palabras clave</w:t>
       </w:r>
       <w:r w:rsidRPr="00AC1AC3">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve">: </w:t>
       </w:r>
       <w:r w:rsidR="00FD7C7D" w:rsidRPr="00AC1AC3">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>Inteligencia emocional, Implicación paterna, Adolescentes.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6C083431" w14:textId="77777777" w:rsidR="00AC1AC3" w:rsidRPr="00AC1AC3" w:rsidRDefault="00AC1AC3" w:rsidP="00AC1AC3">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="5451F596" w14:textId="3DFA1936" w:rsidR="003F71FE" w:rsidRPr="00AC1AC3" w:rsidRDefault="002A63DE" w:rsidP="00AC1AC3">
+    <w:p w14:paraId="5451F596" w14:textId="3DFA1936" w:rsidR="003F71FE" w:rsidRPr="008F00F1" w:rsidRDefault="002A63DE" w:rsidP="00AC1AC3">
       <w:pPr>
         <w:pStyle w:val="Ttulo2"/>
         <w:spacing w:before="0" w:after="0"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-          <w:sz w:val="24"/>
-[...7 lines deleted...]
-          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008F00F1">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>Abstract</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2E8539FE" w14:textId="0FD52FAE" w:rsidR="006E2021" w:rsidRPr="00AC1AC3" w:rsidRDefault="006E2021" w:rsidP="00AC1AC3">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AC1AC3">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>The objective</w:t>
       </w:r>
       <w:r w:rsidR="002653E8" w:rsidRPr="00AC1AC3">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC1AC3">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>of this study was to identify the levels of emotional intelligence and the influence of parental involvement from the perspective of early and middle adolescents. As particular objectives, it was established to determine the existence of differences in the study variables according to sex and stage of adolescence. It is based on a quantitative methodology, non-experimental-</w:t>
+        <w:t xml:space="preserve">of this study was to identify the levels of emotional intelligence and the influence of parental involvement from the perspective of early and middle adolescents. As particular objectives, it </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AC1AC3">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>was established to determine the existence of differences in the study variables according to sex and stage of adolescence. It is based on a quantitative methodology, non-experimental-</w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00AC1AC3">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>transveral</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00AC1AC3">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> design, descriptive-correlational scope. A total of 402 adolescents between the early and middle stages of adolescence participated, with an average age of 15.2 years. The Emotional Intelligence Inventory (</w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00AC1AC3">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>BarOn</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00AC1AC3">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1997) and the adapted Father Involvement Scale (Finley &amp; Schwartz, 2004) were used; the instruments were applied collectively after informed parental consent; data were analyzed by frequency analysis, Pearson's correlation coefficient, Student's t-test and linear regression analysis. </w:t>
       </w:r>
       <w:r w:rsidR="00FB1EC5" w:rsidRPr="00AC1AC3">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve">The results </w:t>
-[...7 lines deleted...]
-        <w:t>show predominantly high levels of emotional intelligence in its different factors. Paternal involvement predicts between 12 and 19% of variability in the emotional intelligence of adolescent sons and daughters. These data are corroborated by the correlational analysis, showing that the greater the father's involvement, the higher the levels of emotional intelligence in the children. There are differences by sex in both variables, but not by stage of adolescence. Further study is required in order to identify the variables that intervened in the results obtained regarding the levels of emotional intelligence, which constitutes a protective factor and an indispensable element for psychological adjustment during adolescence.</w:t>
+        <w:t>The results show predominantly high levels of emotional intelligence in its different factors. Paternal involvement predicts between 12 and 19% of variability in the emotional intelligence of adolescent sons and daughters. These data are corroborated by the correlational analysis, showing that the greater the father's involvement, the higher the levels of emotional intelligence in the children. There are differences by sex in both variables, but not by stage of adolescence. Further study is required in order to identify the variables that intervened in the results obtained regarding the levels of emotional intelligence, which constitutes a protective factor and an indispensable element for psychological adjustment during adolescence.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="79CBF2CE" w14:textId="0FB448F2" w:rsidR="000D7490" w:rsidRPr="00AC1AC3" w:rsidRDefault="000D7490" w:rsidP="00AC1AC3">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00AC1AC3">
+      <w:r w:rsidRPr="008F00F1">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Key words</w:t>
+      </w:r>
+      <w:r w:rsidR="002A3972" w:rsidRPr="00AC1AC3">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>Key words</w:t>
-[...7 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve">: </w:t>
       </w:r>
       <w:r w:rsidR="002A3972" w:rsidRPr="00AC1AC3">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Emotional intelligence, Parental involvement, Adolescents.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7E044D67" w14:textId="77777777" w:rsidR="002A63DE" w:rsidRPr="00AC1AC3" w:rsidRDefault="002A63DE" w:rsidP="00AC1AC3">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="1FACE478" w14:textId="77777777" w:rsidR="00234505" w:rsidRPr="00AC1AC3" w:rsidRDefault="00234505" w:rsidP="00AC1AC3">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="71C08CC5" w14:textId="20756FE2" w:rsidR="00EE7C14" w:rsidRPr="00AC1AC3" w:rsidRDefault="00000000" w:rsidP="00AC1AC3">
+    <w:p w14:paraId="71C08CC5" w14:textId="20756FE2" w:rsidR="00EE7C14" w:rsidRPr="008F00F1" w:rsidRDefault="00000000" w:rsidP="00AC1AC3">
       <w:pPr>
         <w:pStyle w:val="Ttulo2"/>
         <w:spacing w:before="0" w:after="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-          <w:sz w:val="24"/>
-[...7 lines deleted...]
-          <w:szCs w:val="24"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008F00F1">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>Introducción</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="26D54275" w14:textId="48277960" w:rsidR="00EE7C14" w:rsidRDefault="00456706" w:rsidP="00AC1AC3">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AC1AC3">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t xml:space="preserve">El constructo </w:t>
       </w:r>
       <w:r w:rsidR="00EE7C14" w:rsidRPr="00AC1AC3">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
@@ -1557,50 +1563,51 @@
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5D18742A" w14:textId="77777777" w:rsidR="00AC1AC3" w:rsidRPr="00AC1AC3" w:rsidRDefault="00AC1AC3" w:rsidP="00AC1AC3">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="7817ACBF" w14:textId="1F0CC906" w:rsidR="00471C9D" w:rsidRDefault="006E32EA" w:rsidP="00AC1AC3">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AC1AC3">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>Una de las variables que ejerce influencia</w:t>
       </w:r>
       <w:r w:rsidR="00934186" w:rsidRPr="00AC1AC3">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve"> de manera significativa</w:t>
       </w:r>
       <w:r w:rsidRPr="00AC1AC3">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve"> en el desarrollo de la inteligencia emocional es l</w:t>
       </w:r>
       <w:r w:rsidR="00B10607" w:rsidRPr="00AC1AC3">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>a familia</w:t>
       </w:r>
       <w:r w:rsidRPr="00AC1AC3">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>, ya que se le concibe como</w:t>
@@ -1743,87 +1750,123 @@
       </w:r>
       <w:r w:rsidR="0053253B" w:rsidRPr="00AC1AC3">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>en diversos países</w:t>
       </w:r>
       <w:r w:rsidR="000A2CE3" w:rsidRPr="00AC1AC3">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve"> confirman que existe una relación directa entre la educación, preocupación e implicación de los padres en el desarrollo de las competencias emocionales de los hijos. </w:t>
       </w:r>
       <w:r w:rsidR="00AF4012" w:rsidRPr="00AC1AC3">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve">El </w:t>
       </w:r>
       <w:r w:rsidR="0053253B" w:rsidRPr="00AC1AC3">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve">compromiso es </w:t>
       </w:r>
-      <w:r w:rsidR="000A2CE3" w:rsidRPr="00AC1AC3">
-[...22 lines deleted...]
-      </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidR="000A2CE3" w:rsidRPr="00AC1AC3">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
-        <w:t>reconocer  las</w:t>
+        <w:t>enseñarle</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidR="000A2CE3" w:rsidRPr="00AC1AC3">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
-        <w:t xml:space="preserve"> emociones  y  las  consecuencias  </w:t>
+        <w:t xml:space="preserve"> a </w:t>
+      </w:r>
+      <w:r w:rsidR="0053253B" w:rsidRPr="00AC1AC3">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>los</w:t>
+      </w:r>
+      <w:r w:rsidR="000A2CE3" w:rsidRPr="00AC1AC3">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> hijos</w:t>
+      </w:r>
+      <w:r w:rsidR="0053253B" w:rsidRPr="00AC1AC3">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> a </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="000A2CE3" w:rsidRPr="00AC1AC3">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>reconocer  las</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="000A2CE3" w:rsidRPr="00AC1AC3">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="000A2CE3" w:rsidRPr="00AC1AC3">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>emociones  y</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="000A2CE3" w:rsidRPr="00AC1AC3">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="000A2CE3" w:rsidRPr="00AC1AC3">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>las  consecuencias</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="000A2CE3" w:rsidRPr="00AC1AC3">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
       </w:r>
       <w:r w:rsidR="0053253B" w:rsidRPr="00AC1AC3">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>que surgen cuando la manera de expresarlas es inadecuada</w:t>
       </w:r>
       <w:r w:rsidR="00DA5FE8" w:rsidRPr="00AC1AC3">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve">; por ello, </w:t>
       </w:r>
       <w:r w:rsidR="000A2CE3" w:rsidRPr="00AC1AC3">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve">los padres constituyen un factor </w:t>
       </w:r>
       <w:r w:rsidR="001D4D9A" w:rsidRPr="00AC1AC3">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve">fundamental </w:t>
       </w:r>
@@ -1873,51 +1916,50 @@
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="287024F1" w14:textId="77777777" w:rsidR="00AC1AC3" w:rsidRPr="00AC1AC3" w:rsidRDefault="00AC1AC3" w:rsidP="00AC1AC3">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="6AA6A70F" w14:textId="7E716405" w:rsidR="00703458" w:rsidRDefault="00DA5FE8" w:rsidP="00AC1AC3">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AC1AC3">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>Un</w:t>
       </w:r>
       <w:r w:rsidR="00910A94" w:rsidRPr="00AC1AC3">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve"> aspecto </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC1AC3">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>dentro de la vida familiar que ha captado el interés de la comunidad científica</w:t>
       </w:r>
       <w:r w:rsidR="00910A94" w:rsidRPr="00AC1AC3">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve"> en los últimos años</w:t>
       </w:r>
       <w:r w:rsidRPr="00AC1AC3">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve">, dados los cambios sociales y culturales es la implicación del padre, </w:t>
@@ -2112,51 +2154,79 @@
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidR="00703458" w:rsidRPr="00AC1AC3">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve">) </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC1AC3">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00703458" w:rsidRPr="00AC1AC3">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>se</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidR="00703458" w:rsidRPr="00AC1AC3">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
-        <w:t xml:space="preserve"> comprende a través de tres componentes:  la calidad de la interacción del padre con sus hijos,  la disponibilidad del padre para la interacción, y  el grado de responsabilidad asumido con los hijos. El primero supone que el padre compart</w:t>
+        <w:t xml:space="preserve"> comprende a través de tres componentes:  la calidad de la interacción del padre con sus </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00703458" w:rsidRPr="00AC1AC3">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>hijos,  la</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00703458" w:rsidRPr="00AC1AC3">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> disponibilidad del padre para la interacción, </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00703458" w:rsidRPr="00AC1AC3">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>y  el</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00703458" w:rsidRPr="00AC1AC3">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> grado de responsabilidad asumido con los hijos. El primero supone que el padre compart</w:t>
       </w:r>
       <w:r w:rsidR="00D77542" w:rsidRPr="00AC1AC3">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>e</w:t>
       </w:r>
       <w:r w:rsidR="00703458" w:rsidRPr="00AC1AC3">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve"> tiempo y experiencias de la vida diaria con sus hijos; la accesibilidad </w:t>
       </w:r>
       <w:r w:rsidR="00D77542" w:rsidRPr="00AC1AC3">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve">hace referencia a estar </w:t>
       </w:r>
       <w:r w:rsidR="00703458" w:rsidRPr="00AC1AC3">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve">disponible tanto física como psicológicamente para atender a </w:t>
       </w:r>
@@ -2533,80 +2603,181 @@
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t xml:space="preserve">) </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC1AC3">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00E46ED5" w:rsidRPr="00AC1AC3">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>desempeñan</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidR="00E46ED5" w:rsidRPr="00AC1AC3">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve"> una función adaptativa a través de un </w:t>
       </w:r>
-      <w:r w:rsidRPr="00AC1AC3">
-[...3 lines deleted...]
-        <w:t>mecanismo  de  supervivencia  que  estas  facilitan  al  percibir  estímulos  del ambiente</w:t>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00AC1AC3">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>mecanismo  de</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00AC1AC3">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00AC1AC3">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>supervivencia  que</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00AC1AC3">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00AC1AC3">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>estas  facilitan</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00AC1AC3">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00AC1AC3">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>al  percibir</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00AC1AC3">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00AC1AC3">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>estímulos  del</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00AC1AC3">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ambiente</w:t>
       </w:r>
       <w:r w:rsidR="00E46ED5" w:rsidRPr="00AC1AC3">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve">, además de </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC1AC3">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>prepara</w:t>
       </w:r>
       <w:r w:rsidR="00E46ED5" w:rsidRPr="00AC1AC3">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
-        <w:t>r al organismo p</w:t>
-[...6 lines deleted...]
-      </w:r>
+        <w:t xml:space="preserve">r al organismo </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00E46ED5" w:rsidRPr="00AC1AC3">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>p</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AC1AC3">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>ara  reaccionar</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00AC1AC3">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00AC1AC3">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>de  la</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00AC1AC3">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00AC1AC3">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>manera  apropiada</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidR="00E46ED5" w:rsidRPr="00AC1AC3">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve"> ante diversas circuntancias; ello constituye un elemento básico de la inteligencia emocional.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="32115B1F" w14:textId="77777777" w:rsidR="00AC1AC3" w:rsidRPr="00AC1AC3" w:rsidRDefault="00AC1AC3" w:rsidP="00AC1AC3">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="5F664E79" w14:textId="5C472F30" w:rsidR="001E16EC" w:rsidRDefault="00CF12E8" w:rsidP="00AC1AC3">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AC1AC3">
@@ -2802,65 +2973,56 @@
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t xml:space="preserve">los, lo que favorece </w:t>
       </w:r>
       <w:r w:rsidR="001E16EC" w:rsidRPr="00AC1AC3">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t>el crecimiento personal</w:t>
       </w:r>
       <w:r w:rsidR="00E73D34" w:rsidRPr="00AC1AC3">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve"> (</w:t>
       </w:r>
       <w:r w:rsidR="00E73D34" w:rsidRPr="00AC1AC3">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t xml:space="preserve">Salovey &amp; Mayer, 1990, como se citan en </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="003B7E3F" w:rsidRPr="00AC1AC3">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
-        <w:t>Dominguez</w:t>
-[...7 lines deleted...]
-        <w:t xml:space="preserve"> et al., 2022).</w:t>
+        <w:t>Dominguez et al., 2022).</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0A1BBAE7" w14:textId="77777777" w:rsidR="00AC1AC3" w:rsidRPr="00AC1AC3" w:rsidRDefault="00AC1AC3" w:rsidP="00AC1AC3">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="46051A46" w14:textId="5E0776D2" w:rsidR="001630C9" w:rsidRDefault="00883D48" w:rsidP="00AC1AC3">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AC1AC3">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t xml:space="preserve">De igual manera se concibe </w:t>
@@ -2980,51 +3142,50 @@
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t>, lo que impacta la manera en que la persona se adapta a diversas situaciones y condiciones.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2F806A54" w14:textId="77777777" w:rsidR="00AC1AC3" w:rsidRPr="00AC1AC3" w:rsidRDefault="00AC1AC3" w:rsidP="00AC1AC3">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="4EC5B653" w14:textId="143E8D60" w:rsidR="005C0809" w:rsidRDefault="001630C9" w:rsidP="00AC1AC3">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AC1AC3">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>Tales mecanismos de adaptación son favorecidos debido a que dicho constructo conjunga una serie de habilidades y no solo se centra en una sola destreza; desde el Modelo de habilidades de la inteligencia emocional de Salovey y Mayer (1990, como se cita en Cardona, 2020) cada una es resultado de atributos particulares que se reflejan en el comportamiento de las personas; la primera es la Percepción y expresión de emociones que implica la identificación de estas y el contenido emocional en la propia persona y en los demás; la segunda se centra en la Emoción como facilitadora del pensamiento, la cual implica tomar en</w:t>
       </w:r>
       <w:r w:rsidR="008B4640" w:rsidRPr="00AC1AC3">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC1AC3">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>cuenta emociones y sentimientos</w:t>
       </w:r>
       <w:r w:rsidR="008B4640" w:rsidRPr="00AC1AC3">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC1AC3">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>cuando  razonamos</w:t>
@@ -3225,50 +3386,51 @@
         <w:t xml:space="preserve"> gozará de una salud mental positiva.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="289DBCD6" w14:textId="77777777" w:rsidR="00AC1AC3" w:rsidRPr="00AC1AC3" w:rsidRDefault="00AC1AC3" w:rsidP="00AC1AC3">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="60BEEC84" w14:textId="785C98E7" w:rsidR="00596EF6" w:rsidRPr="00AC1AC3" w:rsidRDefault="00F91BDD" w:rsidP="00AC1AC3">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AC1AC3">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>R</w:t>
       </w:r>
       <w:r w:rsidR="0041278A" w:rsidRPr="00AC1AC3">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t xml:space="preserve">esultados </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC1AC3">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t xml:space="preserve">de diversos estudios </w:t>
       </w:r>
       <w:r w:rsidR="0041278A" w:rsidRPr="00AC1AC3">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t>ha</w:t>
       </w:r>
       <w:r w:rsidRPr="00AC1AC3">
         <w:rPr>
@@ -3497,51 +3659,99 @@
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t>por ello</w:t>
       </w:r>
       <w:r w:rsidR="00A86F7E" w:rsidRPr="00AC1AC3">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidR="00EE7C14" w:rsidRPr="00AC1AC3">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t>que  adquiere</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidR="00EE7C14" w:rsidRPr="00AC1AC3">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
-        <w:t xml:space="preserve">  una  especial relevancia  dentro de  la educación, a través de la llamada educación emocional (</w:t>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00EE7C14" w:rsidRPr="00AC1AC3">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>una  especial</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00EE7C14" w:rsidRPr="00AC1AC3">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00EE7C14" w:rsidRPr="00AC1AC3">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>relevancia  dentro</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00EE7C14" w:rsidRPr="00AC1AC3">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00EE7C14" w:rsidRPr="00AC1AC3">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>de  la</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00EE7C14" w:rsidRPr="00AC1AC3">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> educación, a través de la llamada educación emocional (</w:t>
       </w:r>
       <w:r w:rsidR="00596EF6" w:rsidRPr="00AC1AC3">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t>Tortosa et al., 2020).</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="52BA29A1" w14:textId="77777777" w:rsidR="00D211AE" w:rsidRPr="00AC1AC3" w:rsidRDefault="00D211AE" w:rsidP="00AC1AC3">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="6E729DF0" w14:textId="474CE216" w:rsidR="00D211AE" w:rsidRPr="00AC1AC3" w:rsidRDefault="00D211AE" w:rsidP="00AC1AC3">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
@@ -3735,59 +3945,51 @@
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t xml:space="preserve">, así como </w:t>
       </w:r>
       <w:r w:rsidR="00575DD2" w:rsidRPr="00AC1AC3">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t>una mayor dedicación</w:t>
       </w:r>
       <w:r w:rsidR="00614662" w:rsidRPr="00AC1AC3">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00575DD2" w:rsidRPr="00AC1AC3">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
-        <w:t xml:space="preserve">a </w:t>
-[...7 lines deleted...]
-        <w:t>la crianza y atención a los hijos</w:t>
+        <w:t>a la crianza y atención a los hijos</w:t>
       </w:r>
       <w:r w:rsidR="000C30B5" w:rsidRPr="00AC1AC3">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t xml:space="preserve">, lo cual vendría </w:t>
       </w:r>
       <w:r w:rsidR="00575DD2" w:rsidRPr="00AC1AC3">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t>propiciada</w:t>
       </w:r>
       <w:r w:rsidR="00614662" w:rsidRPr="00AC1AC3">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00575DD2" w:rsidRPr="00AC1AC3">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
@@ -4052,105 +4254,90 @@
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t xml:space="preserve"> directa como indirecta</w:t>
       </w:r>
       <w:r w:rsidR="00945836" w:rsidRPr="00AC1AC3">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC1AC3">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t>por ejemplo, el apoyo a la madre</w:t>
       </w:r>
       <w:r w:rsidR="00DC3DFC" w:rsidRPr="00AC1AC3">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (</w:t>
-[...15 lines deleted...]
-        <w:t xml:space="preserve"> et al., 2022).</w:t>
+        <w:t xml:space="preserve"> (Cracco et al., 2022).</w:t>
       </w:r>
       <w:r w:rsidR="00DE4723" w:rsidRPr="00AC1AC3">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="0002727E" w:rsidRPr="00AC1AC3">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t xml:space="preserve">Se conceptualiza como el grado en que el padre participa en distintos ámbitos de la vida de sus hijos (Day &amp; Lamb, 2003); a través del aporte de recursos económicos, cuidados, supervisión de tareas escolares, el fomento de la autonomía, la disciplina y el acompañamiento de los hijos.  </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6FFE483D" w14:textId="77777777" w:rsidR="00AC1AC3" w:rsidRPr="00AC1AC3" w:rsidRDefault="00AC1AC3" w:rsidP="00AC1AC3">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="4DF0099A" w14:textId="3C84BFF0" w:rsidR="00176127" w:rsidRDefault="00DF7FB7" w:rsidP="00AC1AC3">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AC1AC3">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Dicha implicación puede basarse en </w:t>
       </w:r>
       <w:r w:rsidR="00025954" w:rsidRPr="00AC1AC3">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t>el tiempo total diario, que los hombres dedican al cuidado de los hijos/as.</w:t>
       </w:r>
       <w:r w:rsidR="00DE780E" w:rsidRPr="00AC1AC3">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00025954" w:rsidRPr="00AC1AC3">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t xml:space="preserve">De acuerdo con la mayoría </w:t>
       </w:r>
       <w:r w:rsidR="002E1253" w:rsidRPr="00AC1AC3">
         <w:rPr>
@@ -4587,64 +4774,69 @@
         <w:t>implicación paterna, dada la trascendencia que tienen en el ajuste psicológico de los adolescentes</w:t>
       </w:r>
       <w:r w:rsidR="00C25712" w:rsidRPr="00AC1AC3">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3642ACF2" w14:textId="77777777" w:rsidR="000A54CD" w:rsidRPr="00AC1AC3" w:rsidRDefault="000A54CD" w:rsidP="00AC1AC3">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="6CDDFBB5" w14:textId="77777777" w:rsidR="000A54CD" w:rsidRPr="00AC1AC3" w:rsidRDefault="000A54CD" w:rsidP="00AC1AC3">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="21DC46A9" w14:textId="473AAA85" w:rsidR="00B138B7" w:rsidRPr="00AC1AC3" w:rsidRDefault="00E329E8" w:rsidP="00AC1AC3">
+    <w:p w14:paraId="21DC46A9" w14:textId="473AAA85" w:rsidR="00B138B7" w:rsidRPr="008F00F1" w:rsidRDefault="00E329E8" w:rsidP="008F00F1">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
-        </w:rPr>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00AC1AC3">
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008F00F1">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>Método</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1C33C1B2" w14:textId="25786EB7" w:rsidR="00C92CB1" w:rsidRPr="00AC1AC3" w:rsidRDefault="00B138B7" w:rsidP="00AC1AC3">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AC1AC3">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve">El sustento metodológico del estudio se apoya en la metodología </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC1AC3">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t>cuantitativa; se utilizó un diseño no experimental</w:t>
       </w:r>
@@ -4708,51 +4900,50 @@
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AC1AC3">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Participantes</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2D5FF0C5" w14:textId="66F672C8" w:rsidR="00B138B7" w:rsidRDefault="00C92CB1" w:rsidP="00AC1AC3">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AC1AC3">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Se utilizó un muestreo no probabilístico intencional. </w:t>
       </w:r>
       <w:r w:rsidR="00B138B7" w:rsidRPr="00AC1AC3">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t xml:space="preserve">Participaron </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC1AC3">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t xml:space="preserve">402 </w:t>
       </w:r>
       <w:r w:rsidR="00B138B7" w:rsidRPr="00AC1AC3">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t xml:space="preserve">adolescentes </w:t>
       </w:r>
       <w:r w:rsidR="008D30C8" w:rsidRPr="00AC1AC3">
         <w:rPr>
@@ -5062,67 +5253,51 @@
         </w:rPr>
         <w:t>Father</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="00C92CB1" w:rsidRPr="00AC1AC3">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="00C92CB1" w:rsidRPr="00AC1AC3">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t>Involvement</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="00C92CB1" w:rsidRPr="00AC1AC3">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...15 lines deleted...]
-        <w:t xml:space="preserve"> (Finley </w:t>
+        <w:t xml:space="preserve"> Scale (Finley </w:t>
       </w:r>
       <w:r w:rsidR="00766CBA" w:rsidRPr="00AC1AC3">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t>&amp;</w:t>
       </w:r>
       <w:r w:rsidR="00C92CB1" w:rsidRPr="00AC1AC3">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t xml:space="preserve"> Schwartz, 2004)</w:t>
       </w:r>
       <w:r w:rsidR="00872B92" w:rsidRPr="00AC1AC3">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0146A399" w14:textId="77777777" w:rsidR="00AC1AC3" w:rsidRPr="00AC1AC3" w:rsidRDefault="00AC1AC3" w:rsidP="00AC1AC3">
       <w:pPr>
@@ -5271,51 +5446,59 @@
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t>ánimo</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00AC1AC3">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t xml:space="preserve"> general. </w:t>
       </w:r>
       <w:r w:rsidR="00DC00A2" w:rsidRPr="00AC1AC3">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t>Dicho inventario se compone de 30 ítems en su versión breve</w:t>
       </w:r>
       <w:r w:rsidR="00F85357" w:rsidRPr="00AC1AC3">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
-        <w:t xml:space="preserve"> en formato de respuesta </w:t>
+        <w:t xml:space="preserve"> en </w:t>
+      </w:r>
+      <w:r w:rsidR="00F85357" w:rsidRPr="00AC1AC3">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">formato de respuesta </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC1AC3">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t>tipo Likert de cuatro puntos. Los puntajes altos del inventario indican niveles elevados de inteligencia emocional y social</w:t>
       </w:r>
       <w:r w:rsidR="007A5225" w:rsidRPr="00AC1AC3">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t xml:space="preserve"> (</w:t>
       </w:r>
       <w:r w:rsidR="00EF2D7C" w:rsidRPr="00AC1AC3">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t xml:space="preserve">Bar </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="00EF2D7C" w:rsidRPr="00AC1AC3">
         <w:rPr>
@@ -5414,67 +5597,51 @@
         </w:rPr>
         <w:t>Father</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00AC1AC3">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00AC1AC3">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t>Involvement</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00AC1AC3">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...15 lines deleted...]
-        <w:t xml:space="preserve"> (FIS; Finley </w:t>
+        <w:t xml:space="preserve"> Scale (FIS; Finley </w:t>
       </w:r>
       <w:r w:rsidR="006C7419" w:rsidRPr="00AC1AC3">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t>&amp;</w:t>
       </w:r>
       <w:r w:rsidRPr="00AC1AC3">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t xml:space="preserve"> Schwartz, 2004) en su versión en español denominada Implicación Paterna; consta de 20 ítems que evalúa el nivel de implicación que los hijos consideran que tienen su padre en diferentes dominios de su desarrollo. Dichos ítems se dimensionan en dos factores: implicación expresiva e implicación instrumental</w:t>
       </w:r>
       <w:r w:rsidR="00DC00A2" w:rsidRPr="00AC1AC3">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t>; l</w:t>
       </w:r>
       <w:r w:rsidRPr="00AC1AC3">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
@@ -5691,65 +5858,66 @@
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>prueba t de Student y el análisis de regresión lineal</w:t>
       </w:r>
       <w:r w:rsidR="00812892" w:rsidRPr="00AC1AC3">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>, lo cual fue corroborado a través del programa Jasp</w:t>
       </w:r>
       <w:r w:rsidR="00A02377" w:rsidRPr="00AC1AC3">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4F1FC338" w14:textId="77777777" w:rsidR="00B0245C" w:rsidRPr="00AC1AC3" w:rsidRDefault="00B0245C" w:rsidP="00AC1AC3">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="4EFA605A" w14:textId="69293F79" w:rsidR="00B138B7" w:rsidRPr="00AC1AC3" w:rsidRDefault="0030378A" w:rsidP="00AC1AC3">
+    <w:p w14:paraId="4EFA605A" w14:textId="69293F79" w:rsidR="00B138B7" w:rsidRPr="008F00F1" w:rsidRDefault="0030378A" w:rsidP="008F00F1">
       <w:pPr>
         <w:pStyle w:val="Ttulo2"/>
         <w:spacing w:before="0" w:after="0"/>
-        <w:rPr>
-[...9 lines deleted...]
-          <w:szCs w:val="24"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008F00F1">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>Resultados</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="41F83C51" w14:textId="4888AB9E" w:rsidR="009D2828" w:rsidRPr="00AC1AC3" w:rsidRDefault="0044466E" w:rsidP="00AC1AC3">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AC1AC3">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>En torno a las características de</w:t>
       </w:r>
       <w:r w:rsidR="00A23F0B" w:rsidRPr="00AC1AC3">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve"> la inteligencia emocional, c</w:t>
       </w:r>
       <w:r w:rsidR="00464171" w:rsidRPr="00AC1AC3">
@@ -5760,51 +5928,65 @@
       </w:r>
       <w:r w:rsidR="00A706BC" w:rsidRPr="00AC1AC3">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve"> en la Tabla 1</w:t>
       </w:r>
       <w:r w:rsidR="00464171" w:rsidRPr="00AC1AC3">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve">, predominan </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidR="00464171" w:rsidRPr="00AC1AC3">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>las niveles altos</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidR="00464171" w:rsidRPr="00AC1AC3">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
-        <w:t xml:space="preserve"> lo cual llama la atención ya que por lo regular</w:t>
+        <w:t xml:space="preserve"> lo cual llama la atención </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00464171" w:rsidRPr="00AC1AC3">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>ya que</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00464171" w:rsidRPr="00AC1AC3">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> por lo regular</w:t>
       </w:r>
       <w:r w:rsidR="00A706BC" w:rsidRPr="00AC1AC3">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidR="00464171" w:rsidRPr="00AC1AC3">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve"> en esta etapa </w:t>
       </w:r>
       <w:r w:rsidR="005806CC" w:rsidRPr="00AC1AC3">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve">del ciclo vital </w:t>
       </w:r>
       <w:r w:rsidR="00464171" w:rsidRPr="00AC1AC3">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve">se les dificulta </w:t>
       </w:r>
@@ -5901,51 +6083,50 @@
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="009D2828" w:rsidRPr="00AC1AC3" w14:paraId="623CE583" w14:textId="77777777" w:rsidTr="00EC45B9">
         <w:trPr>
           <w:trHeight w:val="392"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1536" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="5A16F58A" w14:textId="0EEF7680" w:rsidR="009D2828" w:rsidRPr="00AC1AC3" w:rsidRDefault="00EC45B9" w:rsidP="00AC1AC3">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AC1AC3">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
               <w:t>Niveles</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1536" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="3DD6842D" w14:textId="7869A3EC" w:rsidR="009D2828" w:rsidRPr="00AC1AC3" w:rsidRDefault="00F53882" w:rsidP="00AC1AC3">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AC1AC3">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
               </w:rPr>
               <w:t>Inter</w:t>
             </w:r>
             <w:r w:rsidR="00D123E1" w:rsidRPr="00AC1AC3">
@@ -6623,50 +6804,51 @@
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>ra</w:t>
       </w:r>
       <w:r w:rsidR="00F5318E" w:rsidRPr="00AC1AC3">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>personal,</w:t>
       </w:r>
       <w:r w:rsidR="00F5318E" w:rsidRPr="00AC1AC3">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00333433" w:rsidRPr="00AC1AC3">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">destacando </w:t>
       </w:r>
       <w:r w:rsidR="00F764F2" w:rsidRPr="00AC1AC3">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve">correlaciones </w:t>
       </w:r>
       <w:r w:rsidR="0073428D" w:rsidRPr="00AC1AC3">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>un poco más altas c</w:t>
       </w:r>
       <w:r w:rsidR="00DE2EA0" w:rsidRPr="00AC1AC3">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>on</w:t>
       </w:r>
       <w:r w:rsidR="0073428D" w:rsidRPr="00AC1AC3">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
@@ -7596,51 +7778,50 @@
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="8824" w:type="dxa"/>
         <w:tblInd w:w="562" w:type="dxa"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2412"/>
         <w:gridCol w:w="1136"/>
         <w:gridCol w:w="1171"/>
         <w:gridCol w:w="1198"/>
         <w:gridCol w:w="1350"/>
         <w:gridCol w:w="1557"/>
       </w:tblGrid>
       <w:tr w:rsidR="00C12F11" w:rsidRPr="00AC1AC3" w14:paraId="5FDC1B85" w14:textId="77777777" w:rsidTr="00354064">
         <w:trPr>
           <w:trHeight w:val="334"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8824" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="262E78C6" w14:textId="5A43E7EF" w:rsidR="00C12F11" w:rsidRPr="00AC1AC3" w:rsidRDefault="00C12F11" w:rsidP="00AC1AC3">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Arial Unicode MS" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AC1AC3">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Arial Unicode MS" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">Tabla </w:t>
             </w:r>
             <w:r w:rsidR="0044504A" w:rsidRPr="00AC1AC3">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Arial Unicode MS" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>3</w:t>
@@ -7658,973 +7839,937 @@
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Arial Unicode MS" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:iCs/>
               </w:rPr>
               <w:t xml:space="preserve">Resumen del Modelo para dimensiones de </w:t>
             </w:r>
             <w:r w:rsidR="00281B8E" w:rsidRPr="00AC1AC3">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Arial Unicode MS" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:iCs/>
               </w:rPr>
               <w:t>la Inteligencia emocional</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00C12F11" w:rsidRPr="00AC1AC3" w14:paraId="47D825DF" w14:textId="77777777" w:rsidTr="00354064">
         <w:trPr>
           <w:trHeight w:val="461"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2412" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="1A18A41F" w14:textId="77777777" w:rsidR="00C12F11" w:rsidRPr="00AC1AC3" w:rsidRDefault="00C12F11" w:rsidP="00AC1AC3">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Arial Unicode MS" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1136" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="3E5CF4D5" w14:textId="77777777" w:rsidR="00C12F11" w:rsidRPr="00AC1AC3" w:rsidRDefault="00C12F11" w:rsidP="00AC1AC3">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Arial Unicode MS" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AC1AC3">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Arial Unicode MS" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>Modelo</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1171" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="0F29525E" w14:textId="77777777" w:rsidR="00C12F11" w:rsidRPr="00AC1AC3" w:rsidRDefault="00C12F11" w:rsidP="00AC1AC3">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Arial Unicode MS" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AC1AC3">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Arial Unicode MS" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>R</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1198" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="3F49A276" w14:textId="77777777" w:rsidR="00C12F11" w:rsidRPr="00AC1AC3" w:rsidRDefault="00C12F11" w:rsidP="00AC1AC3">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Arial Unicode MS" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AC1AC3">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Arial Unicode MS" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>R</w:t>
             </w:r>
             <w:r w:rsidRPr="00AC1AC3">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Arial Unicode MS" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1350" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="06EA5932" w14:textId="77777777" w:rsidR="00C12F11" w:rsidRPr="00AC1AC3" w:rsidRDefault="00C12F11" w:rsidP="00AC1AC3">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Arial Unicode MS" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AC1AC3">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Arial Unicode MS" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>R corregida</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1554" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="676C7BD9" w14:textId="77777777" w:rsidR="00C12F11" w:rsidRPr="00AC1AC3" w:rsidRDefault="00C12F11" w:rsidP="00AC1AC3">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Arial Unicode MS" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AC1AC3">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Arial Unicode MS" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>Error de la estimación</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00C12F11" w:rsidRPr="00AC1AC3" w14:paraId="04F4DEE2" w14:textId="77777777" w:rsidTr="00354064">
         <w:trPr>
           <w:trHeight w:val="356"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2412" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="4A31C762" w14:textId="36C8F52E" w:rsidR="00C12F11" w:rsidRPr="00AC1AC3" w:rsidRDefault="004501C8" w:rsidP="00AC1AC3">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Arial Unicode MS" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AC1AC3">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Arial Unicode MS" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
               </w:rPr>
               <w:t>Interpersonal</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1136" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="72BADF9A" w14:textId="77777777" w:rsidR="00C12F11" w:rsidRPr="00AC1AC3" w:rsidRDefault="00C12F11" w:rsidP="00AC1AC3">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Arial Unicode MS" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AC1AC3">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Arial Unicode MS" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1171" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="06211175" w14:textId="7179D8CE" w:rsidR="00C12F11" w:rsidRPr="00AC1AC3" w:rsidRDefault="00C12F11" w:rsidP="00AC1AC3">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Arial Unicode MS" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AC1AC3">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Arial Unicode MS" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
             <w:r w:rsidR="00971D63" w:rsidRPr="00AC1AC3">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Arial Unicode MS" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
             <w:r w:rsidR="008039C0" w:rsidRPr="00AC1AC3">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Arial Unicode MS" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
               </w:rPr>
               <w:t>10</w:t>
             </w:r>
             <w:r w:rsidRPr="00AC1AC3">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Arial Unicode MS" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
               <w:t>a</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1198" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="3DA76861" w14:textId="5B578EC1" w:rsidR="00C12F11" w:rsidRPr="00AC1AC3" w:rsidRDefault="00C12F11" w:rsidP="00AC1AC3">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Arial Unicode MS" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AC1AC3">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Arial Unicode MS" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
             <w:r w:rsidR="008039C0" w:rsidRPr="00AC1AC3">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Arial Unicode MS" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
               </w:rPr>
               <w:t>144</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1350" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="5A5C37E4" w14:textId="699E0C52" w:rsidR="00C12F11" w:rsidRPr="00AC1AC3" w:rsidRDefault="00C12F11" w:rsidP="00AC1AC3">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Arial Unicode MS" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AC1AC3">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Arial Unicode MS" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
             <w:r w:rsidR="008039C0" w:rsidRPr="00AC1AC3">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Arial Unicode MS" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
             <w:r w:rsidR="00FA0A75" w:rsidRPr="00AC1AC3">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Arial Unicode MS" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
             <w:r w:rsidR="008039C0" w:rsidRPr="00AC1AC3">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Arial Unicode MS" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1554" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="1ED8F9D3" w14:textId="3B64E123" w:rsidR="00C12F11" w:rsidRPr="00AC1AC3" w:rsidRDefault="008039C0" w:rsidP="00AC1AC3">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Arial Unicode MS" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AC1AC3">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Arial Unicode MS" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
               </w:rPr>
               <w:t>7.268</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="003052BF" w:rsidRPr="00AC1AC3" w14:paraId="256F42B9" w14:textId="77777777" w:rsidTr="00354064">
         <w:trPr>
           <w:trHeight w:val="356"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2412" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="6FCC4048" w14:textId="48B8F4E2" w:rsidR="003052BF" w:rsidRPr="00AC1AC3" w:rsidRDefault="003052BF" w:rsidP="00AC1AC3">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Arial Unicode MS" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AC1AC3">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Arial Unicode MS" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
               </w:rPr>
               <w:t>Intrapersonal</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1136" w:type="dxa"/>
             <w:vMerge/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="09CAFB4D" w14:textId="77777777" w:rsidR="003052BF" w:rsidRPr="00AC1AC3" w:rsidRDefault="003052BF" w:rsidP="00AC1AC3">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Arial Unicode MS" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1171" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="4B17773D" w14:textId="38676357" w:rsidR="003052BF" w:rsidRPr="00AC1AC3" w:rsidRDefault="000922AC" w:rsidP="00AC1AC3">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Arial Unicode MS" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AC1AC3">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Arial Unicode MS" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
               </w:rPr>
               <w:t>.253</w:t>
             </w:r>
             <w:r w:rsidRPr="00AC1AC3">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Arial Unicode MS" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
               <w:t>a</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1198" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="5E4636D3" w14:textId="205D52D1" w:rsidR="003052BF" w:rsidRPr="00AC1AC3" w:rsidRDefault="000922AC" w:rsidP="00AC1AC3">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Arial Unicode MS" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AC1AC3">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Arial Unicode MS" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
               </w:rPr>
               <w:t>.064</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1350" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="46B22A6C" w14:textId="2B0597ED" w:rsidR="003052BF" w:rsidRPr="00AC1AC3" w:rsidRDefault="000922AC" w:rsidP="00AC1AC3">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Arial Unicode MS" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AC1AC3">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Arial Unicode MS" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
               </w:rPr>
               <w:t>.054</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1554" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="3C124F0C" w14:textId="5A82AAAA" w:rsidR="003052BF" w:rsidRPr="00AC1AC3" w:rsidRDefault="000922AC" w:rsidP="00AC1AC3">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Arial Unicode MS" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AC1AC3">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Arial Unicode MS" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
               </w:rPr>
               <w:t>3.203</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00C12F11" w:rsidRPr="00AC1AC3" w14:paraId="1760D2BD" w14:textId="77777777" w:rsidTr="00354064">
         <w:trPr>
           <w:trHeight w:val="356"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2412" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="411745AA" w14:textId="1D795FE0" w:rsidR="00C12F11" w:rsidRPr="00AC1AC3" w:rsidRDefault="004501C8" w:rsidP="00AC1AC3">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Arial Unicode MS" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AC1AC3">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Arial Unicode MS" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
               </w:rPr>
               <w:t>Estado de ánimo</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1136" w:type="dxa"/>
             <w:vMerge/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="34D86220" w14:textId="77777777" w:rsidR="00C12F11" w:rsidRPr="00AC1AC3" w:rsidRDefault="00C12F11" w:rsidP="00AC1AC3">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Arial Unicode MS" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1171" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="6C393785" w14:textId="55334EF8" w:rsidR="00C12F11" w:rsidRPr="00AC1AC3" w:rsidRDefault="00C12F11" w:rsidP="00AC1AC3">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Arial Unicode MS" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AC1AC3">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Arial Unicode MS" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
             <w:r w:rsidR="00B719E9" w:rsidRPr="00AC1AC3">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Arial Unicode MS" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
             <w:r w:rsidR="002233AA" w:rsidRPr="00AC1AC3">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Arial Unicode MS" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
               </w:rPr>
               <w:t>8</w:t>
             </w:r>
             <w:r w:rsidR="000070EE" w:rsidRPr="00AC1AC3">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Arial Unicode MS" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
             <w:r w:rsidRPr="00AC1AC3">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Arial Unicode MS" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
               <w:t>a</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1198" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="6A13D79C" w14:textId="6918E10A" w:rsidR="00C12F11" w:rsidRPr="00AC1AC3" w:rsidRDefault="000070EE" w:rsidP="00AC1AC3">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Arial Unicode MS" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AC1AC3">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Arial Unicode MS" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
               </w:rPr>
               <w:t>.1</w:t>
             </w:r>
             <w:r w:rsidR="002233AA" w:rsidRPr="00AC1AC3">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Arial Unicode MS" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
               </w:rPr>
               <w:t>45</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1350" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="164363E6" w14:textId="14F46B87" w:rsidR="00C12F11" w:rsidRPr="00AC1AC3" w:rsidRDefault="000070EE" w:rsidP="00AC1AC3">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Arial Unicode MS" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AC1AC3">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Arial Unicode MS" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
               </w:rPr>
               <w:t>.1</w:t>
             </w:r>
             <w:r w:rsidR="002233AA" w:rsidRPr="00AC1AC3">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Arial Unicode MS" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
               </w:rPr>
               <w:t>36</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1554" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="325C3B6F" w14:textId="5D57D5B0" w:rsidR="00C12F11" w:rsidRPr="00AC1AC3" w:rsidRDefault="000070EE" w:rsidP="00AC1AC3">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Arial Unicode MS" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AC1AC3">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Arial Unicode MS" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
               </w:rPr>
               <w:t>2.838</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00C12F11" w:rsidRPr="00AC1AC3" w14:paraId="2D30F1BC" w14:textId="77777777" w:rsidTr="00354064">
         <w:trPr>
           <w:trHeight w:val="356"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2412" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="021DBAA8" w14:textId="57924E09" w:rsidR="00C12F11" w:rsidRPr="00AC1AC3" w:rsidRDefault="004501C8" w:rsidP="00AC1AC3">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Arial Unicode MS" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AC1AC3">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Arial Unicode MS" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
               </w:rPr>
               <w:t>Manejo de estrés</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1136" w:type="dxa"/>
             <w:vMerge/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="498E7581" w14:textId="77777777" w:rsidR="00C12F11" w:rsidRPr="00AC1AC3" w:rsidRDefault="00C12F11" w:rsidP="00AC1AC3">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Arial Unicode MS" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1171" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="793EB1B9" w14:textId="69C3D4B5" w:rsidR="00C12F11" w:rsidRPr="00AC1AC3" w:rsidRDefault="00C12F11" w:rsidP="00AC1AC3">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Arial Unicode MS" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AC1AC3">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Arial Unicode MS" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
             <w:r w:rsidR="003C2308" w:rsidRPr="00AC1AC3">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Arial Unicode MS" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
               </w:rPr>
               <w:t>440</w:t>
             </w:r>
             <w:r w:rsidRPr="00AC1AC3">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Arial Unicode MS" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
               <w:t>a</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1198" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="75351192" w14:textId="3767A28E" w:rsidR="00C12F11" w:rsidRPr="00AC1AC3" w:rsidRDefault="00C12F11" w:rsidP="00AC1AC3">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Arial Unicode MS" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AC1AC3">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Arial Unicode MS" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
               </w:rPr>
               <w:t>.1</w:t>
             </w:r>
             <w:r w:rsidR="005B192C" w:rsidRPr="00AC1AC3">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Arial Unicode MS" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
               </w:rPr>
               <w:t>89</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1350" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="0FF0088D" w14:textId="31892A16" w:rsidR="00C12F11" w:rsidRPr="00AC1AC3" w:rsidRDefault="00C12F11" w:rsidP="00AC1AC3">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Arial Unicode MS" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AC1AC3">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Arial Unicode MS" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
               </w:rPr>
               <w:t>.1</w:t>
             </w:r>
             <w:r w:rsidR="003C2308" w:rsidRPr="00AC1AC3">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Arial Unicode MS" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
               </w:rPr>
               <w:t>85</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1554" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="0684BC1A" w14:textId="1D221F97" w:rsidR="00C12F11" w:rsidRPr="00AC1AC3" w:rsidRDefault="003C2308" w:rsidP="00AC1AC3">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Arial Unicode MS" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AC1AC3">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Arial Unicode MS" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
             <w:r w:rsidR="00FA0A75" w:rsidRPr="00AC1AC3">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Arial Unicode MS" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
               </w:rPr>
               <w:t>1.</w:t>
             </w:r>
             <w:r w:rsidRPr="00AC1AC3">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Arial Unicode MS" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
               </w:rPr>
               <w:t>49</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="003052BF" w:rsidRPr="00AC1AC3" w14:paraId="5B54B641" w14:textId="77777777" w:rsidTr="00354064">
         <w:trPr>
           <w:trHeight w:val="356"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2412" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="5BCFC59E" w14:textId="1695FDC2" w:rsidR="003052BF" w:rsidRPr="00AC1AC3" w:rsidRDefault="003052BF" w:rsidP="00AC1AC3">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Arial Unicode MS" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AC1AC3">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Arial Unicode MS" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
               </w:rPr>
               <w:t>Adaptabilidad</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1136" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="4CDD31F0" w14:textId="77777777" w:rsidR="003052BF" w:rsidRPr="00AC1AC3" w:rsidRDefault="003052BF" w:rsidP="00AC1AC3">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Arial Unicode MS" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1171" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="5CD1A179" w14:textId="70938679" w:rsidR="003052BF" w:rsidRPr="00AC1AC3" w:rsidRDefault="00AE063E" w:rsidP="00AC1AC3">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Arial Unicode MS" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AC1AC3">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Arial Unicode MS" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
             <w:r w:rsidR="00056D7F" w:rsidRPr="00AC1AC3">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Arial Unicode MS" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
               </w:rPr>
               <w:t>340</w:t>
             </w:r>
             <w:r w:rsidRPr="00AC1AC3">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Arial Unicode MS" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
               <w:t>a</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1198" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="712C7E43" w14:textId="2CE7B73F" w:rsidR="003052BF" w:rsidRPr="00AC1AC3" w:rsidRDefault="00AE063E" w:rsidP="00AC1AC3">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Arial Unicode MS" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AC1AC3">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Arial Unicode MS" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
             <w:r w:rsidR="00056D7F" w:rsidRPr="00AC1AC3">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Arial Unicode MS" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
               </w:rPr>
               <w:t>117</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1350" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="52F4D257" w14:textId="377D34B4" w:rsidR="003052BF" w:rsidRPr="00AC1AC3" w:rsidRDefault="00AE063E" w:rsidP="00AC1AC3">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Arial Unicode MS" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AC1AC3">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Arial Unicode MS" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
             <w:r w:rsidR="00056D7F" w:rsidRPr="00AC1AC3">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Arial Unicode MS" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
               </w:rPr>
               <w:t>107</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1554" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="15363324" w14:textId="277171A1" w:rsidR="003052BF" w:rsidRPr="00AC1AC3" w:rsidRDefault="00AE063E" w:rsidP="00AC1AC3">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Arial Unicode MS" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AC1AC3">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Arial Unicode MS" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
               </w:rPr>
               <w:t>3.</w:t>
             </w:r>
             <w:r w:rsidR="00056D7F" w:rsidRPr="00AC1AC3">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Arial Unicode MS" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
               </w:rPr>
               <w:t>098</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="49B68D4B" w14:textId="5AC5DF61" w:rsidR="00C12F11" w:rsidRPr="00AC1AC3" w:rsidRDefault="00C12F11" w:rsidP="00AC1AC3">
@@ -8731,51 +8876,50 @@
           <w:bCs/>
           <w:lang w:eastAsia="ja-JP"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="21E53D0F" w14:textId="3E2CAE55" w:rsidR="00C12F11" w:rsidRDefault="00C12F11" w:rsidP="00AC1AC3">
       <w:pPr>
         <w:overflowPunct w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Mincho" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:bCs/>
           <w:lang w:eastAsia="ja-JP"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AC1AC3">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Mincho" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:bCs/>
           <w:lang w:eastAsia="ja-JP"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">En la Tabla </w:t>
       </w:r>
       <w:r w:rsidR="00973D46" w:rsidRPr="00AC1AC3">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Mincho" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:bCs/>
           <w:lang w:eastAsia="ja-JP"/>
         </w:rPr>
         <w:t>4</w:t>
       </w:r>
       <w:r w:rsidRPr="00AC1AC3">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Mincho" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:bCs/>
           <w:lang w:eastAsia="ja-JP"/>
         </w:rPr>
         <w:t xml:space="preserve"> se muestran los coeficientes de regresión lineal que indican que la </w:t>
       </w:r>
       <w:r w:rsidR="00973D46" w:rsidRPr="00AC1AC3">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Mincho" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:bCs/>
           <w:lang w:eastAsia="ja-JP"/>
         </w:rPr>
         <w:t xml:space="preserve">implicación a nivel </w:t>
@@ -9013,51 +9157,50 @@
         <w:gridCol w:w="1538"/>
         <w:gridCol w:w="224"/>
         <w:gridCol w:w="1080"/>
         <w:gridCol w:w="111"/>
         <w:gridCol w:w="1150"/>
         <w:gridCol w:w="10"/>
         <w:gridCol w:w="1398"/>
         <w:gridCol w:w="117"/>
         <w:gridCol w:w="1156"/>
         <w:gridCol w:w="1161"/>
         <w:gridCol w:w="83"/>
       </w:tblGrid>
       <w:tr w:rsidR="00E366F2" w:rsidRPr="00AC1AC3" w14:paraId="065468C4" w14:textId="77777777" w:rsidTr="00C0265D">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="83" w:type="dxa"/>
           <w:trHeight w:val="324"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7945" w:type="dxa"/>
             <w:gridSpan w:val="10"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="2106360E" w14:textId="6030DD8C" w:rsidR="00C12F11" w:rsidRPr="00AC1AC3" w:rsidRDefault="00C12F11" w:rsidP="00AC1AC3">
             <w:pPr>
               <w:overflowPunct w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Mincho" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:lang w:eastAsia="ja-JP"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AC1AC3">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Mincho" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:lang w:eastAsia="ja-JP"/>
               </w:rPr>
               <w:t xml:space="preserve">Tabla </w:t>
             </w:r>
             <w:r w:rsidR="00F1700C" w:rsidRPr="00AC1AC3">
               <w:rPr>
@@ -9102,51 +9245,50 @@
             <w:r w:rsidR="00973D46" w:rsidRPr="00AC1AC3">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Mincho" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:bCs/>
                 <w:lang w:eastAsia="ja-JP"/>
               </w:rPr>
               <w:t>encia emocional</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00E366F2" w:rsidRPr="00AC1AC3" w14:paraId="1348519B" w14:textId="77777777" w:rsidTr="00C0265D">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="83" w:type="dxa"/>
           <w:trHeight w:val="324"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1762" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="6F43EB16" w14:textId="77777777" w:rsidR="00C12F11" w:rsidRPr="00AC1AC3" w:rsidRDefault="00C12F11" w:rsidP="00AC1AC3">
             <w:pPr>
               <w:overflowPunct w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Mincho" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:lang w:eastAsia="ja-JP"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AC1AC3">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Mincho" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:lang w:eastAsia="ja-JP"/>
               </w:rPr>
               <w:t>Modelo</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="1B9E9A90" w14:textId="77777777" w:rsidR="00C12F11" w:rsidRPr="00AC1AC3" w:rsidRDefault="00C12F11" w:rsidP="00AC1AC3">
@@ -9159,118 +9301,115 @@
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Mincho" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:lang w:eastAsia="ja-JP"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AC1AC3">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Mincho" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:lang w:eastAsia="ja-JP"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1191" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="2E9C4B9F" w14:textId="77777777" w:rsidR="00C12F11" w:rsidRPr="00AC1AC3" w:rsidRDefault="00C12F11" w:rsidP="00AC1AC3">
             <w:pPr>
               <w:overflowPunct w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Mincho" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:lang w:eastAsia="ja-JP"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AC1AC3">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Mincho" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:lang w:eastAsia="ja-JP"/>
               </w:rPr>
               <w:t>B</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="3D0DED47" w14:textId="77777777" w:rsidR="00C12F11" w:rsidRPr="00AC1AC3" w:rsidRDefault="00C12F11" w:rsidP="00AC1AC3">
             <w:pPr>
               <w:overflowPunct w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Mincho" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:lang w:eastAsia="ja-JP"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AC1AC3">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Mincho" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:lang w:eastAsia="ja-JP"/>
               </w:rPr>
               <w:t>Error</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1525" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="5A548074" w14:textId="77777777" w:rsidR="00C12F11" w:rsidRPr="00AC1AC3" w:rsidRDefault="00C12F11" w:rsidP="00AC1AC3">
             <w:pPr>
               <w:overflowPunct w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Mincho" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:lang w:eastAsia="ja-JP"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AC1AC3">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Mincho" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:lang w:eastAsia="ja-JP"/>
               </w:rPr>
               <w:t>Coeficientes</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="76D0BCCD" w14:textId="77777777" w:rsidR="00C12F11" w:rsidRPr="00AC1AC3" w:rsidRDefault="00C12F11" w:rsidP="00AC1AC3">
@@ -9282,2325 +9421,2258 @@
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Mincho" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:lang w:eastAsia="ja-JP"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AC1AC3">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Mincho" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:lang w:eastAsia="ja-JP"/>
               </w:rPr>
               <w:t>Beta</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1156" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="40E7FC6F" w14:textId="77777777" w:rsidR="00C12F11" w:rsidRPr="00AC1AC3" w:rsidRDefault="00C12F11" w:rsidP="00AC1AC3">
             <w:pPr>
               <w:overflowPunct w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Mincho" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:lang w:eastAsia="ja-JP"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AC1AC3">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Mincho" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:lang w:eastAsia="ja-JP"/>
               </w:rPr>
               <w:t>t</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1161" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="1ECC00D3" w14:textId="77777777" w:rsidR="00C12F11" w:rsidRPr="00AC1AC3" w:rsidRDefault="00C12F11" w:rsidP="00AC1AC3">
             <w:pPr>
               <w:overflowPunct w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Mincho" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:lang w:eastAsia="ja-JP"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AC1AC3">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Mincho" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:lang w:eastAsia="ja-JP"/>
               </w:rPr>
               <w:t>p</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00E366F2" w:rsidRPr="00AC1AC3" w14:paraId="45F1808D" w14:textId="77777777" w:rsidTr="00C0265D">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="83" w:type="dxa"/>
           <w:trHeight w:val="324"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7945" w:type="dxa"/>
             <w:gridSpan w:val="10"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="586F6E90" w14:textId="1B2B7CF5" w:rsidR="00F1700C" w:rsidRPr="00AC1AC3" w:rsidRDefault="00F1700C" w:rsidP="00AC1AC3">
             <w:pPr>
               <w:overflowPunct w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Mincho" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:lang w:eastAsia="ja-JP"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AC1AC3">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Mincho" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:lang w:eastAsia="ja-JP"/>
               </w:rPr>
               <w:t>Interpersonal</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00E366F2" w:rsidRPr="00AC1AC3" w14:paraId="075A6F77" w14:textId="77777777" w:rsidTr="00C0265D">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="83" w:type="dxa"/>
           <w:trHeight w:val="324"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1762" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="5CDD6CD3" w14:textId="7062D250" w:rsidR="00C12F11" w:rsidRPr="00AC1AC3" w:rsidRDefault="00F1700C" w:rsidP="00AC1AC3">
             <w:pPr>
               <w:overflowPunct w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Mincho" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:bCs/>
                 <w:lang w:eastAsia="ja-JP"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AC1AC3">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Mincho" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:bCs/>
                 <w:lang w:eastAsia="ja-JP"/>
               </w:rPr>
               <w:t>Expresiva</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1191" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="35A4BF0F" w14:textId="1DC819BF" w:rsidR="00C12F11" w:rsidRPr="00AC1AC3" w:rsidRDefault="00C12F11" w:rsidP="00AC1AC3">
             <w:pPr>
               <w:overflowPunct w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Mincho" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:bCs/>
                 <w:lang w:eastAsia="ja-JP"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AC1AC3">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Mincho" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:bCs/>
                 <w:lang w:eastAsia="ja-JP"/>
               </w:rPr>
               <w:t>-.0</w:t>
             </w:r>
             <w:r w:rsidR="00DC256D" w:rsidRPr="00AC1AC3">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Mincho" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:bCs/>
                 <w:lang w:eastAsia="ja-JP"/>
               </w:rPr>
               <w:t>39</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="0C426537" w14:textId="0920EADD" w:rsidR="00DC256D" w:rsidRPr="00AC1AC3" w:rsidRDefault="00C12F11" w:rsidP="00AC1AC3">
             <w:pPr>
               <w:overflowPunct w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Mincho" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:bCs/>
                 <w:lang w:eastAsia="ja-JP"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AC1AC3">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Mincho" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:bCs/>
                 <w:lang w:eastAsia="ja-JP"/>
               </w:rPr>
               <w:t>.04</w:t>
             </w:r>
             <w:r w:rsidR="00DC256D" w:rsidRPr="00AC1AC3">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Mincho" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:bCs/>
                 <w:lang w:eastAsia="ja-JP"/>
               </w:rPr>
               <w:t>7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1525" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="6A319C63" w14:textId="7FFD9793" w:rsidR="00C12F11" w:rsidRPr="00AC1AC3" w:rsidRDefault="00C12F11" w:rsidP="00AC1AC3">
             <w:pPr>
               <w:overflowPunct w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Mincho" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:bCs/>
                 <w:lang w:eastAsia="ja-JP"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AC1AC3">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Mincho" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:bCs/>
                 <w:lang w:eastAsia="ja-JP"/>
               </w:rPr>
               <w:t>-.</w:t>
             </w:r>
             <w:r w:rsidR="00DC256D" w:rsidRPr="00AC1AC3">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Mincho" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:bCs/>
                 <w:lang w:eastAsia="ja-JP"/>
               </w:rPr>
               <w:t>113</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1156" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="0C495EA8" w14:textId="237BF680" w:rsidR="00C12F11" w:rsidRPr="00AC1AC3" w:rsidRDefault="00C12F11" w:rsidP="00AC1AC3">
             <w:pPr>
               <w:overflowPunct w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Mincho" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:bCs/>
                 <w:lang w:eastAsia="ja-JP"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AC1AC3">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Mincho" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:bCs/>
                 <w:lang w:eastAsia="ja-JP"/>
               </w:rPr>
               <w:t>-.</w:t>
             </w:r>
             <w:r w:rsidR="00DC256D" w:rsidRPr="00AC1AC3">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Mincho" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:bCs/>
                 <w:lang w:eastAsia="ja-JP"/>
               </w:rPr>
               <w:t>839</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1161" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="75C0FA97" w14:textId="18E78088" w:rsidR="00C12F11" w:rsidRPr="00AC1AC3" w:rsidRDefault="00C12F11" w:rsidP="00AC1AC3">
             <w:pPr>
               <w:overflowPunct w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Mincho" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:bCs/>
                 <w:lang w:eastAsia="ja-JP"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AC1AC3">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Mincho" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:bCs/>
                 <w:lang w:eastAsia="ja-JP"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
             <w:r w:rsidR="00DC256D" w:rsidRPr="00AC1AC3">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Mincho" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:bCs/>
                 <w:lang w:eastAsia="ja-JP"/>
               </w:rPr>
               <w:t>402</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00E366F2" w:rsidRPr="00AC1AC3" w14:paraId="3481927C" w14:textId="77777777" w:rsidTr="00C0265D">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="83" w:type="dxa"/>
           <w:trHeight w:val="324"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1762" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="3372DE68" w14:textId="0F731526" w:rsidR="00C12F11" w:rsidRPr="00AC1AC3" w:rsidRDefault="00F1700C" w:rsidP="00AC1AC3">
             <w:pPr>
               <w:overflowPunct w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Mincho" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:bCs/>
                 <w:lang w:eastAsia="ja-JP"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AC1AC3">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Mincho" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:bCs/>
                 <w:lang w:eastAsia="ja-JP"/>
               </w:rPr>
               <w:t>Instrumental</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1191" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="58CAFBC5" w14:textId="0F967388" w:rsidR="00C12F11" w:rsidRPr="00AC1AC3" w:rsidRDefault="00C12F11" w:rsidP="00AC1AC3">
             <w:pPr>
               <w:overflowPunct w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Mincho" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:bCs/>
                 <w:lang w:eastAsia="ja-JP"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AC1AC3">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Mincho" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:bCs/>
                 <w:lang w:eastAsia="ja-JP"/>
               </w:rPr>
               <w:t>-.</w:t>
             </w:r>
             <w:r w:rsidR="00DC256D" w:rsidRPr="00AC1AC3">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Mincho" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:bCs/>
                 <w:lang w:eastAsia="ja-JP"/>
               </w:rPr>
               <w:t>184</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1150" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="7E29930C" w14:textId="59B62978" w:rsidR="00C12F11" w:rsidRPr="00AC1AC3" w:rsidRDefault="00C12F11" w:rsidP="00AC1AC3">
             <w:pPr>
               <w:overflowPunct w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Mincho" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:bCs/>
                 <w:lang w:eastAsia="ja-JP"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AC1AC3">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Mincho" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:bCs/>
                 <w:lang w:eastAsia="ja-JP"/>
               </w:rPr>
               <w:t>.0</w:t>
             </w:r>
             <w:r w:rsidR="00DC256D" w:rsidRPr="00AC1AC3">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Mincho" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:bCs/>
                 <w:lang w:eastAsia="ja-JP"/>
               </w:rPr>
               <w:t>85</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1525" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="1BFB3570" w14:textId="7A540C65" w:rsidR="00C12F11" w:rsidRPr="00AC1AC3" w:rsidRDefault="00C12F11" w:rsidP="00AC1AC3">
             <w:pPr>
               <w:overflowPunct w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Mincho" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:bCs/>
                 <w:lang w:eastAsia="ja-JP"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AC1AC3">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Mincho" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:bCs/>
                 <w:lang w:eastAsia="ja-JP"/>
               </w:rPr>
               <w:t>-.</w:t>
             </w:r>
             <w:r w:rsidR="00DC256D" w:rsidRPr="00AC1AC3">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Mincho" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:bCs/>
                 <w:lang w:eastAsia="ja-JP"/>
               </w:rPr>
               <w:t>292</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1156" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="0F3DC9C1" w14:textId="70192397" w:rsidR="00C12F11" w:rsidRPr="00AC1AC3" w:rsidRDefault="00DC256D" w:rsidP="00AC1AC3">
             <w:pPr>
               <w:overflowPunct w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Mincho" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:bCs/>
                 <w:lang w:eastAsia="ja-JP"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AC1AC3">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Mincho" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:bCs/>
                 <w:lang w:eastAsia="ja-JP"/>
               </w:rPr>
               <w:t>2.16</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1161" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="5071B034" w14:textId="36002478" w:rsidR="00C12F11" w:rsidRPr="00AC1AC3" w:rsidRDefault="00C12F11" w:rsidP="00AC1AC3">
             <w:pPr>
               <w:overflowPunct w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Mincho" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:lang w:eastAsia="ja-JP"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AC1AC3">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Mincho" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:lang w:eastAsia="ja-JP"/>
               </w:rPr>
               <w:t>.0</w:t>
             </w:r>
             <w:r w:rsidR="00DC256D" w:rsidRPr="00AC1AC3">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Mincho" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:lang w:eastAsia="ja-JP"/>
               </w:rPr>
               <w:t>29</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00E366F2" w:rsidRPr="00AC1AC3" w14:paraId="6CA4F9FA" w14:textId="77777777" w:rsidTr="00C0265D">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="83" w:type="dxa"/>
           <w:trHeight w:val="324"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7945" w:type="dxa"/>
             <w:gridSpan w:val="10"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="69DD5F7C" w14:textId="30EB396C" w:rsidR="00C12F11" w:rsidRPr="00AC1AC3" w:rsidRDefault="00E366F2" w:rsidP="00AC1AC3">
             <w:pPr>
               <w:overflowPunct w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Mincho" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:lang w:eastAsia="ja-JP"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AC1AC3">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Mincho" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:lang w:eastAsia="ja-JP"/>
               </w:rPr>
               <w:t>Intrapersonal</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00C0265D" w:rsidRPr="00AC1AC3" w14:paraId="73F25616" w14:textId="77777777" w:rsidTr="00C0265D">
         <w:trPr>
           <w:trHeight w:val="123"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1538" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="7351A3E5" w14:textId="3073B906" w:rsidR="00E366F2" w:rsidRPr="00AC1AC3" w:rsidRDefault="00E366F2" w:rsidP="00AC1AC3">
             <w:pPr>
               <w:overflowPunct w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Mincho" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:bCs/>
                 <w:lang w:eastAsia="ja-JP"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AC1AC3">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Mincho" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:bCs/>
                 <w:lang w:eastAsia="ja-JP"/>
               </w:rPr>
               <w:t>Expresiva</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1304" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="1E09821A" w14:textId="0D191DA5" w:rsidR="00E366F2" w:rsidRPr="00AC1AC3" w:rsidRDefault="00E366F2" w:rsidP="00AC1AC3">
             <w:pPr>
               <w:overflowPunct w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Mincho" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:bCs/>
                 <w:lang w:eastAsia="ja-JP"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AC1AC3">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Mincho" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:bCs/>
                 <w:lang w:eastAsia="ja-JP"/>
               </w:rPr>
               <w:t xml:space="preserve">      .069</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1271" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="6DD0E74D" w14:textId="1CA8CB56" w:rsidR="00E366F2" w:rsidRPr="00AC1AC3" w:rsidRDefault="00E366F2" w:rsidP="00AC1AC3">
             <w:pPr>
               <w:overflowPunct w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Mincho" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:bCs/>
                 <w:lang w:eastAsia="ja-JP"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AC1AC3">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Mincho" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:bCs/>
                 <w:lang w:eastAsia="ja-JP"/>
               </w:rPr>
               <w:t>.045</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1398" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="0246563C" w14:textId="48EB0152" w:rsidR="00E366F2" w:rsidRPr="00AC1AC3" w:rsidRDefault="00E366F2" w:rsidP="00AC1AC3">
             <w:pPr>
               <w:overflowPunct w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Mincho" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:bCs/>
                 <w:lang w:eastAsia="ja-JP"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AC1AC3">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Mincho" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:bCs/>
                 <w:lang w:eastAsia="ja-JP"/>
               </w:rPr>
               <w:t>.205</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1273" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="5F66E66E" w14:textId="455EAEB0" w:rsidR="00E366F2" w:rsidRPr="00AC1AC3" w:rsidRDefault="00E366F2" w:rsidP="00AC1AC3">
             <w:pPr>
               <w:overflowPunct w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Mincho" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:bCs/>
                 <w:lang w:eastAsia="ja-JP"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AC1AC3">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Mincho" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:bCs/>
                 <w:lang w:eastAsia="ja-JP"/>
               </w:rPr>
               <w:t>1.53</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1244" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="45F21A93" w14:textId="0D767C7B" w:rsidR="00E366F2" w:rsidRPr="00AC1AC3" w:rsidRDefault="00E366F2" w:rsidP="00AC1AC3">
             <w:pPr>
               <w:overflowPunct w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Mincho" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:bCs/>
                 <w:lang w:eastAsia="ja-JP"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AC1AC3">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Mincho" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:bCs/>
                 <w:lang w:eastAsia="ja-JP"/>
               </w:rPr>
               <w:t>.128</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00C0265D" w:rsidRPr="00AC1AC3" w14:paraId="010A8EF7" w14:textId="77777777" w:rsidTr="00C0265D">
         <w:trPr>
           <w:trHeight w:val="123"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1538" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="41DBBE21" w14:textId="6A0EFD8E" w:rsidR="00E366F2" w:rsidRPr="00AC1AC3" w:rsidRDefault="00E366F2" w:rsidP="00AC1AC3">
             <w:pPr>
               <w:overflowPunct w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Mincho" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:bCs/>
                 <w:lang w:eastAsia="ja-JP"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AC1AC3">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Mincho" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:bCs/>
                 <w:lang w:eastAsia="ja-JP"/>
               </w:rPr>
               <w:t>Instrumental</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1304" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="2619D2E1" w14:textId="384C7AAE" w:rsidR="00E366F2" w:rsidRPr="00AC1AC3" w:rsidRDefault="00E366F2" w:rsidP="00AC1AC3">
             <w:pPr>
               <w:overflowPunct w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Mincho" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:bCs/>
                 <w:lang w:eastAsia="ja-JP"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AC1AC3">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Mincho" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:bCs/>
                 <w:lang w:eastAsia="ja-JP"/>
               </w:rPr>
               <w:t xml:space="preserve">      .033</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1271" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="47BBC1E0" w14:textId="2B544DE6" w:rsidR="00E366F2" w:rsidRPr="00AC1AC3" w:rsidRDefault="00E366F2" w:rsidP="00AC1AC3">
             <w:pPr>
               <w:overflowPunct w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Mincho" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:bCs/>
                 <w:lang w:eastAsia="ja-JP"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AC1AC3">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Mincho" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:bCs/>
                 <w:lang w:eastAsia="ja-JP"/>
               </w:rPr>
               <w:t>.082</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1398" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="09099ACD" w14:textId="41507E3E" w:rsidR="00E366F2" w:rsidRPr="00AC1AC3" w:rsidRDefault="00E366F2" w:rsidP="00AC1AC3">
             <w:pPr>
               <w:overflowPunct w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Mincho" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:bCs/>
                 <w:lang w:eastAsia="ja-JP"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AC1AC3">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Mincho" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:bCs/>
                 <w:lang w:eastAsia="ja-JP"/>
               </w:rPr>
               <w:t>.054</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1273" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="50845794" w14:textId="12643481" w:rsidR="00E366F2" w:rsidRPr="00AC1AC3" w:rsidRDefault="00E366F2" w:rsidP="00AC1AC3">
             <w:pPr>
               <w:overflowPunct w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Mincho" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:bCs/>
                 <w:lang w:eastAsia="ja-JP"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AC1AC3">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Mincho" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:bCs/>
                 <w:lang w:eastAsia="ja-JP"/>
               </w:rPr>
               <w:t>.407</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1244" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="0020AFF2" w14:textId="32445689" w:rsidR="00E366F2" w:rsidRPr="00AC1AC3" w:rsidRDefault="00E366F2" w:rsidP="00AC1AC3">
             <w:pPr>
               <w:overflowPunct w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Mincho" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:bCs/>
                 <w:lang w:eastAsia="ja-JP"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AC1AC3">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Mincho" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:bCs/>
                 <w:lang w:eastAsia="ja-JP"/>
               </w:rPr>
               <w:t>.684</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00E366F2" w:rsidRPr="00AC1AC3" w14:paraId="6C5F3384" w14:textId="77777777" w:rsidTr="00C0265D">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="83" w:type="dxa"/>
           <w:trHeight w:val="324"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7945" w:type="dxa"/>
             <w:gridSpan w:val="10"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="76426665" w14:textId="4DB23F33" w:rsidR="00E366F2" w:rsidRPr="00AC1AC3" w:rsidRDefault="00E366F2" w:rsidP="00AC1AC3">
             <w:pPr>
               <w:overflowPunct w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Mincho" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:lang w:eastAsia="ja-JP"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AC1AC3">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Mincho" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:lang w:eastAsia="ja-JP"/>
               </w:rPr>
               <w:t>Estado de ánimo</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00E366F2" w:rsidRPr="00AC1AC3" w14:paraId="32068B89" w14:textId="77777777" w:rsidTr="00C0265D">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="83" w:type="dxa"/>
           <w:trHeight w:val="324"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1762" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="1016D52C" w14:textId="7BA0A1B9" w:rsidR="00E366F2" w:rsidRPr="00AC1AC3" w:rsidRDefault="00E366F2" w:rsidP="00AC1AC3">
             <w:pPr>
               <w:overflowPunct w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Mincho" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:bCs/>
                 <w:lang w:eastAsia="ja-JP"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AC1AC3">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Mincho" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:bCs/>
                 <w:lang w:eastAsia="ja-JP"/>
               </w:rPr>
               <w:t>Expresiva</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1191" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="56FCBB72" w14:textId="3345A6E1" w:rsidR="00E366F2" w:rsidRPr="00AC1AC3" w:rsidRDefault="00E366F2" w:rsidP="00AC1AC3">
             <w:pPr>
               <w:overflowPunct w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Mincho" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:bCs/>
                 <w:lang w:eastAsia="ja-JP"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AC1AC3">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Mincho" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:bCs/>
                 <w:lang w:eastAsia="ja-JP"/>
               </w:rPr>
               <w:t>.074</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="38AFE2AD" w14:textId="20DADA52" w:rsidR="00E366F2" w:rsidRPr="00AC1AC3" w:rsidRDefault="00E366F2" w:rsidP="00AC1AC3">
             <w:pPr>
               <w:overflowPunct w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Mincho" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:bCs/>
                 <w:lang w:eastAsia="ja-JP"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AC1AC3">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Mincho" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:bCs/>
                 <w:lang w:eastAsia="ja-JP"/>
               </w:rPr>
               <w:t>.032</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1525" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="4E97CDA8" w14:textId="6B45B7D4" w:rsidR="00E366F2" w:rsidRPr="00AC1AC3" w:rsidRDefault="00E366F2" w:rsidP="00AC1AC3">
             <w:pPr>
               <w:overflowPunct w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Mincho" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:bCs/>
                 <w:lang w:eastAsia="ja-JP"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AC1AC3">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Mincho" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:bCs/>
                 <w:lang w:eastAsia="ja-JP"/>
               </w:rPr>
               <w:t>.309</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1156" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="30B97276" w14:textId="5A77C7D9" w:rsidR="00E366F2" w:rsidRPr="00AC1AC3" w:rsidRDefault="00E366F2" w:rsidP="00AC1AC3">
             <w:pPr>
               <w:overflowPunct w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Mincho" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:bCs/>
                 <w:lang w:eastAsia="ja-JP"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AC1AC3">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Mincho" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:bCs/>
                 <w:lang w:eastAsia="ja-JP"/>
               </w:rPr>
               <w:t>2.35</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1161" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="5568D6D5" w14:textId="3DA17ADA" w:rsidR="00E366F2" w:rsidRPr="00AC1AC3" w:rsidRDefault="00E366F2" w:rsidP="00AC1AC3">
             <w:pPr>
               <w:overflowPunct w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Mincho" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:lang w:eastAsia="ja-JP"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AC1AC3">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Mincho" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:lang w:eastAsia="ja-JP"/>
               </w:rPr>
               <w:t>.020</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00E366F2" w:rsidRPr="00AC1AC3" w14:paraId="16C33378" w14:textId="77777777" w:rsidTr="00C0265D">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="83" w:type="dxa"/>
           <w:trHeight w:val="324"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1762" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="4023DEA9" w14:textId="3229F85F" w:rsidR="00E366F2" w:rsidRPr="00AC1AC3" w:rsidRDefault="00E366F2" w:rsidP="00AC1AC3">
             <w:pPr>
               <w:overflowPunct w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Mincho" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:bCs/>
                 <w:lang w:eastAsia="ja-JP"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AC1AC3">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Mincho" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:bCs/>
                 <w:lang w:eastAsia="ja-JP"/>
               </w:rPr>
               <w:t>Instrumental</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1191" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="3B21D5B5" w14:textId="04353310" w:rsidR="00E366F2" w:rsidRPr="00AC1AC3" w:rsidRDefault="00E366F2" w:rsidP="00AC1AC3">
             <w:pPr>
               <w:overflowPunct w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Mincho" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:bCs/>
                 <w:lang w:eastAsia="ja-JP"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AC1AC3">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Mincho" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:bCs/>
                 <w:lang w:eastAsia="ja-JP"/>
               </w:rPr>
               <w:t>-.001</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1150" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="1C105234" w14:textId="30A8928C" w:rsidR="00E366F2" w:rsidRPr="00AC1AC3" w:rsidRDefault="00E366F2" w:rsidP="00AC1AC3">
             <w:pPr>
               <w:overflowPunct w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Mincho" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:bCs/>
                 <w:lang w:eastAsia="ja-JP"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AC1AC3">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Mincho" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:bCs/>
                 <w:lang w:eastAsia="ja-JP"/>
               </w:rPr>
               <w:t>.057</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1525" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="392E5960" w14:textId="0A451FC2" w:rsidR="00E366F2" w:rsidRPr="00AC1AC3" w:rsidRDefault="00E366F2" w:rsidP="00AC1AC3">
             <w:pPr>
               <w:overflowPunct w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Mincho" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:bCs/>
                 <w:lang w:eastAsia="ja-JP"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AC1AC3">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Mincho" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:bCs/>
                 <w:lang w:eastAsia="ja-JP"/>
               </w:rPr>
               <w:t>-.003</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1156" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="42279277" w14:textId="73CF2D25" w:rsidR="00E366F2" w:rsidRPr="00AC1AC3" w:rsidRDefault="00E366F2" w:rsidP="00AC1AC3">
             <w:pPr>
               <w:overflowPunct w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Mincho" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:bCs/>
                 <w:lang w:eastAsia="ja-JP"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AC1AC3">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Mincho" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:bCs/>
                 <w:lang w:eastAsia="ja-JP"/>
               </w:rPr>
               <w:t>-.022</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1161" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="032AA9DD" w14:textId="44821ED6" w:rsidR="00E366F2" w:rsidRPr="00AC1AC3" w:rsidRDefault="00E366F2" w:rsidP="00AC1AC3">
             <w:pPr>
               <w:overflowPunct w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Mincho" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:bCs/>
                 <w:lang w:eastAsia="ja-JP"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AC1AC3">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Mincho" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:bCs/>
                 <w:lang w:eastAsia="ja-JP"/>
               </w:rPr>
               <w:t>.894</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00E366F2" w:rsidRPr="00AC1AC3" w14:paraId="0AEB66CC" w14:textId="77777777" w:rsidTr="00C0265D">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="83" w:type="dxa"/>
           <w:trHeight w:val="324"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7945" w:type="dxa"/>
             <w:gridSpan w:val="10"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="599A2E34" w14:textId="2067308E" w:rsidR="00E366F2" w:rsidRPr="00AC1AC3" w:rsidRDefault="00E366F2" w:rsidP="00AC1AC3">
             <w:pPr>
               <w:overflowPunct w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Mincho" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:lang w:eastAsia="ja-JP"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AC1AC3">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Mincho" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:lang w:eastAsia="ja-JP"/>
               </w:rPr>
               <w:t>Manejo del estrés</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00E366F2" w:rsidRPr="00AC1AC3" w14:paraId="659A1483" w14:textId="77777777" w:rsidTr="00C0265D">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="83" w:type="dxa"/>
           <w:trHeight w:val="324"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1762" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="03D354CA" w14:textId="0377F8C5" w:rsidR="00E366F2" w:rsidRPr="00AC1AC3" w:rsidRDefault="00E366F2" w:rsidP="00AC1AC3">
             <w:pPr>
               <w:overflowPunct w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Mincho" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:bCs/>
                 <w:lang w:eastAsia="ja-JP"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AC1AC3">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Mincho" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:bCs/>
                 <w:lang w:eastAsia="ja-JP"/>
               </w:rPr>
               <w:t>Expresiva</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1191" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="5D687118" w14:textId="525E070A" w:rsidR="00E366F2" w:rsidRPr="00AC1AC3" w:rsidRDefault="00E366F2" w:rsidP="00AC1AC3">
             <w:pPr>
               <w:overflowPunct w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Mincho" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:bCs/>
                 <w:lang w:eastAsia="ja-JP"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AC1AC3">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Mincho" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:bCs/>
                 <w:lang w:eastAsia="ja-JP"/>
               </w:rPr>
               <w:t>.034</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="0AC789E7" w14:textId="735F4D97" w:rsidR="00E366F2" w:rsidRPr="00AC1AC3" w:rsidRDefault="00E366F2" w:rsidP="00AC1AC3">
             <w:pPr>
               <w:overflowPunct w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Mincho" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:bCs/>
                 <w:lang w:eastAsia="ja-JP"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AC1AC3">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Mincho" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:bCs/>
                 <w:lang w:eastAsia="ja-JP"/>
               </w:rPr>
               <w:t>.054</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1525" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="240210C7" w14:textId="561DE404" w:rsidR="00E366F2" w:rsidRPr="00AC1AC3" w:rsidRDefault="00E366F2" w:rsidP="00AC1AC3">
             <w:pPr>
               <w:overflowPunct w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Mincho" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:bCs/>
                 <w:lang w:eastAsia="ja-JP"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AC1AC3">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Mincho" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:bCs/>
                 <w:lang w:eastAsia="ja-JP"/>
               </w:rPr>
               <w:t>.083</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1156" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="7E4A5C0F" w14:textId="630D19D8" w:rsidR="00E366F2" w:rsidRPr="00AC1AC3" w:rsidRDefault="00E366F2" w:rsidP="00AC1AC3">
             <w:pPr>
               <w:overflowPunct w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Mincho" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:bCs/>
                 <w:lang w:eastAsia="ja-JP"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AC1AC3">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Mincho" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:bCs/>
                 <w:lang w:eastAsia="ja-JP"/>
               </w:rPr>
               <w:t>.638</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1161" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="05BAAD61" w14:textId="4425DF21" w:rsidR="00E366F2" w:rsidRPr="00AC1AC3" w:rsidRDefault="00E366F2" w:rsidP="00AC1AC3">
             <w:pPr>
               <w:overflowPunct w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Mincho" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:bCs/>
                 <w:lang w:eastAsia="ja-JP"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AC1AC3">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Mincho" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:bCs/>
                 <w:lang w:eastAsia="ja-JP"/>
               </w:rPr>
               <w:t>.524</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00E366F2" w:rsidRPr="00AC1AC3" w14:paraId="2413098A" w14:textId="77777777" w:rsidTr="00C0265D">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="83" w:type="dxa"/>
           <w:trHeight w:val="324"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1762" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="6311E138" w14:textId="2002A324" w:rsidR="00E366F2" w:rsidRPr="00AC1AC3" w:rsidRDefault="00E366F2" w:rsidP="00AC1AC3">
             <w:pPr>
               <w:overflowPunct w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Mincho" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:bCs/>
                 <w:lang w:eastAsia="ja-JP"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AC1AC3">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Mincho" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:bCs/>
                 <w:lang w:eastAsia="ja-JP"/>
               </w:rPr>
               <w:t>Instrumental</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1191" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="3FFA164F" w14:textId="707FB2D2" w:rsidR="00E366F2" w:rsidRPr="00AC1AC3" w:rsidRDefault="00E366F2" w:rsidP="00AC1AC3">
             <w:pPr>
               <w:overflowPunct w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Mincho" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:bCs/>
                 <w:lang w:eastAsia="ja-JP"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AC1AC3">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Mincho" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:bCs/>
                 <w:lang w:eastAsia="ja-JP"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
             <w:r w:rsidR="00307867" w:rsidRPr="00AC1AC3">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Mincho" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:bCs/>
                 <w:lang w:eastAsia="ja-JP"/>
               </w:rPr>
               <w:t>114</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1150" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="78369CED" w14:textId="77C94AA4" w:rsidR="00E366F2" w:rsidRPr="00AC1AC3" w:rsidRDefault="00E366F2" w:rsidP="00AC1AC3">
             <w:pPr>
               <w:overflowPunct w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Mincho" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:bCs/>
                 <w:lang w:eastAsia="ja-JP"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AC1AC3">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Mincho" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:bCs/>
                 <w:lang w:eastAsia="ja-JP"/>
               </w:rPr>
               <w:t>.0</w:t>
             </w:r>
             <w:r w:rsidR="00307867" w:rsidRPr="00AC1AC3">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Mincho" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:bCs/>
                 <w:lang w:eastAsia="ja-JP"/>
               </w:rPr>
               <w:t>53</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1525" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="622F3432" w14:textId="4BBD3677" w:rsidR="00E366F2" w:rsidRPr="00AC1AC3" w:rsidRDefault="00E366F2" w:rsidP="00AC1AC3">
             <w:pPr>
               <w:overflowPunct w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Mincho" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:bCs/>
                 <w:lang w:eastAsia="ja-JP"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AC1AC3">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Mincho" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:bCs/>
                 <w:lang w:eastAsia="ja-JP"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
             <w:r w:rsidR="00307867" w:rsidRPr="00AC1AC3">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Mincho" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:bCs/>
                 <w:lang w:eastAsia="ja-JP"/>
               </w:rPr>
               <w:t>109</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1156" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="47F244FF" w14:textId="0861D29D" w:rsidR="00E366F2" w:rsidRPr="00AC1AC3" w:rsidRDefault="00E366F2" w:rsidP="00AC1AC3">
             <w:pPr>
               <w:overflowPunct w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Mincho" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:bCs/>
                 <w:lang w:eastAsia="ja-JP"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AC1AC3">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Mincho" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:bCs/>
                 <w:lang w:eastAsia="ja-JP"/>
               </w:rPr>
               <w:t>2.</w:t>
             </w:r>
             <w:r w:rsidR="00307867" w:rsidRPr="00AC1AC3">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Mincho" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:bCs/>
                 <w:lang w:eastAsia="ja-JP"/>
               </w:rPr>
               <w:t>16</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1161" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="344DB484" w14:textId="0FEA9ACF" w:rsidR="00E366F2" w:rsidRPr="00AC1AC3" w:rsidRDefault="00E366F2" w:rsidP="00AC1AC3">
             <w:pPr>
               <w:overflowPunct w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Mincho" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:lang w:eastAsia="ja-JP"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AC1AC3">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Mincho" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:lang w:eastAsia="ja-JP"/>
               </w:rPr>
               <w:t>.0</w:t>
             </w:r>
             <w:r w:rsidR="00307867" w:rsidRPr="00AC1AC3">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Mincho" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:lang w:eastAsia="ja-JP"/>
               </w:rPr>
               <w:t>31</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00E366F2" w:rsidRPr="00AC1AC3" w14:paraId="3730D939" w14:textId="77777777" w:rsidTr="00C0265D">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="83" w:type="dxa"/>
           <w:trHeight w:val="324"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7945" w:type="dxa"/>
             <w:gridSpan w:val="10"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="6CC75C67" w14:textId="18F6DDD6" w:rsidR="00E366F2" w:rsidRPr="00AC1AC3" w:rsidRDefault="00E366F2" w:rsidP="00AC1AC3">
             <w:pPr>
               <w:overflowPunct w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Mincho" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:lang w:eastAsia="ja-JP"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AC1AC3">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Mincho" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:lang w:eastAsia="ja-JP"/>
               </w:rPr>
               <w:t xml:space="preserve">Adaptabilidad </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00E366F2" w:rsidRPr="00AC1AC3" w14:paraId="11C3558F" w14:textId="77777777" w:rsidTr="00C0265D">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="83" w:type="dxa"/>
           <w:trHeight w:val="324"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1762" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="57A3B557" w14:textId="3DB7BA7C" w:rsidR="00E366F2" w:rsidRPr="00AC1AC3" w:rsidRDefault="00E366F2" w:rsidP="00AC1AC3">
             <w:pPr>
               <w:overflowPunct w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Mincho" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:bCs/>
                 <w:lang w:eastAsia="ja-JP"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AC1AC3">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Mincho" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:bCs/>
                 <w:lang w:eastAsia="ja-JP"/>
               </w:rPr>
               <w:t>Expresiva</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1191" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="3E70B60E" w14:textId="4BEDAB5C" w:rsidR="00E366F2" w:rsidRPr="00AC1AC3" w:rsidRDefault="00E366F2" w:rsidP="00AC1AC3">
             <w:pPr>
               <w:overflowPunct w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Mincho" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:bCs/>
                 <w:lang w:eastAsia="ja-JP"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AC1AC3">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Mincho" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:bCs/>
                 <w:lang w:eastAsia="ja-JP"/>
               </w:rPr>
               <w:t>.005</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1150" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="0504FCB3" w14:textId="00610C0E" w:rsidR="00E366F2" w:rsidRPr="00AC1AC3" w:rsidRDefault="00E366F2" w:rsidP="00AC1AC3">
             <w:pPr>
               <w:overflowPunct w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Mincho" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:bCs/>
                 <w:lang w:eastAsia="ja-JP"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AC1AC3">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Mincho" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:bCs/>
                 <w:lang w:eastAsia="ja-JP"/>
               </w:rPr>
               <w:t>.054</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1525" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="2B5F08B0" w14:textId="15F051E6" w:rsidR="00E366F2" w:rsidRPr="00AC1AC3" w:rsidRDefault="00E366F2" w:rsidP="00AC1AC3">
             <w:pPr>
               <w:overflowPunct w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Mincho" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:bCs/>
                 <w:lang w:eastAsia="ja-JP"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AC1AC3">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Mincho" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:bCs/>
                 <w:lang w:eastAsia="ja-JP"/>
               </w:rPr>
               <w:t>.012</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1156" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="77DD2179" w14:textId="3CF6A7E2" w:rsidR="00E366F2" w:rsidRPr="00AC1AC3" w:rsidRDefault="00E366F2" w:rsidP="00AC1AC3">
             <w:pPr>
               <w:overflowPunct w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Mincho" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:bCs/>
                 <w:lang w:eastAsia="ja-JP"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AC1AC3">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Mincho" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:bCs/>
                 <w:lang w:eastAsia="ja-JP"/>
               </w:rPr>
               <w:t>.087</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1161" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="795A217B" w14:textId="5A62104C" w:rsidR="00E366F2" w:rsidRPr="00AC1AC3" w:rsidRDefault="00E366F2" w:rsidP="00AC1AC3">
             <w:pPr>
               <w:overflowPunct w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Mincho" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:lang w:eastAsia="ja-JP"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AC1AC3">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Mincho" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:bCs/>
                 <w:lang w:eastAsia="ja-JP"/>
               </w:rPr>
               <w:t>.931</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00307867" w:rsidRPr="00AC1AC3" w14:paraId="706EE6D3" w14:textId="77777777" w:rsidTr="00C0265D">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="83" w:type="dxa"/>
           <w:trHeight w:val="324"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1762" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="748F03CD" w14:textId="0158F290" w:rsidR="00307867" w:rsidRPr="00AC1AC3" w:rsidRDefault="00307867" w:rsidP="00AC1AC3">
             <w:pPr>
               <w:overflowPunct w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Mincho" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:bCs/>
                 <w:lang w:eastAsia="ja-JP"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AC1AC3">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Mincho" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:bCs/>
                 <w:lang w:eastAsia="ja-JP"/>
               </w:rPr>
               <w:t>Instrumental</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1191" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="2D91D30C" w14:textId="325A3945" w:rsidR="00307867" w:rsidRPr="00AC1AC3" w:rsidRDefault="00307867" w:rsidP="00AC1AC3">
             <w:pPr>
               <w:overflowPunct w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Mincho" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:bCs/>
                 <w:lang w:eastAsia="ja-JP"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AC1AC3">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Mincho" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:bCs/>
                 <w:lang w:eastAsia="ja-JP"/>
               </w:rPr>
               <w:t>.183</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1150" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="4E5A4BB3" w14:textId="4BFC9A5E" w:rsidR="00307867" w:rsidRPr="00AC1AC3" w:rsidRDefault="00307867" w:rsidP="00AC1AC3">
             <w:pPr>
               <w:overflowPunct w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Mincho" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:bCs/>
                 <w:lang w:eastAsia="ja-JP"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AC1AC3">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Mincho" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:bCs/>
                 <w:lang w:eastAsia="ja-JP"/>
               </w:rPr>
               <w:t>.098</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1525" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="7916F1C8" w14:textId="5EF90BE6" w:rsidR="00307867" w:rsidRPr="00AC1AC3" w:rsidRDefault="00307867" w:rsidP="00AC1AC3">
             <w:pPr>
               <w:overflowPunct w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Mincho" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:bCs/>
                 <w:lang w:eastAsia="ja-JP"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AC1AC3">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Mincho" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:bCs/>
                 <w:lang w:eastAsia="ja-JP"/>
               </w:rPr>
               <w:t>.244</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1156" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="00468B1C" w14:textId="5A2E05D9" w:rsidR="00307867" w:rsidRPr="00AC1AC3" w:rsidRDefault="00307867" w:rsidP="00AC1AC3">
             <w:pPr>
               <w:overflowPunct w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Mincho" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:bCs/>
                 <w:lang w:eastAsia="ja-JP"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AC1AC3">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Mincho" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:bCs/>
                 <w:lang w:eastAsia="ja-JP"/>
               </w:rPr>
               <w:t>2.08</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1161" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="2D53519E" w14:textId="5D66C0B2" w:rsidR="00307867" w:rsidRPr="00AC1AC3" w:rsidRDefault="00307867" w:rsidP="00AC1AC3">
             <w:pPr>
               <w:overflowPunct w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Mincho" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:lang w:eastAsia="ja-JP"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AC1AC3">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Mincho" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:lang w:eastAsia="ja-JP"/>
               </w:rPr>
               <w:t>.050</w:t>
             </w:r>
           </w:p>
         </w:tc>
@@ -12004,68 +12076,69 @@
           <w:bCs w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> a una u otra etapa</w:t>
       </w:r>
       <w:r w:rsidR="002D607F" w:rsidRPr="00AC1AC3">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>. Lo mismo ocurre con la percepción que tienen sobre la implicación del padre.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6C5CAA2D" w14:textId="77777777" w:rsidR="00706AD4" w:rsidRPr="00AC1AC3" w:rsidRDefault="00706AD4" w:rsidP="00AC1AC3">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="0000001A" w14:textId="488D6A98" w:rsidR="00E34386" w:rsidRPr="00AC1AC3" w:rsidRDefault="002A63DE" w:rsidP="00AC1AC3">
+    <w:p w14:paraId="0000001A" w14:textId="7ED2D236" w:rsidR="00E34386" w:rsidRPr="008F00F1" w:rsidRDefault="002A63DE" w:rsidP="008F00F1">
       <w:pPr>
         <w:pStyle w:val="Ttulo2"/>
         <w:spacing w:before="0" w:after="0"/>
-        <w:rPr>
-[...9 lines deleted...]
-          <w:szCs w:val="24"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008F00F1">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t xml:space="preserve">Discusión </w:t>
+        <w:t>Discusión</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7BF9BF18" w14:textId="716ED4C9" w:rsidR="00890A5B" w:rsidRDefault="00B277B4" w:rsidP="00AC1AC3">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AC1AC3">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>El objetivo de la present</w:t>
       </w:r>
       <w:r w:rsidR="002C6E7A" w:rsidRPr="00AC1AC3">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>e</w:t>
       </w:r>
       <w:r w:rsidRPr="00AC1AC3">
         <w:rPr>
@@ -12756,51 +12829,59 @@
       <w:r w:rsidR="00360821" w:rsidRPr="00AC1AC3">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve">, el factor </w:t>
       </w:r>
       <w:r w:rsidR="00404025" w:rsidRPr="00AC1AC3">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>adaptabilidad ti</w:t>
       </w:r>
       <w:r w:rsidR="00D61EC1" w:rsidRPr="00AC1AC3">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>e</w:t>
       </w:r>
       <w:r w:rsidR="00404025" w:rsidRPr="00AC1AC3">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t>ne que ver con el desarrollo de habilidades que permiten desenvolverse adecuadamente en sociedad, en función del uso de</w:t>
+        <w:t xml:space="preserve">ne que ver con el desarrollo de habilidades que permiten desenvolverse adecuadamente en sociedad, en función del uso </w:t>
+      </w:r>
+      <w:r w:rsidR="00404025" w:rsidRPr="00AC1AC3">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>de</w:t>
       </w:r>
       <w:r w:rsidR="00D61EC1" w:rsidRPr="00AC1AC3">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> un</w:t>
       </w:r>
       <w:r w:rsidR="00404025" w:rsidRPr="00AC1AC3">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> vocabulario apropiado y la expresión verbal de las emociones en términos </w:t>
       </w:r>
       <w:r w:rsidR="00D61EC1" w:rsidRPr="00AC1AC3">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve">aceptables </w:t>
       </w:r>
       <w:r w:rsidR="00E0375C" w:rsidRPr="00AC1AC3">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
@@ -12870,108 +12951,123 @@
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0B03B43E" w14:textId="77777777" w:rsidR="00AC1AC3" w:rsidRPr="00AC1AC3" w:rsidRDefault="00AC1AC3" w:rsidP="00AC1AC3">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="0CDAC41D" w14:textId="6B69B61C" w:rsidR="004521AC" w:rsidRDefault="00087655" w:rsidP="00AC1AC3">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AC1AC3">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">De esta manera, cuanto más se involucre el padre en el cuidado y crianza de sus hijos, </w:t>
       </w:r>
       <w:r w:rsidR="003A2D10" w:rsidRPr="00AC1AC3">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve">estos desarrolllarán una mayor inteligencia emocional, y con ello, mayor ajuste psicosocial; </w:t>
       </w:r>
       <w:r w:rsidR="007A5810" w:rsidRPr="00AC1AC3">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve">específicamente en cuanto a </w:t>
       </w:r>
       <w:r w:rsidR="00F12252" w:rsidRPr="00AC1AC3">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>dominios de la vida relacionados con habilidades o acciones que favorecen en los hijos manejarse en su vida como la moral, los estudios, disciplina y protección</w:t>
       </w:r>
       <w:r w:rsidR="003A2D10" w:rsidRPr="00AC1AC3">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="004521AC" w:rsidRPr="00AC1AC3">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Solo </w:t>
       </w:r>
       <w:r w:rsidR="004F1FB0" w:rsidRPr="00AC1AC3">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve">la dimensión de </w:t>
       </w:r>
       <w:r w:rsidR="004521AC" w:rsidRPr="00AC1AC3">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve">manejo del estrés es influido por las dimensiones expresivas del involucramiento paterno como serían </w:t>
+        <w:t xml:space="preserve">manejo del estrés es </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidR="004521AC" w:rsidRPr="00AC1AC3">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="000000"/>
         </w:rPr>
+        <w:t>influido</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="004521AC" w:rsidRPr="00AC1AC3">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> por las dimensiones expresivas del involucramiento paterno como serían </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="004521AC" w:rsidRPr="00AC1AC3">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
         <w:t xml:space="preserve">según  </w:t>
       </w:r>
       <w:r w:rsidR="00BF5608" w:rsidRPr="00AC1AC3">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>González</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidR="00BF5608" w:rsidRPr="00AC1AC3">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve">-Calderón et al. (2014) </w:t>
       </w:r>
       <w:r w:rsidR="004F1FB0" w:rsidRPr="00AC1AC3">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve">los </w:t>
       </w:r>
       <w:r w:rsidR="004521AC" w:rsidRPr="00AC1AC3">
@@ -13085,51 +13181,65 @@
       <w:r w:rsidR="00C276AD" w:rsidRPr="00AC1AC3">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> que los hijos cuentan con </w:t>
       </w:r>
       <w:r w:rsidR="002C6B03" w:rsidRPr="00AC1AC3">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve">la </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidR="002C6B03" w:rsidRPr="00AC1AC3">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>capacidad  fundamental</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidR="002C6B03" w:rsidRPr="00AC1AC3">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
-        <w:t xml:space="preserve">  de  relacionarse  socialmente</w:t>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="002C6B03" w:rsidRPr="00AC1AC3">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>de  relacionarse</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="002C6B03" w:rsidRPr="00AC1AC3">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  socialmente</w:t>
       </w:r>
       <w:r w:rsidR="00C276AD" w:rsidRPr="00AC1AC3">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>, basado en competencias emocionales, pero para ello,</w:t>
       </w:r>
       <w:r w:rsidR="009421D1" w:rsidRPr="00AC1AC3">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00C276AD" w:rsidRPr="00AC1AC3">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve">se requiere de </w:t>
       </w:r>
       <w:r w:rsidR="002C6B03" w:rsidRPr="00AC1AC3">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve">alguien, </w:t>
       </w:r>
@@ -13171,75 +13281,133 @@
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidR="00795E47" w:rsidRPr="00AC1AC3">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>al  comportamiento</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidR="00795E47" w:rsidRPr="00AC1AC3">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve"> emocional de sus hijos</w:t>
       </w:r>
       <w:r w:rsidR="00C276AD" w:rsidRPr="00AC1AC3">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve"> es </w:t>
       </w:r>
       <w:r w:rsidR="00795E47" w:rsidRPr="00AC1AC3">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
-        <w:t>necesario que convivan, participen e  interactúen  en  actividades</w:t>
-      </w:r>
+        <w:t xml:space="preserve">necesario que convivan, participen </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00795E47" w:rsidRPr="00AC1AC3">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>e  interactúen</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00795E47" w:rsidRPr="00AC1AC3">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00795E47" w:rsidRPr="00AC1AC3">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>en  actividades</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidR="00C276AD" w:rsidRPr="00AC1AC3">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00795E47" w:rsidRPr="00AC1AC3">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>dentro y fuera de la familia</w:t>
       </w:r>
       <w:r w:rsidR="00FB49D9" w:rsidRPr="00AC1AC3">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve">; es decir, se requiere de </w:t>
       </w:r>
+      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidR="00115CB7" w:rsidRPr="00AC1AC3">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
-        <w:t>la  presencia  e intencionalidad  educativa  de  los  padres</w:t>
+        <w:t>la  presencia</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00115CB7" w:rsidRPr="00AC1AC3">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  e </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00115CB7" w:rsidRPr="00AC1AC3">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>intencionalidad  educativa</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00115CB7" w:rsidRPr="00AC1AC3">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00115CB7" w:rsidRPr="00AC1AC3">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>de  los</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00115CB7" w:rsidRPr="00AC1AC3">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  padres</w:t>
       </w:r>
       <w:r w:rsidR="00FB49D9" w:rsidRPr="00AC1AC3">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve"> para favorecer una verdadera educación emocional. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="33258A19" w14:textId="77777777" w:rsidR="00AC1AC3" w:rsidRPr="00AC1AC3" w:rsidRDefault="00AC1AC3" w:rsidP="00AC1AC3">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="6C64FAC1" w14:textId="6A23DE07" w:rsidR="00D75CBC" w:rsidRDefault="007851A8" w:rsidP="00AC1AC3">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AC1AC3">
@@ -13424,51 +13592,58 @@
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>(Rodríguez et al., 2009).</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="038211F2" w14:textId="77777777" w:rsidR="00AC1AC3" w:rsidRPr="00AC1AC3" w:rsidRDefault="00AC1AC3" w:rsidP="00AC1AC3">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="083A96B8" w14:textId="5205F581" w:rsidR="00B857A0" w:rsidRDefault="00B857A0" w:rsidP="00AC1AC3">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AC1AC3">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
-        <w:t>Tradicionalmente, los padres se han involucrado más en actividades físicas y relacionadas con la disciplina en el caso de los hijos varones, mientras que con las hijas suelen asumir un papel protector y de apoyo emocional, lo cual puede reflejar un mayor refuerzo de conductas asociadas a la feminidad. L</w:t>
+        <w:t xml:space="preserve">Tradicionalmente, los padres se han involucrado más en actividades físicas y relacionadas con la disciplina en el caso de los hijos varones, mientras que con las hijas suelen asumir un papel protector y de apoyo emocional, lo cual puede reflejar un mayor refuerzo de conductas asociadas a la feminidad. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AC1AC3">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>L</w:t>
       </w:r>
       <w:r w:rsidR="00AD41A8" w:rsidRPr="00AC1AC3">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>os resultados obtenidos</w:t>
       </w:r>
       <w:r w:rsidRPr="00AC1AC3">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve"> sugiere</w:t>
       </w:r>
       <w:r w:rsidR="00AD41A8" w:rsidRPr="00AC1AC3">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>n</w:t>
       </w:r>
       <w:r w:rsidRPr="00AC1AC3">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve"> que los padres suelen participar más activamente en actividades de ocio y deporte con sus hijos varones, mientras que las hijas pueden recibir un mayor apoyo en aspectos académicos</w:t>
       </w:r>
@@ -13512,121 +13687,118 @@
         </w:rPr>
         <w:t>No se encontraron diferencias por etapa de la adolescencia, lo esperado es que hubiese una mejora conforme aumentan los años, tanto a nivel emocional como en relación a la percepción de la crianza del padre.</w:t>
       </w:r>
       <w:r w:rsidR="001F7EE8" w:rsidRPr="00AC1AC3">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC1AC3">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve">En torno a la inteligencia emocional, </w:t>
       </w:r>
       <w:r w:rsidR="005A05B5" w:rsidRPr="00AC1AC3">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>Martínez-Marín y Martínez (2021)</w:t>
       </w:r>
       <w:r w:rsidR="001F7EE8" w:rsidRPr="00AC1AC3">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
-        <w:t xml:space="preserve"> han señalado que la edad </w:t>
-[...6 lines deleted...]
-        <w:t>es una variable importante en la evolución de la inteligencia emocional, es decir, se desarrolla a lo largo de toda la etapa evolutiv</w:t>
+        <w:t xml:space="preserve"> han señalado que la edad es una variable importante en la evolución de la inteligencia emocional, es decir, se desarrolla a lo largo de toda la etapa evolutiv</w:t>
       </w:r>
       <w:r w:rsidR="0049458A" w:rsidRPr="00AC1AC3">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>a</w:t>
       </w:r>
       <w:r w:rsidR="005A05B5" w:rsidRPr="00AC1AC3">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r w:rsidR="001F7EE8" w:rsidRPr="00AC1AC3">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve">aspecto que no se vio reflejado en el presente estudio, lo cual podría deberse a que todavía </w:t>
       </w:r>
       <w:r w:rsidR="001F761F" w:rsidRPr="00AC1AC3">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve">todos los participantes </w:t>
       </w:r>
       <w:r w:rsidR="001F7EE8" w:rsidRPr="00AC1AC3">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>se ubican en la etapa adolescente</w:t>
       </w:r>
       <w:r w:rsidR="001F761F" w:rsidRPr="00AC1AC3">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve"> a pesar de pertenecer a subetapas distintas.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="408083B4" w14:textId="77777777" w:rsidR="00C1774D" w:rsidRPr="00AC1AC3" w:rsidRDefault="00C1774D" w:rsidP="00AC1AC3">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="6B1B08F9" w14:textId="0F97756D" w:rsidR="002A63DE" w:rsidRPr="00AC1AC3" w:rsidRDefault="002A63DE" w:rsidP="00AC1AC3">
+    <w:p w14:paraId="6B1B08F9" w14:textId="0F97756D" w:rsidR="002A63DE" w:rsidRPr="008F00F1" w:rsidRDefault="002A63DE" w:rsidP="00AC1AC3">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
-        </w:rPr>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00AC1AC3">
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008F00F1">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>Conclusiones</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="76876504" w14:textId="396F63CA" w:rsidR="008E6042" w:rsidRDefault="0006588D" w:rsidP="00AC1AC3">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AC1AC3">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve">La relevancia </w:t>
       </w:r>
       <w:r w:rsidR="00051A9D" w:rsidRPr="00AC1AC3">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve">social y científica </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC1AC3">
@@ -13653,64 +13825,78 @@
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00967EE1" w:rsidRPr="00AC1AC3">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve">interrogante del rol que puede ejercer </w:t>
       </w:r>
       <w:r w:rsidR="008E6042" w:rsidRPr="00AC1AC3">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve">el fenómeno de </w:t>
       </w:r>
       <w:r w:rsidR="00967EE1" w:rsidRPr="00AC1AC3">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve">la deseabilidad social en el actuar de los adolescentes. </w:t>
       </w:r>
       <w:r w:rsidR="005D3A44" w:rsidRPr="00AC1AC3">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
-        <w:t xml:space="preserve">Se concluye que desde la percepción de los adolescentes, poseen un nivel </w:t>
+        <w:t xml:space="preserve">Se concluye </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidR="005D3A44" w:rsidRPr="00AC1AC3">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
-        <w:t>predominantemente  alto</w:t>
+        <w:t>que</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidR="005D3A44" w:rsidRPr="00AC1AC3">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
+        <w:t xml:space="preserve"> desde la percepción de los adolescentes, poseen un nivel </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="005D3A44" w:rsidRPr="00AC1AC3">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>predominantemente  alto</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="005D3A44" w:rsidRPr="00AC1AC3">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
         <w:t xml:space="preserve"> de inteligencia emocional, </w:t>
       </w:r>
       <w:r w:rsidR="008E6042" w:rsidRPr="00AC1AC3">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>aspecto que como ya ha sido señalado debe tomarse con cautela, no porque se dude de que esta muestra de estudio posea tan perfil, sino debido a que la literatura ha evidenciado que durante la adolescencia suele ser esperado la dificultad en la regulación de emociones principalmente, lo que deja la semilla para seguir profundizando en ello.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="174CC22F" w14:textId="77777777" w:rsidR="00AC1AC3" w:rsidRPr="00AC1AC3" w:rsidRDefault="00AC1AC3" w:rsidP="00AC1AC3">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="68E3C7B5" w14:textId="77777777" w:rsidR="00CE2558" w:rsidRDefault="008E6042" w:rsidP="00AC1AC3">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
@@ -13829,77 +14015,77 @@
       <w:r w:rsidR="00CE2558" w:rsidRPr="00AC1AC3">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve">otras </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC1AC3">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>zonas rurales del estado de Michoacán, e incluso de otros estados a fin de contar con mayores evidencias de validez. No obstante, lo que es claro es la necesidad de impulsar el desarrollo de competencias emocionales en hijos adolescentes a fin de lidiar con los retos cotidianos y situaciones inesperadas, disminuyendo los factores de riesgo, lo cual puede empezar desde el sistema familia</w:t>
       </w:r>
       <w:r w:rsidR="00CE2558" w:rsidRPr="00AC1AC3">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>, con la participación activa del padre.</w:t>
       </w:r>
       <w:r w:rsidRPr="00AC1AC3">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="408B105D" w14:textId="77777777" w:rsidR="007851A8" w:rsidRPr="00AC1AC3" w:rsidRDefault="007851A8" w:rsidP="00AC1AC3">
+    <w:p w14:paraId="408B105D" w14:textId="77777777" w:rsidR="007851A8" w:rsidRPr="008F00F1" w:rsidRDefault="007851A8" w:rsidP="00AC1AC3">
       <w:pPr>
         <w:pStyle w:val="Ttulo2"/>
         <w:spacing w:before="0" w:after="0"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-          <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="6F9387C1" w14:textId="09CBDCDF" w:rsidR="007851A8" w:rsidRPr="00AC1AC3" w:rsidRDefault="002A63DE" w:rsidP="00AC1AC3">
+    <w:p w14:paraId="6F9387C1" w14:textId="09CBDCDF" w:rsidR="007851A8" w:rsidRPr="008F00F1" w:rsidRDefault="002A63DE" w:rsidP="00AC1AC3">
       <w:pPr>
         <w:pStyle w:val="Ttulo2"/>
         <w:spacing w:before="0" w:after="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-          <w:sz w:val="24"/>
-[...7 lines deleted...]
-          <w:szCs w:val="24"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008F00F1">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>Futuras líneas de investigación</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4F7A9CB8" w14:textId="6723A880" w:rsidR="00B51CDC" w:rsidRDefault="00B51CDC" w:rsidP="00AC1AC3">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AC1AC3">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>Es interesante res</w:t>
       </w:r>
       <w:r w:rsidR="007851A8" w:rsidRPr="00AC1AC3">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>a</w:t>
       </w:r>
       <w:r w:rsidRPr="00AC1AC3">
@@ -14073,58 +14259,51 @@
       </w:r>
       <w:r w:rsidRPr="00AC1AC3">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve"> la dimensión expresiva de la implicación del padre, </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="00AC1AC3">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>ya que</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="00AC1AC3">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00B40F7B" w:rsidRPr="00AC1AC3">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
-        <w:t xml:space="preserve">según los resultados, se ve minimizada por la dimensión instrumental, y dados los cambios sociales, sería esperado que ejerciera mayor influencia. Estos son algunos de los aspectos que resultan ser el punto de partida para nuevas investigaciones que permitan esclaracer tales </w:t>
-[...6 lines deleted...]
-        <w:t>interrogantes y dotar de mayores elementos teóricos para u</w:t>
+        <w:t>según los resultados, se ve minimizada por la dimensión instrumental, y dados los cambios sociales, sería esperado que ejerciera mayor influencia. Estos son algunos de los aspectos que resultan ser el punto de partida para nuevas investigaciones que permitan esclaracer tales interrogantes y dotar de mayores elementos teóricos para u</w:t>
       </w:r>
       <w:r w:rsidR="006A02C5" w:rsidRPr="00AC1AC3">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>na</w:t>
       </w:r>
       <w:r w:rsidR="00B40F7B" w:rsidRPr="00AC1AC3">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve"> mejor comprensión del fenómeno estudiado.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7FFF39D4" w14:textId="77777777" w:rsidR="002A63DE" w:rsidRDefault="002A63DE" w:rsidP="00AC1AC3">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="7319F87C" w14:textId="77777777" w:rsidR="00AC1AC3" w:rsidRDefault="00AC1AC3" w:rsidP="00AC1AC3">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
@@ -14367,71 +14546,51 @@
       <w:r w:rsidR="00750C16" w:rsidRPr="00AC1AC3">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:i/>
           <w:iCs/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>International Journal of Developmental and Educational Psychology</w:t>
       </w:r>
       <w:r w:rsidR="00F2697F" w:rsidRPr="00AC1AC3">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:i/>
           <w:iCs/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r w:rsidR="00750C16" w:rsidRPr="00AC1AC3">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:i/>
           <w:iCs/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve">INFAD </w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve"> de </w:t>
+        <w:t xml:space="preserve">INFAD Revista de </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="00750C16" w:rsidRPr="00AC1AC3">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:i/>
           <w:iCs/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Psicología</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="00750C16" w:rsidRPr="00AC1AC3">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:i/>
           <w:iCs/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r w:rsidR="00F2697F" w:rsidRPr="00AC1AC3">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:i/>
@@ -14449,81 +14608,57 @@
       </w:r>
       <w:r w:rsidR="00750C16" w:rsidRPr="00AC1AC3">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>203-212. https://pdfs.semanticscholar.org/1837/27f4acd2d3ab6bd00cee054289275353c27c.pdf</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7922EFEC" w14:textId="45695D05" w:rsidR="00DC3DFC" w:rsidRPr="00AC1AC3" w:rsidRDefault="00DC3DFC" w:rsidP="00AC1AC3">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:left="567" w:hanging="567"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="spellStart"/>
-[...29 lines deleted...]
-        <w:t xml:space="preserve">, N. (2022). </w:t>
+      <w:r w:rsidRPr="00AC1AC3">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">Cracco, C., Costa-Ball, C. y Gottlieb, N. (2022). </w:t>
       </w:r>
       <w:r w:rsidR="000B7B50" w:rsidRPr="00AC1AC3">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t xml:space="preserve">Evaluando la Implicación del Padre: Propiedades Psicométricas de la Escala </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="000B7B50" w:rsidRPr="00AC1AC3">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t>Father</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="000B7B50" w:rsidRPr="00AC1AC3">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
@@ -14590,83 +14725,51 @@
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Conceptualizing and measuring father involvement</w:t>
       </w:r>
       <w:r w:rsidRPr="00AC1AC3">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00AC1AC3">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t>Mahwah</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00AC1AC3">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
-        <w:t xml:space="preserve">, NJ: Lawrence </w:t>
-[...31 lines deleted...]
-        <w:t>.</w:t>
+        <w:t>, NJ: Lawrence Erlbaum Associates.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2D0AAF96" w14:textId="3EEC7B3F" w:rsidR="0089769F" w:rsidRPr="00AC1AC3" w:rsidRDefault="0089769F" w:rsidP="00AC1AC3">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:left="567" w:hanging="567"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AC1AC3">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve">Domínguez, J., Nieto, B. y Portela, I. (2022). Variables personales y escolares asociadas a la inteligencia emocional adolescente. </w:t>
       </w:r>
@@ -14816,84 +14919,84 @@
       <w:r w:rsidRPr="00AC1AC3">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:i/>
           <w:iCs/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t>Measurement</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00AC1AC3">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:i/>
           <w:iCs/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t>,  64</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="00AC1AC3">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (1),  143-164.</w:t>
+        <w:t xml:space="preserve"> (1</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00AC1AC3">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>),  143</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00AC1AC3">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>-164.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="41BFC9B2" w14:textId="64A46018" w:rsidR="00674CB7" w:rsidRPr="00AC1AC3" w:rsidRDefault="00774B17" w:rsidP="00AC1AC3">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:left="567" w:hanging="567"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AC1AC3">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
-        <w:t>Flaquer, Ll., Navarro-Varas, L., Antón-Alonso, F., Ruiz-</w:t>
-[...15 lines deleted...]
-        <w:t xml:space="preserve">, N., </w:t>
+        <w:t xml:space="preserve">Flaquer, Ll., Navarro-Varas, L., Antón-Alonso, F., Ruiz-Forès, N., </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00AC1AC3">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t>Cónsola</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00AC1AC3">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t xml:space="preserve">, A. (2018). La implicación paterna en el cuidado de los hijos en España antes y durante la recesión económica. </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC1AC3">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:i/>
           <w:iCs/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t>Revista Española de Sociología, 28</w:t>
@@ -14984,51 +15087,50 @@
           <w:iCs/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>UNICEF destaca importancia del padre en la crianza de niños y niñas.</w:t>
       </w:r>
       <w:r w:rsidRPr="00AC1AC3">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> https://www.unicef.org/chile/comunicados-prensa/unicef-destaca-importancia-del-padre-en-la-crianza-de-niños-y-niñas</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="01881F24" w14:textId="6194F2C2" w:rsidR="00192C59" w:rsidRPr="00AC1AC3" w:rsidRDefault="00ED5181" w:rsidP="00AC1AC3">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:left="567" w:hanging="567"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AC1AC3">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>González</w:t>
       </w:r>
       <w:r w:rsidR="00990BFE" w:rsidRPr="00AC1AC3">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>-Calderón</w:t>
       </w:r>
       <w:r w:rsidRPr="00AC1AC3">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>, M.</w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="00AC1AC3">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>,  Rodríguez</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="00AC1AC3">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
@@ -15086,71 +15188,51 @@
       <w:r w:rsidR="000E1EF0" w:rsidRPr="00AC1AC3">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:i/>
           <w:iCs/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>International Journal of Developmental and Educational Psychology</w:t>
       </w:r>
       <w:r w:rsidR="00D17913" w:rsidRPr="00AC1AC3">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:i/>
           <w:iCs/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="000E1EF0" w:rsidRPr="00AC1AC3">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:i/>
           <w:iCs/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve">INFAD </w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve"> de </w:t>
+        <w:t xml:space="preserve">INFAD Revista de </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="000E1EF0" w:rsidRPr="00AC1AC3">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:i/>
           <w:iCs/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Psicología</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="000E1EF0" w:rsidRPr="00AC1AC3">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:i/>
           <w:iCs/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>, 2</w:t>
       </w:r>
       <w:r w:rsidR="000E1EF0" w:rsidRPr="00AC1AC3">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:lang w:val="en-US"/>
@@ -15480,50 +15562,51 @@
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00A810F7" w:rsidRPr="00AC1AC3">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>https://revistas.utb.edu.ec/index.php/sr/article/view/2775/2421</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="76875BF2" w14:textId="732A5ACE" w:rsidR="00462A81" w:rsidRPr="00AC1AC3" w:rsidRDefault="00462A81" w:rsidP="00AC1AC3">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:left="567" w:hanging="567"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AC1AC3">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>Muñetón, M.</w:t>
       </w:r>
       <w:r w:rsidR="00E05A37" w:rsidRPr="00AC1AC3">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC1AC3">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t>Uribe, I.</w:t>
       </w:r>
       <w:r w:rsidR="00E05A37" w:rsidRPr="00AC1AC3">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC1AC3">
         <w:rPr>
@@ -15867,83 +15950,188 @@
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AC1AC3">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t xml:space="preserve">Sainz, M., </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="00AC1AC3">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t xml:space="preserve">Ferrándiz,   </w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="00AC1AC3">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
-        <w:t xml:space="preserve">C., Fernández,   C. y Ferrando, M.(2014). Propiedades </w:t>
+        <w:t xml:space="preserve">C., </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="00AC1AC3">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
+        <w:t xml:space="preserve">Fernández,   </w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00AC1AC3">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve">C. y Ferrando, </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00AC1AC3">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>M.(</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00AC1AC3">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2014). Propiedades </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00AC1AC3">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
         <w:t>psicométricas  del</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="00AC1AC3">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
-        <w:t xml:space="preserve">  Inventario  de  Cociente  Emocional  </w:t>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00AC1AC3">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>Inventario  de</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00AC1AC3">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00AC1AC3">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>Cociente  Emocional</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00AC1AC3">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00AC1AC3">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
-        <w:t>EQ-i:YV</w:t>
+        <w:t>EQ-</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00AC1AC3">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>i:YV</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00AC1AC3">
-[...4 lines deleted...]
-        <w:t xml:space="preserve">  en  alumnos  superdotados  y  talentosos. </w:t>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00AC1AC3">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00AC1AC3">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>en  alumnos</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00AC1AC3">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00AC1AC3">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>superdotados  y</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00AC1AC3">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  talentosos. </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="00AC1AC3">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:i/>
           <w:iCs/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t>Revista  de</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="00AC1AC3">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:i/>
           <w:iCs/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t xml:space="preserve"> Investigación Educativa, 32</w:t>
       </w:r>
       <w:r w:rsidRPr="00AC1AC3">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:lang w:val="es-ES"/>
@@ -16168,51 +16356,50 @@
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC1AC3">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t>https://doi.org/10.11144/Javeriana.upsy18-3.iepi</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4F9AA849" w14:textId="0D8C38C5" w:rsidR="00A6684B" w:rsidRPr="00AC1AC3" w:rsidRDefault="00A6684B" w:rsidP="00AC1AC3">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:left="567" w:hanging="567"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AC1AC3">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>Torres-Torres</w:t>
       </w:r>
       <w:r w:rsidR="004A4772" w:rsidRPr="00AC1AC3">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>, K., Solis-Coaguila, S. y Herrera-Simón, V.</w:t>
       </w:r>
       <w:r w:rsidR="00F96277" w:rsidRPr="00AC1AC3">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC1AC3">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>(2021)</w:t>
       </w:r>
       <w:r w:rsidR="004A4772" w:rsidRPr="00AC1AC3">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
@@ -16243,67 +16430,51 @@
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t>https://doi.org/</w:t>
       </w:r>
       <w:r w:rsidR="0066615B" w:rsidRPr="00AC1AC3">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>10.23857/pc.v6i7.2878</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="354D7D79" w14:textId="7A55FB67" w:rsidR="00613B13" w:rsidRPr="00AC1AC3" w:rsidRDefault="00613B13" w:rsidP="00AC1AC3">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:left="567" w:hanging="567"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AC1AC3">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
-        <w:t xml:space="preserve">Tortosa, B. M., Pérez-Fuentes, M. del C., Molero, M. del M., Soriano, J. G., Oropesa, N. F., Simón, M. del M., </w:t>
-[...15 lines deleted...]
-        <w:t xml:space="preserve">, M., &amp; </w:t>
+        <w:t xml:space="preserve">Tortosa, B. M., Pérez-Fuentes, M. del C., Molero, M. del M., Soriano, J. G., Oropesa, N. F., Simón, M. del M., Sisto, M., &amp; </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00AC1AC3">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t>Gázquez</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00AC1AC3">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t xml:space="preserve">, J. J. (2020). </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC1AC3">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">Engagement </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
@@ -16522,102 +16693,98 @@
         <w:ind w:left="567" w:hanging="567"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="00000020" w14:textId="54085542" w:rsidR="00E34386" w:rsidRPr="00AC1AC3" w:rsidRDefault="00E34386" w:rsidP="00AC1AC3">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:left="567" w:hanging="567"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="00E34386" w:rsidRPr="00AC1AC3" w:rsidSect="00AC1AC3">
-      <w:headerReference w:type="even" r:id="rId11"/>
-[...4 lines deleted...]
-      <w:footerReference w:type="first" r:id="rId16"/>
+      <w:headerReference w:type="default" r:id="rId11"/>
+      <w:footerReference w:type="default" r:id="rId12"/>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080" w:header="851" w:footer="851" w:gutter="0"/>
       <w:pgNumType w:start="1"/>
       <w:cols w:space="720"/>
       <w:docGrid w:linePitch="326"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="188B6521" w14:textId="77777777" w:rsidR="00B70283" w:rsidRDefault="00B70283">
+    <w:p w14:paraId="6AEF9DEE" w14:textId="77777777" w:rsidR="00032981" w:rsidRDefault="00032981">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="1AAF71E5" w14:textId="77777777" w:rsidR="00B70283" w:rsidRDefault="00B70283">
+    <w:p w14:paraId="3024CBAB" w14:textId="77777777" w:rsidR="00032981" w:rsidRDefault="00032981">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Noto Sans Symbols">
-    <w:altName w:val="Calibri"/>
+    <w:altName w:val="Times New Roman"/>
     <w:charset w:val="00"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="default"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Georgia">
     <w:panose1 w:val="02040502050405020303"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000287" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
@@ -16639,60 +16806,50 @@
     <w:altName w:val="ＭＳ 明朝"/>
     <w:panose1 w:val="02020609040205080304"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-[...8 lines deleted...]
-<file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="664EE734" w14:textId="77777777" w:rsidR="0062550D" w:rsidRPr="0062550D" w:rsidRDefault="0062550D" w:rsidP="0062550D">
     <w:pPr>
       <w:pBdr>
         <w:top w:val="nil"/>
         <w:left w:val="nil"/>
         <w:bottom w:val="nil"/>
         <w:right w:val="nil"/>
         <w:between w:val="nil"/>
       </w:pBdr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4419"/>
         <w:tab w:val="right" w:pos="8838"/>
       </w:tabs>
       <w:spacing w:line="240" w:lineRule="auto"/>
       <w:jc w:val="center"/>
       <w:rPr>
         <w:rFonts w:cstheme="minorHAnsi"/>
         <w:b/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="0062550D">
       <w:rPr>
         <w:rFonts w:cstheme="minorHAnsi"/>
         <w:b/>
@@ -16720,142 +16877,151 @@
     <w:pPr>
       <w:pBdr>
         <w:top w:val="nil"/>
         <w:left w:val="nil"/>
         <w:bottom w:val="nil"/>
         <w:right w:val="nil"/>
         <w:between w:val="nil"/>
       </w:pBdr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4419"/>
         <w:tab w:val="right" w:pos="8838"/>
       </w:tabs>
       <w:spacing w:line="240" w:lineRule="auto"/>
       <w:jc w:val="center"/>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:color w:val="000000"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
-<file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
-[...8 lines deleted...]
-
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="15F55194" w14:textId="77777777" w:rsidR="00B70283" w:rsidRDefault="00B70283">
+    <w:p w14:paraId="75A998B3" w14:textId="77777777" w:rsidR="00032981" w:rsidRDefault="00032981">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="708E26CC" w14:textId="77777777" w:rsidR="00B70283" w:rsidRDefault="00B70283">
+    <w:p w14:paraId="620BBF12" w14:textId="77777777" w:rsidR="00032981" w:rsidRDefault="00032981">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="5CDBC730" w14:textId="77777777" w:rsidR="00763FBC" w:rsidRDefault="00763FBC">
-[...23 lines deleted...]
-  <w:p w14:paraId="00000021" w14:textId="20D50FA1" w:rsidR="00E34386" w:rsidRDefault="00E34386">
+  <w:p w14:paraId="00000021" w14:textId="33C196F1" w:rsidR="00E34386" w:rsidRDefault="008F00F1">
     <w:pPr>
       <w:pBdr>
         <w:top w:val="nil"/>
         <w:left w:val="nil"/>
         <w:bottom w:val="nil"/>
         <w:right w:val="nil"/>
         <w:between w:val="nil"/>
       </w:pBdr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4419"/>
         <w:tab w:val="right" w:pos="8838"/>
       </w:tabs>
       <w:spacing w:before="120" w:after="120" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="center"/>
       <w:rPr>
         <w:color w:val="7F7F7F"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
     </w:pPr>
-  </w:p>
-[...8 lines deleted...]
-    </w:pPr>
+    <w:r>
+      <w:rPr>
+        <w:noProof/>
+      </w:rPr>
+      <w:drawing>
+        <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="21B75494" wp14:editId="34733058">
+          <wp:extent cx="7048500" cy="1081405"/>
+          <wp:effectExtent l="0" t="0" r="0" b="4445"/>
+          <wp:docPr id="1548137528" name="Imagen 1"/>
+          <wp:cNvGraphicFramePr>
+            <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+          </wp:cNvGraphicFramePr>
+          <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+            <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+              <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:nvPicPr>
+                  <pic:cNvPr id="0" name="Picture 1"/>
+                  <pic:cNvPicPr>
+                    <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+                  </pic:cNvPicPr>
+                </pic:nvPicPr>
+                <pic:blipFill>
+                  <a:blip r:embed="rId1">
+                    <a:extLst>
+                      <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                        <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                      </a:ext>
+                    </a:extLst>
+                  </a:blip>
+                  <a:srcRect/>
+                  <a:stretch>
+                    <a:fillRect/>
+                  </a:stretch>
+                </pic:blipFill>
+                <pic:spPr bwMode="auto">
+                  <a:xfrm>
+                    <a:off x="0" y="0"/>
+                    <a:ext cx="7048500" cy="1081405"/>
+                  </a:xfrm>
+                  <a:prstGeom prst="rect">
+                    <a:avLst/>
+                  </a:prstGeom>
+                  <a:noFill/>
+                  <a:ln>
+                    <a:noFill/>
+                  </a:ln>
+                </pic:spPr>
+              </pic:pic>
+            </a:graphicData>
+          </a:graphic>
+        </wp:inline>
+      </w:drawing>
+    </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="10845BB0"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="529CA0BE"/>
     <w:lvl w:ilvl="0" w:tplc="5C6AA6B0">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="080A0019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
@@ -17160,50 +17326,51 @@
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00E34386"/>
     <w:rsid w:val="000046A9"/>
     <w:rsid w:val="000070EE"/>
     <w:rsid w:val="00012E3E"/>
     <w:rsid w:val="00020A9C"/>
     <w:rsid w:val="00022E25"/>
     <w:rsid w:val="00025954"/>
     <w:rsid w:val="0002727E"/>
     <w:rsid w:val="00027D0E"/>
     <w:rsid w:val="00030692"/>
+    <w:rsid w:val="00032981"/>
     <w:rsid w:val="0003732D"/>
     <w:rsid w:val="000407F1"/>
     <w:rsid w:val="00043C78"/>
     <w:rsid w:val="00043E64"/>
     <w:rsid w:val="00051A9D"/>
     <w:rsid w:val="00056D7F"/>
     <w:rsid w:val="00057807"/>
     <w:rsid w:val="00063724"/>
     <w:rsid w:val="0006588D"/>
     <w:rsid w:val="000672BD"/>
     <w:rsid w:val="00072C0C"/>
     <w:rsid w:val="00077177"/>
     <w:rsid w:val="000836A7"/>
     <w:rsid w:val="00086D7B"/>
     <w:rsid w:val="00087655"/>
     <w:rsid w:val="000902C3"/>
     <w:rsid w:val="000922AC"/>
     <w:rsid w:val="000A2118"/>
     <w:rsid w:val="000A2CE3"/>
     <w:rsid w:val="000A54CD"/>
     <w:rsid w:val="000A6FD7"/>
     <w:rsid w:val="000B7B50"/>
     <w:rsid w:val="000C30B5"/>
     <w:rsid w:val="000C4187"/>
     <w:rsid w:val="000C6444"/>
@@ -17236,50 +17403,51 @@
     <w:rsid w:val="001812F6"/>
     <w:rsid w:val="0018295E"/>
     <w:rsid w:val="001854AA"/>
     <w:rsid w:val="00186326"/>
     <w:rsid w:val="001904BB"/>
     <w:rsid w:val="00192C59"/>
     <w:rsid w:val="00193FAD"/>
     <w:rsid w:val="001A3FB5"/>
     <w:rsid w:val="001B31B0"/>
     <w:rsid w:val="001B3AA0"/>
     <w:rsid w:val="001C00DA"/>
     <w:rsid w:val="001C7387"/>
     <w:rsid w:val="001C77EC"/>
     <w:rsid w:val="001D4D9A"/>
     <w:rsid w:val="001E16EC"/>
     <w:rsid w:val="001E2EDC"/>
     <w:rsid w:val="001E676E"/>
     <w:rsid w:val="001F761F"/>
     <w:rsid w:val="001F7EE8"/>
     <w:rsid w:val="0020249F"/>
     <w:rsid w:val="00205120"/>
     <w:rsid w:val="00206161"/>
     <w:rsid w:val="00212753"/>
     <w:rsid w:val="00213364"/>
     <w:rsid w:val="00215841"/>
+    <w:rsid w:val="0021596D"/>
     <w:rsid w:val="00221215"/>
     <w:rsid w:val="002233AA"/>
     <w:rsid w:val="00223E70"/>
     <w:rsid w:val="0022454B"/>
     <w:rsid w:val="00233D81"/>
     <w:rsid w:val="00234505"/>
     <w:rsid w:val="002407EF"/>
     <w:rsid w:val="00244668"/>
     <w:rsid w:val="002469CB"/>
     <w:rsid w:val="002552FF"/>
     <w:rsid w:val="00255549"/>
     <w:rsid w:val="002653E8"/>
     <w:rsid w:val="00265713"/>
     <w:rsid w:val="00280AC0"/>
     <w:rsid w:val="00281B8E"/>
     <w:rsid w:val="00281F56"/>
     <w:rsid w:val="00286254"/>
     <w:rsid w:val="0028719C"/>
     <w:rsid w:val="00292DED"/>
     <w:rsid w:val="00297D5E"/>
     <w:rsid w:val="002A230B"/>
     <w:rsid w:val="002A3972"/>
     <w:rsid w:val="002A6325"/>
     <w:rsid w:val="002A63DE"/>
     <w:rsid w:val="002B2039"/>
@@ -17515,50 +17683,51 @@
     <w:rsid w:val="008754CC"/>
     <w:rsid w:val="0087768E"/>
     <w:rsid w:val="00880924"/>
     <w:rsid w:val="0088311C"/>
     <w:rsid w:val="00883D48"/>
     <w:rsid w:val="00884BBC"/>
     <w:rsid w:val="00885273"/>
     <w:rsid w:val="00890A5B"/>
     <w:rsid w:val="0089232D"/>
     <w:rsid w:val="0089498C"/>
     <w:rsid w:val="0089769F"/>
     <w:rsid w:val="008A1778"/>
     <w:rsid w:val="008A2ABC"/>
     <w:rsid w:val="008A34AA"/>
     <w:rsid w:val="008A38C3"/>
     <w:rsid w:val="008B3CB2"/>
     <w:rsid w:val="008B4640"/>
     <w:rsid w:val="008B529F"/>
     <w:rsid w:val="008C3C59"/>
     <w:rsid w:val="008C4DAB"/>
     <w:rsid w:val="008D30C8"/>
     <w:rsid w:val="008D3E1D"/>
     <w:rsid w:val="008D426D"/>
     <w:rsid w:val="008E3DE7"/>
     <w:rsid w:val="008E6042"/>
+    <w:rsid w:val="008F00F1"/>
     <w:rsid w:val="008F04B2"/>
     <w:rsid w:val="008F1A6E"/>
     <w:rsid w:val="008F6C6F"/>
     <w:rsid w:val="009079E0"/>
     <w:rsid w:val="00910A94"/>
     <w:rsid w:val="00916556"/>
     <w:rsid w:val="00916833"/>
     <w:rsid w:val="00916EF4"/>
     <w:rsid w:val="009234A1"/>
     <w:rsid w:val="00933007"/>
     <w:rsid w:val="00934186"/>
     <w:rsid w:val="009345DD"/>
     <w:rsid w:val="00935611"/>
     <w:rsid w:val="009421D1"/>
     <w:rsid w:val="00945836"/>
     <w:rsid w:val="00950BEE"/>
     <w:rsid w:val="00956AD8"/>
     <w:rsid w:val="009670FD"/>
     <w:rsid w:val="00967EE1"/>
     <w:rsid w:val="00970874"/>
     <w:rsid w:val="00971D63"/>
     <w:rsid w:val="00973D46"/>
     <w:rsid w:val="00990BFE"/>
     <w:rsid w:val="00994E44"/>
     <w:rsid w:val="00997EFF"/>
@@ -17575,50 +17744,51 @@
     <w:rsid w:val="00A05110"/>
     <w:rsid w:val="00A05702"/>
     <w:rsid w:val="00A10C6B"/>
     <w:rsid w:val="00A10F5A"/>
     <w:rsid w:val="00A20752"/>
     <w:rsid w:val="00A20CE0"/>
     <w:rsid w:val="00A23F0B"/>
     <w:rsid w:val="00A33360"/>
     <w:rsid w:val="00A379A1"/>
     <w:rsid w:val="00A40E20"/>
     <w:rsid w:val="00A43890"/>
     <w:rsid w:val="00A45207"/>
     <w:rsid w:val="00A5352D"/>
     <w:rsid w:val="00A5547F"/>
     <w:rsid w:val="00A62E47"/>
     <w:rsid w:val="00A64BCF"/>
     <w:rsid w:val="00A651E7"/>
     <w:rsid w:val="00A6653A"/>
     <w:rsid w:val="00A6684B"/>
     <w:rsid w:val="00A706BC"/>
     <w:rsid w:val="00A7189B"/>
     <w:rsid w:val="00A810F7"/>
     <w:rsid w:val="00A86F7E"/>
     <w:rsid w:val="00A91A89"/>
     <w:rsid w:val="00A93602"/>
+    <w:rsid w:val="00A94B61"/>
     <w:rsid w:val="00AA2771"/>
     <w:rsid w:val="00AA2C31"/>
     <w:rsid w:val="00AA424A"/>
     <w:rsid w:val="00AB5FA8"/>
     <w:rsid w:val="00AC0AEE"/>
     <w:rsid w:val="00AC1AC3"/>
     <w:rsid w:val="00AD3A2F"/>
     <w:rsid w:val="00AD41A8"/>
     <w:rsid w:val="00AD6221"/>
     <w:rsid w:val="00AE063E"/>
     <w:rsid w:val="00AE7362"/>
     <w:rsid w:val="00AF0F3F"/>
     <w:rsid w:val="00AF357D"/>
     <w:rsid w:val="00AF4012"/>
     <w:rsid w:val="00B0245C"/>
     <w:rsid w:val="00B07058"/>
     <w:rsid w:val="00B10607"/>
     <w:rsid w:val="00B138B7"/>
     <w:rsid w:val="00B1705B"/>
     <w:rsid w:val="00B177DD"/>
     <w:rsid w:val="00B225C5"/>
     <w:rsid w:val="00B2526D"/>
     <w:rsid w:val="00B277B4"/>
     <w:rsid w:val="00B368E5"/>
     <w:rsid w:val="00B40F7B"/>
@@ -19172,51 +19342,55 @@
                 </w:div>
               </w:divsChild>
             </w:div>
           </w:divsChild>
         </w:div>
       </w:divsChild>
     </w:div>
     <w:div w:id="2072071400">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-3829-4951" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:marisolmoralesrodriguez@gmail.com" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-3829-4951" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:marisolmoralesrodriguez@gmail.com" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
+</file>
+
+<file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -19469,96 +19643,96 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="/APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
-[...2 lines deleted...]
-<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <go:gDocsCustomXmlDataStorage xmlns:go="http://customooxmlschemas.google.com/" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" uri="GoogleDocsCustomDataVersion1">
   <go:docsCustomData xmlns:go="http://customooxmlschemas.google.com/" roundtripDataSignature="AMtx7mgb7ytlZP/fkAWGkQReT9Lk6jkCuw==">AMUW2mViHG+KZCNQKeuNiw1i/9XlFVFumS4eK1iRnbXgHgjXa7x4Cx//p3jaK7qs/3kungauRrTjuqQVz/H5ygoa81T1psTZp49ebV/m/ghY14XBBkqCULM=</go:docsCustomData>
 </go:gDocsCustomXmlDataStorage>
 </file>
 
-<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-[...4 lines deleted...]
-</ds:datastoreItem>
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="/APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
-<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{11111111-1234-1234-1234-123412341234}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://customooxmlschemas.google.com/"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/relationships"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{87352672-7FB3-C244-AAD7-532A0C42B36D}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Normal</Template>
+  <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
-  <Pages>14</Pages>
-[...1 lines deleted...]
-  <Characters>34405</Characters>
+  <Pages>15</Pages>
+  <Words>6262</Words>
+  <Characters>34444</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>286</Lines>
+  <Lines>287</Lines>
   <Paragraphs>81</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Título</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>40579</CharactersWithSpaces>
+  <CharactersWithSpaces>40625</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>alfredo</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>