--- v0 (2025-10-09)
+++ v1 (2026-02-21)
@@ -1,231 +1,277 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
+  <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
-  <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
-  <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
-[...1 lines deleted...]
-  <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w14:paraId="3430F3C9" w14:textId="7DA60DCF" w:rsidR="00752F57" w:rsidRPr="00447209" w:rsidRDefault="00752F57" w:rsidP="00447209">
+    <w:p w14:paraId="514B576A" w14:textId="1ED49D1D" w:rsidR="007D527C" w:rsidRPr="007D527C" w:rsidRDefault="007D527C" w:rsidP="007D527C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007D527C">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>DOI: https://doi.org/10.23913/cagi.v11i22.327</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2C975816" w14:textId="77777777" w:rsidR="007D527C" w:rsidRDefault="007D527C" w:rsidP="00447209">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00447209">
+    </w:p>
+    <w:p w14:paraId="3430F3C9" w14:textId="1DB4651A" w:rsidR="00752F57" w:rsidRPr="007D527C" w:rsidRDefault="00752F57" w:rsidP="007D527C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="28"/>
-[...4 lines deleted...]
-      <w:r w:rsidR="00FD363F" w:rsidRPr="00447209">
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007D527C">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="28"/>
-[...4 lines deleted...]
-      <w:r w:rsidRPr="00447209">
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Ambientes de </w:t>
+      </w:r>
+      <w:r w:rsidR="00FD363F" w:rsidRPr="007D527C">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="28"/>
-[...4 lines deleted...]
-      <w:r w:rsidR="00FD363F" w:rsidRPr="00447209">
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>a</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007D527C">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="28"/>
-[...4 lines deleted...]
-      <w:r w:rsidRPr="00447209">
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve">prendizaje como una herramienta </w:t>
+      </w:r>
+      <w:r w:rsidR="00FD363F" w:rsidRPr="007D527C">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="28"/>
-          <w:szCs w:val="28"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>d</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007D527C">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>idáctica</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0EE9DBA2" w14:textId="032A3C3E" w:rsidR="00FD363F" w:rsidRPr="00447209" w:rsidRDefault="00FD363F" w:rsidP="00447209">
-[...2 lines deleted...]
-        <w:jc w:val="both"/>
+    <w:p w14:paraId="37410082" w14:textId="77777777" w:rsidR="007D527C" w:rsidRDefault="007D527C" w:rsidP="007D527C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
-          <w:sz w:val="24"/>
-[...4 lines deleted...]
-      <w:r w:rsidRPr="00447209">
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0EE9DBA2" w14:textId="451AFBF7" w:rsidR="00FD363F" w:rsidRPr="007D527C" w:rsidRDefault="00FD363F" w:rsidP="007D527C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
-          <w:sz w:val="24"/>
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00447209">
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007D527C">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
-          <w:sz w:val="24"/>
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00447209">
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>Learning</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007D527C">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
-          <w:sz w:val="24"/>
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00447209">
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007D527C">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
-          <w:sz w:val="24"/>
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00447209">
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>environments</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007D527C">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
-          <w:sz w:val="24"/>
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00447209">
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> as a </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007D527C">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
-          <w:sz w:val="24"/>
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00447209">
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>teaching</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007D527C">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
-          <w:sz w:val="24"/>
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00447209">
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007D527C">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
-          <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>tool</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007D527C">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="22A96565" w14:textId="77777777" w:rsidR="00FD363F" w:rsidRDefault="00FD363F" w:rsidP="003E76DF">
+    <w:p w14:paraId="22A96565" w14:textId="77777777" w:rsidR="00FD363F" w:rsidRPr="007D527C" w:rsidRDefault="00FD363F" w:rsidP="007D527C">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="708"/>
-        <w:jc w:val="both"/>
-[...3 lines deleted...]
-          <w:szCs w:val="24"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="2548CAE8" w14:textId="77777777" w:rsidR="00447209" w:rsidRDefault="00447209" w:rsidP="003E76DF">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="4431CCEB" w14:textId="77777777" w:rsidR="00447209" w:rsidRPr="003E76DF" w:rsidRDefault="00447209" w:rsidP="003E76DF">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
@@ -291,84 +337,84 @@
         <w:r w:rsidRPr="003E76DF">
           <w:rPr>
             <w:rStyle w:val="Hipervnculo"/>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
             <w:color w:val="FF0000"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
             <w:u w:val="none"/>
           </w:rPr>
           <w:t>sel1310@hotmail.com</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w14:paraId="780BEB01" w14:textId="77777777" w:rsidR="00752F57" w:rsidRPr="003E76DF" w:rsidRDefault="00752F57" w:rsidP="003E76DF">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="3F38BEB5" w14:textId="62013893" w:rsidR="00752F57" w:rsidRPr="003E76DF" w:rsidRDefault="00752F57" w:rsidP="003E76DF">
+    <w:p w14:paraId="3F38BEB5" w14:textId="62013893" w:rsidR="00752F57" w:rsidRPr="007D527C" w:rsidRDefault="00752F57" w:rsidP="003E76DF">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="333333"/>
-          <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="003E76DF">
+      <w:r w:rsidRPr="007D527C">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="333333"/>
-          <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>R</w:t>
       </w:r>
-      <w:r w:rsidR="003E76DF" w:rsidRPr="003E76DF">
+      <w:r w:rsidR="003E76DF" w:rsidRPr="007D527C">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="333333"/>
-          <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>esumen</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="30A1CEF9" w14:textId="08EF512B" w:rsidR="00CA663A" w:rsidRPr="003E76DF" w:rsidRDefault="00CA663A" w:rsidP="003E76DF">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003E76DF">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Los ambientes de aprendizaje no solo facilitan la transmisión de conocimientos, sino que también potencian la experiencia educativa al hacerla más dinámica, inclusiva y orientada al desarrollo integral de los estudiantes.</w:t>
       </w:r>
       <w:r w:rsidR="00410049" w:rsidRPr="003E76DF">
         <w:rPr>
@@ -390,67 +436,67 @@
     <w:p w14:paraId="12AFE561" w14:textId="77777777" w:rsidR="003E76DF" w:rsidRDefault="003E76DF" w:rsidP="003E76DF">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="1E30A3C1" w14:textId="466EF168" w:rsidR="00752F57" w:rsidRPr="003E76DF" w:rsidRDefault="00752F57" w:rsidP="003E76DF">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="003E76DF">
+      <w:r w:rsidRPr="007D527C">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>P</w:t>
       </w:r>
-      <w:r w:rsidR="003E76DF" w:rsidRPr="003E76DF">
+      <w:r w:rsidR="003E76DF" w:rsidRPr="007D527C">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>alabras clave</w:t>
       </w:r>
       <w:r w:rsidRPr="003E76DF">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
       <w:r w:rsidR="002A0814" w:rsidRPr="003E76DF">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="002A0814" w:rsidRPr="003E76DF">
         <w:rPr>
@@ -499,80 +545,80 @@
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>, Habilidades</w:t>
       </w:r>
       <w:r w:rsidR="002A0814" w:rsidRPr="003E76DF">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="554B35E4" w14:textId="77777777" w:rsidR="00DD28DE" w:rsidRPr="003E76DF" w:rsidRDefault="00DD28DE" w:rsidP="003E76DF">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="1BBBE7E4" w14:textId="337954B9" w:rsidR="00DD28DE" w:rsidRPr="003E76DF" w:rsidRDefault="00DD28DE" w:rsidP="003E76DF">
+    <w:p w14:paraId="1BBBE7E4" w14:textId="337954B9" w:rsidR="00DD28DE" w:rsidRPr="007D527C" w:rsidRDefault="00DD28DE" w:rsidP="003E76DF">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="24"/>
-[...4 lines deleted...]
-      <w:r w:rsidRPr="003E76DF">
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007D527C">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>A</w:t>
       </w:r>
-      <w:r w:rsidR="003E76DF" w:rsidRPr="003E76DF">
+      <w:r w:rsidR="003E76DF" w:rsidRPr="007D527C">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>bstract</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
     </w:p>
     <w:p w14:paraId="28C0DAF4" w14:textId="69A6E138" w:rsidR="00CA663A" w:rsidRDefault="00CA663A" w:rsidP="003E76DF">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="003E76DF">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Learning</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
@@ -1002,67 +1048,57 @@
       <w:r w:rsidRPr="003E76DF">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>students</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="003E76DF">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="00410049" w:rsidRPr="003E76DF">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-[...15 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+      <w:r w:rsidRPr="003E76DF">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">The </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="003E76DF">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>interest</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="003E76DF">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> in </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="003E76DF">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
@@ -2158,283 +2194,237 @@
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="28B3EFB9" w14:textId="77777777" w:rsidR="003E76DF" w:rsidRPr="003E76DF" w:rsidRDefault="003E76DF" w:rsidP="003E76DF">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="31F22B5A" w14:textId="77777777" w:rsidR="003E76DF" w:rsidRDefault="00DD28DE" w:rsidP="003E76DF">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="003E76DF">
+      <w:r w:rsidRPr="007D527C">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>K</w:t>
       </w:r>
-      <w:r w:rsidR="003E76DF" w:rsidRPr="003E76DF">
+      <w:r w:rsidR="003E76DF" w:rsidRPr="007D527C">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">ey </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidR="003E76DF" w:rsidRPr="003E76DF">
+      <w:r w:rsidR="003E76DF" w:rsidRPr="007D527C">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>words</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="003E76DF">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">: </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="002A0814" w:rsidRPr="003E76DF">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Education</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="002A0814" w:rsidRPr="003E76DF">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="002A0814" w:rsidRPr="003E76DF">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Society</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="002A0814" w:rsidRPr="003E76DF">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">, </w:t>
+        <w:t xml:space="preserve">, Teacher, Knowledge, </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="002A0814" w:rsidRPr="003E76DF">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Teacher</w:t>
+        <w:t>Skills</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="002A0814" w:rsidRPr="003E76DF">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">, </w:t>
-[...34 lines deleted...]
-        </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="70B88D31" w14:textId="77777777" w:rsidR="003E76DF" w:rsidRDefault="003E76DF" w:rsidP="003E76DF">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="7A0FB588" w14:textId="3275EAAC" w:rsidR="00DD68A7" w:rsidRPr="003E76DF" w:rsidRDefault="003E76DF" w:rsidP="003E76DF">
+    <w:p w14:paraId="7A0FB588" w14:textId="3275EAAC" w:rsidR="00DD68A7" w:rsidRPr="007D527C" w:rsidRDefault="003E76DF" w:rsidP="003E76DF">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003E76DF">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4B06E1FA" w14:textId="67FFA1DF" w:rsidR="00752F57" w:rsidRPr="003E76DF" w:rsidRDefault="00752F57" w:rsidP="003E76DF">
+    <w:p w14:paraId="4B06E1FA" w14:textId="67FFA1DF" w:rsidR="00752F57" w:rsidRPr="007D527C" w:rsidRDefault="00752F57" w:rsidP="003E76DF">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="333333"/>
-          <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="003E76DF">
+      <w:r w:rsidRPr="007D527C">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>I</w:t>
       </w:r>
-      <w:r w:rsidR="003E76DF" w:rsidRPr="003E76DF">
+      <w:r w:rsidR="003E76DF" w:rsidRPr="007D527C">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>ntroducción</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="49A91CC7" w14:textId="77777777" w:rsidR="009E4136" w:rsidRDefault="009E4136" w:rsidP="003E76DF">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="333333"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003E76DF">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="333333"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
-        <w:t xml:space="preserve">Uno de los principales retos que enfrenta la sociedad contemporánea es la mejora continua de la calidad educativa, especialmente ante la necesidad de una educación que forme a estudiantes capaces de responder de manera crítica y autónoma a las complejidades del mundo actual. Este compromiso, tanto de los educadores como de las instituciones educativas, implica una transformación que no se restringe a la mera transferencia de conocimientos, sino que también abarca el desarrollo de habilidades para el pensamiento crítico y la capacidad de resolver problemas significativos. (Pérez &amp; Rodríguez, 2020). Como destacan estos autores, la educación debe transitar hacia un modelo que sitúe a los estudiantes en el centro de su propio proceso de aprendizaje, brindándoles oportunidades para </w:t>
-[...8 lines deleted...]
-        </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t>investigar, cuestionar y construir soluciones que enriquezcan sus ideas y favorezcan una comprensión profunda y contextualizada.</w:t>
+        <w:t>Uno de los principales retos que enfrenta la sociedad contemporánea es la mejora continua de la calidad educativa, especialmente ante la necesidad de una educación que forme a estudiantes capaces de responder de manera crítica y autónoma a las complejidades del mundo actual. Este compromiso, tanto de los educadores como de las instituciones educativas, implica una transformación que no se restringe a la mera transferencia de conocimientos, sino que también abarca el desarrollo de habilidades para el pensamiento crítico y la capacidad de resolver problemas significativos. (Pérez &amp; Rodríguez, 2020). Como destacan estos autores, la educación debe transitar hacia un modelo que sitúe a los estudiantes en el centro de su propio proceso de aprendizaje, brindándoles oportunidades para investigar, cuestionar y construir soluciones que enriquezcan sus ideas y favorezcan una comprensión profunda y contextualizada.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="223631BD" w14:textId="77777777" w:rsidR="00447209" w:rsidRPr="003E76DF" w:rsidRDefault="00447209" w:rsidP="003E76DF">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="333333"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="77C1C8B2" w14:textId="77777777" w:rsidR="009E4136" w:rsidRDefault="009E4136" w:rsidP="003E76DF">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="333333"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
@@ -2518,167 +2508,167 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="333333"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>Este enfoque flexible no solo incentiva una participación en el proceso de aprendizaje, sino que también facilita el desarrollo de competencias necesarias para abordar los desafíos que presenta un mundo en constante evolución. De este modo, se prepara a los estudiantes para que se integren y realicen contribuciones positivas en sus respectivos entornos sociales y profesionales.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="67644DA6" w14:textId="77777777" w:rsidR="007935B8" w:rsidRPr="003E76DF" w:rsidRDefault="007935B8" w:rsidP="003E76DF">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="333333"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="2B2C73AC" w14:textId="090B028C" w:rsidR="00B77128" w:rsidRPr="003E76DF" w:rsidRDefault="00B77128" w:rsidP="003E76DF">
+    <w:p w14:paraId="2B2C73AC" w14:textId="090B028C" w:rsidR="00B77128" w:rsidRPr="007D527C" w:rsidRDefault="00B77128" w:rsidP="003E76DF">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="708"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="333333"/>
-          <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="003E76DF">
+      <w:r w:rsidRPr="007D527C">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="333333"/>
-          <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>O</w:t>
       </w:r>
-      <w:r w:rsidR="003E76DF" w:rsidRPr="003E76DF">
+      <w:r w:rsidR="003E76DF" w:rsidRPr="007D527C">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="333333"/>
-          <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>bjetivo</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6C4F3E7F" w14:textId="77777777" w:rsidR="009E4136" w:rsidRPr="003E76DF" w:rsidRDefault="009E4136" w:rsidP="003E76DF">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="333333"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003E76DF">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="es-MX"/>
         </w:rPr>
         <w:t>El profesor contribuirá al desarrollo de habilidades intelectuales fundamentales en sus estudiantes, incluyendo la atención, la retención de información, el análisis y la abstracción.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="37581297" w14:textId="77777777" w:rsidR="00A91BAE" w:rsidRPr="003E76DF" w:rsidRDefault="00A91BAE" w:rsidP="003E76DF">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="333333"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="35924523" w14:textId="542C236A" w:rsidR="00B77128" w:rsidRPr="003E76DF" w:rsidRDefault="00B77128" w:rsidP="003E76DF">
+    <w:p w14:paraId="35924523" w14:textId="542C236A" w:rsidR="00B77128" w:rsidRPr="007D527C" w:rsidRDefault="00B77128" w:rsidP="003E76DF">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="708"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="333333"/>
-          <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="003E76DF">
+      <w:r w:rsidRPr="007D527C">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="333333"/>
-          <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>J</w:t>
       </w:r>
-      <w:r w:rsidR="003E76DF" w:rsidRPr="003E76DF">
+      <w:r w:rsidR="003E76DF" w:rsidRPr="007D527C">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="333333"/>
-          <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>ustificación</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="719C088F" w14:textId="0028A5DA" w:rsidR="009E4136" w:rsidRDefault="009E4136" w:rsidP="003E76DF">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="333333"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003E76DF">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="333333"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
@@ -2773,85 +2763,85 @@
       </w:pPr>
     </w:p>
     <w:p w14:paraId="77ACE955" w14:textId="77777777" w:rsidR="009E4136" w:rsidRPr="003E76DF" w:rsidRDefault="009E4136" w:rsidP="003E76DF">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="333333"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003E76DF">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="333333"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>En conjunto, esta estrategia didáctica busca que los alumnos no solo logren un aprendizaje significativo, sino que también se conviertan en individuos autónomos, estratégicos y éticos. Así, se espera que los estudiantes se preparen para afrontar los desafíos del mundo contemporáneo con confianza y responsabilidad, convirtiéndose en ciudadanos comprometidos y capaces de contribuir positivamente a su comunidad.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="284D3667" w14:textId="4818DD5F" w:rsidR="00DD28DE" w:rsidRPr="003E76DF" w:rsidRDefault="00DD28DE" w:rsidP="003E76DF">
+    <w:p w14:paraId="284D3667" w14:textId="4818DD5F" w:rsidR="00DD28DE" w:rsidRPr="007D527C" w:rsidRDefault="00DD28DE" w:rsidP="003E76DF">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="708"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="333333"/>
-          <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="003E76DF">
+      <w:r w:rsidRPr="007D527C">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="333333"/>
-          <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>M</w:t>
       </w:r>
-      <w:r w:rsidR="003E76DF" w:rsidRPr="003E76DF">
+      <w:r w:rsidR="003E76DF" w:rsidRPr="007D527C">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="333333"/>
-          <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>etodología</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4F6DD118" w14:textId="77777777" w:rsidR="001106D8" w:rsidRDefault="001106D8" w:rsidP="003E76DF">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="333333"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003E76DF">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="333333"/>
         </w:rPr>
         <w:t xml:space="preserve">En los entornos de aprendizaje, es fundamental considerar no solo la infraestructura, los materiales y los recursos de apoyo, que sin duda son relevantes, sino que la verdadera esencia de estos espacios radica en la iniciativa, la creatividad, la capacidad y la interacción del docente que lidera el proceso de enseñanza-aprendizaje. </w:t>
       </w:r>
     </w:p>
@@ -2908,78 +2898,84 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="333333"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003E76DF">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="333333"/>
         </w:rPr>
         <w:t>Es esencial, por lo tanto, que los docentes actuemos como modelos a seguir para nuestros estudiantes. Nuestra conducta debe estar alineada con las expectativas que tenemos para ellos. Por ejemplo, si establecemos reglas que prohíben el abuso verbal o físico y que limitan los ruidos que interrumpen el trabajo de los demás, nosotros como educadores también debemos adherirnos a esas normas.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0E17B950" w14:textId="77777777" w:rsidR="003E76DF" w:rsidRPr="003E76DF" w:rsidRDefault="003E76DF" w:rsidP="003E76DF">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="333333"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="22B46142" w14:textId="5211FACF" w:rsidR="001106D8" w:rsidRPr="003E76DF" w:rsidRDefault="001106D8" w:rsidP="003E76DF">
+    <w:p w14:paraId="22B46142" w14:textId="5211FACF" w:rsidR="001106D8" w:rsidRPr="007D527C" w:rsidRDefault="001106D8" w:rsidP="003E76DF">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="333333"/>
-        </w:rPr>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="003E76DF">
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007D527C">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>D</w:t>
       </w:r>
-      <w:r w:rsidR="003E76DF" w:rsidRPr="003E76DF">
+      <w:r w:rsidR="003E76DF" w:rsidRPr="007D527C">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>esarrollo</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7D03F03F" w14:textId="77777777" w:rsidR="001106D8" w:rsidRDefault="001106D8" w:rsidP="003E76DF">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="es-MX"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003E76DF">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="es-MX"/>
         </w:rPr>
@@ -2998,50 +2994,51 @@
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="es-MX"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="1B24A7D6" w14:textId="77777777" w:rsidR="001106D8" w:rsidRDefault="001106D8" w:rsidP="003E76DF">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="es-MX"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003E76DF">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="es-MX"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>En su práctica diaria, los docentes deben encontrar un equilibrio entre las innovaciones educativas que promueven cambios en el proceso de enseñanza y las metodologías que han demostrado su efectividad a lo largo del tiempo. El ambiente de aprendizaje no es un elemento fijo; se transforma continuamente a medida que los estudiantes interactúan con él. Como argumenta Papert (1980), el aprendizaje se produce en un contexto social y cultural, lo que implica que el entorno educativo también se adapta a las dinámicas del grupo.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="33BD05AD" w14:textId="77777777" w:rsidR="003E76DF" w:rsidRPr="003E76DF" w:rsidRDefault="003E76DF" w:rsidP="003E76DF">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="es-MX"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="68477576" w14:textId="11A1397A" w:rsidR="001106D8" w:rsidRDefault="001106D8" w:rsidP="003E76DF">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
@@ -3070,84 +3067,51 @@
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="es-MX"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="18721CF7" w14:textId="748471D7" w:rsidR="001106D8" w:rsidRDefault="001106D8" w:rsidP="003E76DF">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="es-MX"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003E76DF">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="es-MX"/>
         </w:rPr>
-        <w:t xml:space="preserve">La influencia de los medios de comunicación ha alterado la forma en que los ciudadanos adquieren conocimientos. Sin embargo, la institución educativa tradicional enfrenta desafíos para adaptarse </w:t>
-[...32 lines deleted...]
-        <w:t xml:space="preserve"> y Marín (2013), los ambientes de aprendizaje deben ser dinámicos y flexibles para satisfacer las demandas de una sociedad en continuo cambio.</w:t>
+        <w:t>La influencia de los medios de comunicación ha alterado la forma en que los ciudadanos adquieren conocimientos. Sin embargo, la institución educativa tradicional enfrenta desafíos para adaptarse plenamente a estas nuevas realidades. Como afirman Scolari y Marín (2013), los ambientes de aprendizaje deben ser dinámicos y flexibles para satisfacer las demandas de una sociedad en continuo cambio.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7EF5679B" w14:textId="77777777" w:rsidR="00447209" w:rsidRPr="003E76DF" w:rsidRDefault="00447209" w:rsidP="003E76DF">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="es-MX"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="6CCDF530" w14:textId="77777777" w:rsidR="001106D8" w:rsidRDefault="001106D8" w:rsidP="003E76DF">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="es-MX"/>
@@ -3191,84 +3155,84 @@
       </w:pPr>
       <w:r w:rsidRPr="003E76DF">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="es-MX"/>
         </w:rPr>
         <w:t>El propósito de estas iniciativas es fomentar entre los estudiantes el hábito de la lectura, la organización clara y coherente de sus ideas, así como la expresión oral y escrita. La implementación efectiva de estos conocimientos se logra cuando las estrategias del docente están centradas en el aprendizaje del alumno, utilizando métodos didácticos que favorezcan dicho proceso. En este sentido, se justifica la creación de una estrategia didáctica para la Unidad de Aprendizaje de Filosofía, donde tanto el docente como el alumno desempeñan roles activos, integrando la enseñanza y el aprendizaje de manera dinámica.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="557C95A9" w14:textId="77777777" w:rsidR="003E76DF" w:rsidRPr="003E76DF" w:rsidRDefault="003E76DF" w:rsidP="003E76DF">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="es-MX"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="33C85866" w14:textId="677C9992" w:rsidR="001106D8" w:rsidRPr="003E76DF" w:rsidRDefault="001106D8" w:rsidP="003E76DF">
+    <w:p w14:paraId="33C85866" w14:textId="677C9992" w:rsidR="001106D8" w:rsidRPr="007D527C" w:rsidRDefault="001106D8" w:rsidP="003E76DF">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
-          <w:sz w:val="24"/>
-[...4 lines deleted...]
-      <w:r w:rsidRPr="003E76DF">
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:eastAsia="es-MX"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007D527C">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
-          <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
           <w:lang w:eastAsia="es-MX"/>
         </w:rPr>
         <w:t>R</w:t>
       </w:r>
-      <w:r w:rsidR="003E76DF" w:rsidRPr="003E76DF">
+      <w:r w:rsidR="003E76DF" w:rsidRPr="007D527C">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
-          <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
           <w:lang w:eastAsia="es-MX"/>
         </w:rPr>
         <w:t>esultados</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="27F4040B" w14:textId="77777777" w:rsidR="001106D8" w:rsidRDefault="001106D8" w:rsidP="003E76DF">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="222222"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003E76DF">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="222222"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
@@ -3288,51 +3252,62 @@
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="574BDC4E" w14:textId="77777777" w:rsidR="001106D8" w:rsidRPr="003E76DF" w:rsidRDefault="001106D8" w:rsidP="003E76DF">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="222222"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003E76DF">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="222222"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
-        <w:t>La promoción de un ambiente de aprendizaje adecuado garantiza que los contenidos se asimilen de forma efectiva y en un contexto propicio. Esto facilita un aprendizaje significativo, donde los estudiantes no solo memorizan información, sino que logran comprender y aplicar los conocimientos adquiridos en diversas situaciones. Un entorno bien estructurado, acompañado de recursos adecuados, puede estimular el pensamiento crítico y la creatividad, habilidades esenciales en el contexto contemporáneo.</w:t>
+        <w:t xml:space="preserve">La promoción de un ambiente de aprendizaje adecuado garantiza que los contenidos se asimilen de forma efectiva y en un contexto propicio. Esto facilita un aprendizaje significativo, donde los estudiantes </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003E76DF">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="222222"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>no solo memorizan información, sino que logran comprender y aplicar los conocimientos adquiridos en diversas situaciones. Un entorno bien estructurado, acompañado de recursos adecuados, puede estimular el pensamiento crítico y la creatividad, habilidades esenciales en el contexto contemporáneo.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="144F9306" w14:textId="77777777" w:rsidR="001106D8" w:rsidRDefault="001106D8" w:rsidP="003E76DF">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="222222"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003E76DF">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="222222"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>Los ambientes de aprendizaje que se consideran estimulantes despiertan un interés genuino en los estudiantes, permitiéndoles ver el proceso de enseñanza-aprendizaje no como una simple obligación académica, sino como una experiencia enriquecedora y motivadora. Este cambio de perspectiva es crucial, ya que un estudiante motivado tiende a involucrarse de manera activa en su propio proceso de aprendizaje. Al experimentar entusiasmo por el contenido y el proceso, los alumnos están más inclinados a investigar, formular preguntas y participar en discusiones significativas, lo que enriquece su experiencia educativa.</w:t>
       </w:r>
     </w:p>
@@ -3383,136 +3358,135 @@
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="56EFCF1C" w14:textId="77777777" w:rsidR="001106D8" w:rsidRDefault="001106D8" w:rsidP="003E76DF">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="222222"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003E76DF">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="222222"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>Además, un ambiente de aprendizaje positivo tiene un impacto notable en la salud mental y emocional de los estudiantes. Al sentirse seguros y respaldados, los alumnos pueden concentrarse con mayor eficacia y desarrollar una mayor resiliencia ante los desafíos. Este bienestar emocional se convierte en un factor clave que impulsa la motivación y la capacidad de los estudiantes para enfrentar la incertidumbre y el estrés.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0BF1EC1A" w14:textId="77777777" w:rsidR="00447209" w:rsidRPr="003E76DF" w:rsidRDefault="00447209" w:rsidP="003E76DF">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="222222"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="48E9508B" w14:textId="77777777" w:rsidR="001106D8" w:rsidRDefault="001106D8" w:rsidP="003E76DF">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="222222"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003E76DF">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="222222"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>Finalmente, la creación de un entorno de aprendizaje favorable no recae exclusivamente en la responsabilidad de los docentes; requiere la colaboración de toda la comunidad educativa, incluidos padres, administradores y otros miembros del personal. Juntos, estos actores pueden edificar un espacio donde todos los estudiantes se sientan valorados, comprendidos y motivados a alcanzar su máximo potencial. En este sentido, el compromiso de todos los involucrados es esencial para garantizar que cada estudiante tenga la oportunidad de prosperar en su proceso educativo.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="01B7A3B7" w14:textId="77777777" w:rsidR="003E76DF" w:rsidRPr="003E76DF" w:rsidRDefault="003E76DF" w:rsidP="003E76DF">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="39C3C980" w14:textId="76270F36" w:rsidR="001106D8" w:rsidRPr="003E76DF" w:rsidRDefault="001106D8" w:rsidP="003E76DF">
+    <w:p w14:paraId="39C3C980" w14:textId="76270F36" w:rsidR="001106D8" w:rsidRPr="007D527C" w:rsidRDefault="001106D8" w:rsidP="003E76DF">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="708"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
-          <w:sz w:val="24"/>
-[...4 lines deleted...]
-      <w:r w:rsidRPr="003E76DF">
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:eastAsia="es-MX"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007D527C">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
-          <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
           <w:lang w:eastAsia="es-MX"/>
         </w:rPr>
         <w:t>C</w:t>
       </w:r>
-      <w:r w:rsidR="003E76DF" w:rsidRPr="003E76DF">
+      <w:r w:rsidR="003E76DF" w:rsidRPr="007D527C">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
-          <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
           <w:lang w:eastAsia="es-MX"/>
         </w:rPr>
         <w:t>onclusiones</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="271607A5" w14:textId="77777777" w:rsidR="001106D8" w:rsidRDefault="001106D8" w:rsidP="003E76DF">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="es-MX"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003E76DF">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="es-MX"/>
@@ -3717,76 +3691,74 @@
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="es-MX"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="3F2F4C54" w14:textId="77777777" w:rsidR="003E76DF" w:rsidRDefault="003E76DF" w:rsidP="003E76DF">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="es-MX"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="2B442AFB" w14:textId="23E5B50C" w:rsidR="00B14BF9" w:rsidRPr="003E76DF" w:rsidRDefault="001106D8" w:rsidP="003E76DF">
+    <w:p w14:paraId="2B442AFB" w14:textId="23E5B50C" w:rsidR="00B14BF9" w:rsidRPr="003E76DF" w:rsidRDefault="001106D8" w:rsidP="007D527C">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="708"/>
-        <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="es-MX"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003E76DF">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="es-MX"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>R</w:t>
       </w:r>
       <w:r w:rsidR="003E76DF" w:rsidRPr="003E76DF">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="es-MX"/>
         </w:rPr>
         <w:t>eferencias</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7131BAF8" w14:textId="1D986CE1" w:rsidR="00B14BF9" w:rsidRPr="003E76DF" w:rsidRDefault="00B14BF9" w:rsidP="003E76DF">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="es-MX"/>
         </w:rPr>
@@ -3843,118 +3815,74 @@
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="es-MX"/>
         </w:rPr>
         <w:t xml:space="preserve">: A cognitive </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="003E76DF">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="es-MX"/>
         </w:rPr>
         <w:t>view</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="003E76DF">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="es-MX"/>
         </w:rPr>
-        <w:t xml:space="preserve">*. Holt, </w:t>
-[...21 lines deleted...]
-        <w:t xml:space="preserve"> and Winston.  </w:t>
+        <w:t xml:space="preserve">*. Holt, Rinehart and Winston.  </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="178867F3" w14:textId="77777777" w:rsidR="00B14BF9" w:rsidRPr="003E76DF" w:rsidRDefault="00B14BF9" w:rsidP="00707A4E">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="es-MX"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003E76DF">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="es-MX"/>
         </w:rPr>
-        <w:t>Bruner, J. (1996). *</w:t>
-[...21 lines deleted...]
-        <w:t xml:space="preserve"> culture </w:t>
+        <w:t xml:space="preserve">Bruner, J. (1996). *The culture </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="003E76DF">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="es-MX"/>
         </w:rPr>
         <w:t>of</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="003E76DF">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="es-MX"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="003E76DF">
@@ -3976,108 +3904,74 @@
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="es-MX"/>
         </w:rPr>
         <w:t xml:space="preserve">*. Harvard </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="003E76DF">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="es-MX"/>
         </w:rPr>
         <w:t>University</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="003E76DF">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="es-MX"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...21 lines deleted...]
-        <w:t xml:space="preserve">.  </w:t>
+        <w:t xml:space="preserve"> Press.  </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="481901BE" w14:textId="34A420BB" w:rsidR="00B14BF9" w:rsidRPr="003E76DF" w:rsidRDefault="00B14BF9" w:rsidP="00707A4E">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="es-MX"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="spellStart"/>
-[...19 lines deleted...]
-        <w:t xml:space="preserve">, J. (2017). *Transformaciones en el aprendizaje: Un enfoque educativo*. Editorial Gedisa.  </w:t>
+      <w:r w:rsidRPr="003E76DF">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="es-MX"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Cerdan, J. (2017). *Transformaciones en el aprendizaje: Un enfoque educativo*. Editorial Gedisa.  </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0264ADFE" w14:textId="4B5B6149" w:rsidR="00B14BF9" w:rsidRPr="003E76DF" w:rsidRDefault="00B14BF9" w:rsidP="00707A4E">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="567" w:hanging="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="es-MX"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003E76DF">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="es-MX"/>
         </w:rPr>
         <w:t xml:space="preserve">Escobar, L. (2017). *El entorno de aprendizaje y su impacto en el desarrollo de competencias*. Editorial Académica.  </w:t>
       </w:r>
@@ -4332,73 +4226,51 @@
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="es-MX"/>
         </w:rPr>
         <w:t xml:space="preserve">, and </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="003E76DF">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="es-MX"/>
         </w:rPr>
         <w:t>powerful</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="003E76DF">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="es-MX"/>
         </w:rPr>
-        <w:t xml:space="preserve"> ideas*. Basic </w:t>
-[...21 lines deleted...]
-        <w:t xml:space="preserve">.  </w:t>
+        <w:t xml:space="preserve"> ideas*. Basic Books.  </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5F72A346" w14:textId="476D452C" w:rsidR="00B14BF9" w:rsidRPr="003E76DF" w:rsidRDefault="00B14BF9" w:rsidP="00707A4E">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="567" w:hanging="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="es-MX"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003E76DF">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="es-MX"/>
         </w:rPr>
         <w:t xml:space="preserve">Pérez, F., &amp; Rodríguez, S. (2020). *Transformación educativa en la sociedad contemporánea*. Ediciones Pedagógicas.  </w:t>
       </w:r>
@@ -4425,87 +4297,76 @@
         </w:rPr>
         <w:t xml:space="preserve">Ruiz, T. (2018). *Motivación y aprendizaje en contextos educativos actuales*. Editorial Científica.  </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="19E31E18" w14:textId="124B2CF8" w:rsidR="00B14BF9" w:rsidRPr="003E76DF" w:rsidRDefault="00B14BF9" w:rsidP="00707A4E">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="567" w:hanging="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="es-MX"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003E76DF">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="es-MX"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Sánchez, M., &amp; Ramírez, A. (2020). *La educación frente a una sociedad en cambio constante*. Ediciones Pedagógicas.  </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="67C87CA1" w14:textId="4D3E1465" w:rsidR="00A628B9" w:rsidRDefault="00B14BF9" w:rsidP="0020294B">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="567" w:hanging="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="es-MX"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="spellStart"/>
-[...19 lines deleted...]
-        <w:t>, C. A., &amp; Marín, P. (2013). *</w:t>
+      <w:r w:rsidRPr="003E76DF">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="es-MX"/>
+        </w:rPr>
+        <w:t>Scolari, C. A., &amp; Marín, P. (2013). *</w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="003E76DF">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="es-MX"/>
         </w:rPr>
         <w:t>Transmedia</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="003E76DF">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="es-MX"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="003E76DF">
@@ -4561,154 +4422,139 @@
     <w:p w14:paraId="48FE3570" w14:textId="49B437E0" w:rsidR="0020294B" w:rsidRPr="003E76DF" w:rsidRDefault="0020294B" w:rsidP="0020294B">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="567" w:hanging="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="es-MX"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="es-MX"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:sectPr w:rsidR="0020294B" w:rsidRPr="003E76DF" w:rsidSect="003E76DF">
-      <w:headerReference w:type="even" r:id="rId9"/>
-[...4 lines deleted...]
-      <w:footerReference w:type="first" r:id="rId14"/>
+      <w:headerReference w:type="default" r:id="rId9"/>
+      <w:footerReference w:type="default" r:id="rId10"/>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="55A8083B" w14:textId="77777777" w:rsidR="00051D0B" w:rsidRDefault="00051D0B" w:rsidP="00D71C8F">
+    <w:p w14:paraId="606404CD" w14:textId="77777777" w:rsidR="007977CB" w:rsidRDefault="007977CB" w:rsidP="00D71C8F">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="749B7B7E" w14:textId="77777777" w:rsidR="00051D0B" w:rsidRDefault="00051D0B" w:rsidP="00D71C8F">
+    <w:p w14:paraId="74C04976" w14:textId="77777777" w:rsidR="007977CB" w:rsidRDefault="007977CB" w:rsidP="00D71C8F">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos">
-    <w:altName w:val="Calibri"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos Display">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-[...8 lines deleted...]
-<file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="7B833ED1" w14:textId="6093935B" w:rsidR="00D71C8F" w:rsidRDefault="00D71C8F" w:rsidP="00D71C8F">
     <w:pPr>
       <w:pStyle w:val="Piedepgina"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:r w:rsidRPr="00F44F95">
       <w:rPr>
         <w:rFonts w:cstheme="minorHAnsi"/>
         <w:b/>
       </w:rPr>
       <w:t>Vol. 1</w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rFonts w:cstheme="minorHAnsi"/>
         <w:b/>
       </w:rPr>
       <w:t>1</w:t>
     </w:r>
     <w:r w:rsidRPr="00F44F95">
       <w:rPr>
         <w:rFonts w:cstheme="minorHAnsi"/>
         <w:b/>
       </w:rPr>
@@ -4759,124 +4605,134 @@
     </w:r>
     <w:proofErr w:type="gramEnd"/>
     <w:r>
       <w:rPr>
         <w:rFonts w:cstheme="minorHAnsi"/>
         <w:b/>
       </w:rPr>
       <w:t xml:space="preserve"> 2024</w:t>
     </w:r>
     <w:r w:rsidRPr="00F44F95">
       <w:rPr>
         <w:rFonts w:cstheme="minorHAnsi"/>
         <w:b/>
       </w:rPr>
       <w:t xml:space="preserve">                         ISSN: 2448 – 6280</w:t>
     </w:r>
   </w:p>
   <w:p w14:paraId="006F9E48" w14:textId="77777777" w:rsidR="00D71C8F" w:rsidRDefault="00D71C8F">
     <w:pPr>
       <w:pStyle w:val="Piedepgina"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
-<file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
-[...8 lines deleted...]
-
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="65CF46A9" w14:textId="77777777" w:rsidR="00051D0B" w:rsidRDefault="00051D0B" w:rsidP="00D71C8F">
+    <w:p w14:paraId="09A91E0F" w14:textId="77777777" w:rsidR="007977CB" w:rsidRDefault="007977CB" w:rsidP="00D71C8F">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="534D5B9F" w14:textId="77777777" w:rsidR="00051D0B" w:rsidRDefault="00051D0B" w:rsidP="00D71C8F">
+    <w:p w14:paraId="7C7E367D" w14:textId="77777777" w:rsidR="007977CB" w:rsidRDefault="007977CB" w:rsidP="00D71C8F">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="256A312A" w14:textId="77777777" w:rsidR="00D71C8F" w:rsidRDefault="00D71C8F">
+  <w:p w14:paraId="633109A2" w14:textId="68A9DFF8" w:rsidR="007D527C" w:rsidRDefault="007D527C">
     <w:pPr>
       <w:pStyle w:val="Encabezado"/>
     </w:pPr>
-  </w:p>
-[...10 lines deleted...]
-    <w:r w:rsidRPr="00690195">
+    <w:r>
       <w:rPr>
-        <w:b/>
-        <w:i/>
+        <w:noProof/>
       </w:rPr>
-      <w:t>Revista Electrónica sobre Cuerpos Académicos y Grupos de Investigación</w:t>
+      <w:drawing>
+        <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="588D2DC6" wp14:editId="17376827">
+          <wp:extent cx="7071360" cy="997585"/>
+          <wp:effectExtent l="0" t="0" r="0" b="0"/>
+          <wp:docPr id="971354733" name="Imagen 1"/>
+          <wp:cNvGraphicFramePr>
+            <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+          </wp:cNvGraphicFramePr>
+          <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+            <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+              <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:nvPicPr>
+                  <pic:cNvPr id="0" name="Picture 1"/>
+                  <pic:cNvPicPr>
+                    <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+                  </pic:cNvPicPr>
+                </pic:nvPicPr>
+                <pic:blipFill>
+                  <a:blip r:embed="rId1">
+                    <a:extLst>
+                      <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                        <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                      </a:ext>
+                    </a:extLst>
+                  </a:blip>
+                  <a:srcRect/>
+                  <a:stretch>
+                    <a:fillRect/>
+                  </a:stretch>
+                </pic:blipFill>
+                <pic:spPr bwMode="auto">
+                  <a:xfrm>
+                    <a:off x="0" y="0"/>
+                    <a:ext cx="7071360" cy="997585"/>
+                  </a:xfrm>
+                  <a:prstGeom prst="rect">
+                    <a:avLst/>
+                  </a:prstGeom>
+                  <a:noFill/>
+                  <a:ln>
+                    <a:noFill/>
+                  </a:ln>
+                </pic:spPr>
+              </pic:pic>
+            </a:graphicData>
+          </a:graphic>
+        </wp:inline>
+      </w:drawing>
     </w:r>
-  </w:p>
-[...13 lines deleted...]
-    </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="37730812"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="D4487CAC"/>
     <w:lvl w:ilvl="0" w:tplc="080A000D">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="080A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
@@ -5001,56 +4857,59 @@
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00752F57"/>
     <w:rsid w:val="00051D0B"/>
     <w:rsid w:val="001106D8"/>
     <w:rsid w:val="00123160"/>
     <w:rsid w:val="0020294B"/>
     <w:rsid w:val="002A0814"/>
     <w:rsid w:val="00363D93"/>
     <w:rsid w:val="003E76DF"/>
     <w:rsid w:val="00407F67"/>
     <w:rsid w:val="00410049"/>
     <w:rsid w:val="00447209"/>
     <w:rsid w:val="0055027F"/>
     <w:rsid w:val="0055720C"/>
     <w:rsid w:val="005F71AB"/>
     <w:rsid w:val="006E34B5"/>
     <w:rsid w:val="00707A4E"/>
     <w:rsid w:val="00752F57"/>
     <w:rsid w:val="007672DC"/>
     <w:rsid w:val="007935B8"/>
+    <w:rsid w:val="007977CB"/>
+    <w:rsid w:val="007D527C"/>
     <w:rsid w:val="008B173B"/>
     <w:rsid w:val="00981ED9"/>
     <w:rsid w:val="009E4136"/>
     <w:rsid w:val="00A1674E"/>
     <w:rsid w:val="00A628B9"/>
     <w:rsid w:val="00A91BAE"/>
+    <w:rsid w:val="00A94B61"/>
     <w:rsid w:val="00AE04C1"/>
     <w:rsid w:val="00B14BF9"/>
     <w:rsid w:val="00B54B9F"/>
     <w:rsid w:val="00B77128"/>
     <w:rsid w:val="00BD0750"/>
     <w:rsid w:val="00C10F4D"/>
     <w:rsid w:val="00CA663A"/>
     <w:rsid w:val="00CB63E2"/>
     <w:rsid w:val="00CE3179"/>
     <w:rsid w:val="00D71C8F"/>
     <w:rsid w:val="00DD28DE"/>
     <w:rsid w:val="00DD68A7"/>
     <w:rsid w:val="00FD363F"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
@@ -5661,51 +5520,50 @@
   </w:style>
   <w:style w:type="paragraph" w:styleId="Ttulo9">
     <w:name w:val="heading 9"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Ttulo9Car"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="00752F57"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:after="0"/>
       <w:outlineLvl w:val="8"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:color w:val="272727" w:themeColor="text1" w:themeTint="D8"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="Fuentedeprrafopredeter">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
-    <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="Tablanormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="Sinlista">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Ttulo1Car">
     <w:name w:val="Título 1 Car"/>
@@ -6077,51 +5935,55 @@
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="PiedepginaCar">
     <w:name w:val="Pie de página Car"/>
     <w:basedOn w:val="Fuentedeprrafopredeter"/>
     <w:link w:val="Piedepgina"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00D71C8F"/>
     <w:rPr>
       <w:kern w:val="0"/>
       <w14:ligatures w14:val="none"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:sel1310@hotmail.com" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:sel1310@hotmail.com" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/></Relationships>
+</file>
+
+<file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="0E2841"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E8E8E8"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="156082"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="E97132"/>
       </a:accent2>
       <a:accent3>
@@ -6393,72 +6255,72 @@
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{8ED8D47E-5F3E-4333-954B-D7F48D64B7CB}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Normal</Template>
+  <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
-  <Pages>6</Pages>
-[...1 lines deleted...]
-  <Characters>14605</Characters>
+  <Pages>7</Pages>
+  <Words>2662</Words>
+  <Characters>14646</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>121</Lines>
+  <Lines>122</Lines>
   <Paragraphs>34</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Título</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>17226</CharactersWithSpaces>
+  <CharactersWithSpaces>17274</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Selene Margarita Vázquez Soto</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>